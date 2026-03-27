--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -145,51 +145,51 @@
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>厦门</w:t>
       </w:r>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>咨询有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD367B8" w14:textId="61EAEC18" w:rsidR="00820E68" w:rsidRPr="00952CB3" w:rsidRDefault="00637BB3" w:rsidP="00952CB3">
+    <w:p w14:paraId="7DD367B8" w14:textId="07476F71" w:rsidR="00820E68" w:rsidRPr="00952CB3" w:rsidRDefault="00637BB3" w:rsidP="00952CB3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="521" w:hangingChars="236" w:hanging="521"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>时间：</w:t>
       </w:r>
@@ -334,51 +334,95 @@
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>:00-17:00</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF66B3" w:rsidRPr="00CF66B3">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>0-17:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF66B3" w:rsidRPr="00CF66B3">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C8FB69" w14:textId="0CF7AEE1" w:rsidR="00630C5F" w:rsidRPr="00952CB3" w:rsidRDefault="00637BB3" w:rsidP="00952CB3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="521" w:hangingChars="236" w:hanging="521"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
@@ -882,63 +926,63 @@
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>并产生众多可专利点子。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E98ADAC" w14:textId="7C573DEC" w:rsidR="00820E68" w:rsidRPr="00952CB3" w:rsidRDefault="00637BB3" w:rsidP="00952CB3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>摘要：</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_Hlk118704493"/>
     <w:p w14:paraId="4AD12DA5" w14:textId="478BEA6C" w:rsidR="00820E68" w:rsidRPr="00952CB3" w:rsidRDefault="00C419FC" w:rsidP="00952CB3">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="585" w:rightChars="44" w:right="106"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk118704493"/>
       <w:r w:rsidRPr="00952CB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13B146F1" wp14:editId="7CA99B5D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4967909</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>364324</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1463040" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="13970"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1" name="文字方塊 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -1050,51 +1094,51 @@
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="55B37593" w14:textId="149392A2" w:rsidR="00FB07C1" w:rsidRDefault="00637BB3">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="793541CE" wp14:editId="13F74362">
                             <wp:extent cx="1349668" cy="1828800"/>
                             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
                             <wp:docPr id="318916498" name="圖片 3"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 1"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId9">
+                                    <a:blip r:embed="rId8">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1352593" cy="1832763"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
@@ -1265,50 +1309,51 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="4665794E" w14:textId="380928F5" w:rsidR="00305D6C" w:rsidRPr="00C419FC" w:rsidRDefault="00637BB3" w:rsidP="00C419FC">
                             <w:pPr>
                               <w:spacing w:line="280" w:lineRule="exact"/>
                               <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
+                                <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>1.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>首创</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
@@ -1345,84 +1390,86 @@
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>价值阶层观念，展开成全套专利再生手法，引入多个首创工具。</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="50B141CF" w14:textId="7BACE03D" w:rsidR="00305D6C" w:rsidRPr="00C419FC" w:rsidRDefault="00637BB3" w:rsidP="00C419FC">
                             <w:pPr>
                               <w:spacing w:line="280" w:lineRule="exact"/>
                               <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
+                                <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>2.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>整合萃智解题工具，形成全套硬件系统化规避、再生与强化手法。</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0D4CE09A" w14:textId="44D63237" w:rsidR="00305D6C" w:rsidRPr="00C419FC" w:rsidRDefault="00637BB3" w:rsidP="00C419FC">
                             <w:pPr>
                               <w:spacing w:line="280" w:lineRule="exact"/>
                               <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
+                                <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>3.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>提供整合传统与现代的技术演化趋势</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
@@ -1437,50 +1484,51 @@
                               <w:t>54</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>条。功能属性详细列表，有助于创新发想。</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="614A79ED" w14:textId="44EBC3D7" w:rsidR="00C419FC" w:rsidRPr="00323EAF" w:rsidRDefault="00637BB3" w:rsidP="00323EAF">
                             <w:pPr>
                               <w:spacing w:line="280" w:lineRule="exact"/>
                               <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
+                                <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>4.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00637BB3">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                               <w:t>提供完整流程、窗体、说明、案例，易于实务操作与学习。</w:t>
                             </w:r>
                           </w:p>
@@ -1490,241 +1538,245 @@
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="624E98D3" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:289.4pt;margin-top:1.8pt;width:229.1pt;height:120.75pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm2IyKEQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk7Ux4hRdugwD&#10;ugvQ7QNoWY6FyaImKbG7ry+luGl2wR6G6UEgReqQPCRX10On2UE6r9CUfDrJOZNGYK3MruRfv2xf&#10;XXHmA5gaNBpZ8gfp+fX65YtVbws5wxZ1LR0jEOOL3pa8DcEWWeZFKzvwE7TSkLFB10Eg1e2y2kFP&#10;6J3OZnn+OuvR1dahkN7T6+3RyNcJv2mkCJ+axsvAdMkpt5Bul+4q3tl6BcXOgW2VGNOAf8iiA2Uo&#10;6AnqFgKwvVO/QXVKOPTYhInALsOmUUKmGqiaaf5LNfctWJlqIXK8PdHk/x+s+Hi4t58dC8MbHKiB&#10;qQhv71B888zgpgWzkzfOYd9KqCnwNFKW9dYX49dItS98BKn6D1hTk2EfMAENjesiK1QnI3RqwMOJ&#10;dDkEJuhxtsyXi0syCbJNFxcXi9kixYDi6bt1PryT2LEolNxRVxM8HO58iOlA8eQSo3nUqt4qrZPi&#10;dtVGO3YAmoBtOiP6T27asL7kyxj77xB5On+C6FSgUdaqK/nVyQmKyNtbU6dBC6D0UaaUtRmJjNwd&#10;WQxDNTBVjyxHXiusH4hZh8fJpU0joUX3g7Oeprbk/vsenORMvzfUneV0Po9jnpT54nJGiju3VOcW&#10;MIKgSh44O4qbkFYjMmDwhrrYqMTvcyZjyjSNifZxc+K4n+vJ63m/148AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCIJOo+4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHXatEkI&#10;2VQICQQ3aCu4urGbRNjrYLtp+HvcExxHM5p5U60no9monO8tIcxnCTBFjZU9tQi77dNtAcwHQVJo&#10;SwrhR3lY15cXlSilPdG7GjehZbGEfCkQuhCGknPfdMoIP7ODougdrDMiROlaLp04xXKj+SJJMm5E&#10;T3GhE4N67FTztTkahGL5Mn761/Tto8kO+i7c5OPzt0O8vpoe7oEFNYW/MJzxIzrUkWlvjyQ90wir&#10;vIjoASHNgJ39JM3juT3CYrmaA68r/v9C/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDm&#10;2IyKEQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCIJOo+4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="4665794E" w14:textId="380928F5" w:rsidR="00305D6C" w:rsidRPr="00C419FC" w:rsidRDefault="00637BB3" w:rsidP="00C419FC">
                       <w:pPr>
                         <w:spacing w:line="280" w:lineRule="exact"/>
                         <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
+                          <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>1.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>首创</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>功能</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>价值阶层观念，展开成全套专利再生手法，引入多个首创工具。</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="50B141CF" w14:textId="7BACE03D" w:rsidR="00305D6C" w:rsidRPr="00C419FC" w:rsidRDefault="00637BB3" w:rsidP="00C419FC">
                       <w:pPr>
                         <w:spacing w:line="280" w:lineRule="exact"/>
                         <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
+                          <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>2.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>整合萃智解题工具，形成全套硬件系统化规避、再生与强化手法。</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0D4CE09A" w14:textId="44D63237" w:rsidR="00305D6C" w:rsidRPr="00C419FC" w:rsidRDefault="00637BB3" w:rsidP="00C419FC">
                       <w:pPr>
                         <w:spacing w:line="280" w:lineRule="exact"/>
                         <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
+                          <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>3.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>提供整合传统与现代的技术演化趋势</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>54</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>条。功能属性详细列表，有助于创新发想。</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="614A79ED" w14:textId="44EBC3D7" w:rsidR="00C419FC" w:rsidRPr="00323EAF" w:rsidRDefault="00637BB3" w:rsidP="00323EAF">
                       <w:pPr>
                         <w:spacing w:line="280" w:lineRule="exact"/>
                         <w:ind w:leftChars="-31" w:left="-6" w:hangingChars="34" w:hanging="68"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
+                          <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>4.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00637BB3">
                         <w:rPr>
-                          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="宋体" w:hAnsi="Microsoft JhengHei" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <w:t>提供完整流程、窗体、说明、案例，易于实务操作与学习。</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00637BB3" w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -1869,50 +1921,51 @@
       </w:r>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>手法概观</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE9C924" w14:textId="493A2A3A" w:rsidR="00630C5F" w:rsidRPr="00952CB3" w:rsidRDefault="00637BB3" w:rsidP="00952CB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>专利『规再扩』手法简介与案例分享</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F99AFD3" w14:textId="6BE96445" w:rsidR="00630C5F" w:rsidRPr="00952CB3" w:rsidRDefault="00637BB3" w:rsidP="00952CB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -1947,265 +2000,382 @@
       </w:pPr>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>总结</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A73406A" w14:textId="468A95EF" w:rsidR="00C419FC" w:rsidRDefault="00C419FC" w:rsidP="00C419FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2138D55B" w14:textId="77777777" w:rsidR="00C419FC" w:rsidRPr="00952CB3" w:rsidRDefault="00C419FC" w:rsidP="00C419FC">
+    <w:p w14:paraId="2138D55B" w14:textId="49A32E1B" w:rsidR="00C419FC" w:rsidRPr="00952CB3" w:rsidRDefault="00D30930" w:rsidP="00C419FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00C419FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="324729F8" wp14:editId="0CD55C14">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="324729F8" wp14:editId="0E957E65">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5384165</wp:posOffset>
+              <wp:posOffset>5385435</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>3175</wp:posOffset>
+              <wp:posOffset>232410</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1017270" cy="1017270"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="598418241" name="圖片 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="598418241" name="圖片 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1017270" cy="1017270"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00637BB3" w:rsidRPr="00637BB3">
+    </w:p>
+    <w:p w14:paraId="7865E42C" w14:textId="3083C181" w:rsidR="004B1F06" w:rsidRDefault="00637BB3" w:rsidP="00C419FC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>报名网址</w:t>
       </w:r>
-      <w:r w:rsidR="00637BB3" w:rsidRPr="00637BB3">
+      <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00894E86" w:rsidRPr="00C419FC">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00D30930" w:rsidRPr="00D30930">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E3FCEF"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30930">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D30930">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.systematic-innovation.org/index.php/zh/course2/open2/crcs-240"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D30930">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D30930" w:rsidRPr="00002DE5">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>https://www.systematic-innovation.org/index.php/zh/course2/open2/crcs-240</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30930">
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="140DED89" w14:textId="7FC2AFEA" w:rsidR="00CE14AC" w:rsidRPr="00637BB3" w:rsidRDefault="00637BB3" w:rsidP="00637BB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>咨询</w:t>
       </w:r>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00637BB3">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>service@i-sim.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00637BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00637BB3">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
             <w:kern w:val="0"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>service@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2EAC49A7" w14:textId="77777777" w:rsidR="005F6BEA" w:rsidRPr="005F6BEA" w:rsidRDefault="005F6BEA" w:rsidP="005F6BEA">
+      <w:pPr>
+        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F6BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>線上直播</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F6BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>網址：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="005F6BEA">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:sz w:val="22"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>https://meeting.tencent.com/dm/47AItl3iOVco</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="22925852" w14:textId="77777777" w:rsidR="005F6BEA" w:rsidRPr="005F6BEA" w:rsidRDefault="005F6BEA" w:rsidP="005F6BEA">
+      <w:pPr>
+        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F6BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F6BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>騰訊會議</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F6BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>857-367-123</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3B2C0BA5" w14:textId="4790DC25" w:rsidR="004451D0" w:rsidRPr="00C419FC" w:rsidRDefault="004451D0" w:rsidP="004451D0">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004451D0" w:rsidRPr="00C419FC" w:rsidSect="00952CB3">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="991" w:bottom="426" w:left="1134" w:header="851" w:footer="433" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="462A1F3C" w14:textId="77777777" w:rsidR="003558C5" w:rsidRDefault="003558C5" w:rsidP="007D40DF">
+    <w:p w14:paraId="47AA7883" w14:textId="77777777" w:rsidR="008350A8" w:rsidRDefault="008350A8" w:rsidP="007D40DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02A89D3C" w14:textId="77777777" w:rsidR="003558C5" w:rsidRDefault="003558C5" w:rsidP="007D40DF">
+    <w:p w14:paraId="6D185199" w14:textId="77777777" w:rsidR="008350A8" w:rsidRDefault="008350A8" w:rsidP="007D40DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -2230,58 +2400,58 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:altName w:val="Microsoft JhengHei"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="482D7081" w14:textId="77777777" w:rsidR="003558C5" w:rsidRDefault="003558C5" w:rsidP="007D40DF">
+    <w:p w14:paraId="0C03A0A1" w14:textId="77777777" w:rsidR="008350A8" w:rsidRDefault="008350A8" w:rsidP="007D40DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03B614D1" w14:textId="77777777" w:rsidR="003558C5" w:rsidRDefault="003558C5" w:rsidP="007D40DF">
+    <w:p w14:paraId="68C39496" w14:textId="77777777" w:rsidR="008350A8" w:rsidRDefault="008350A8" w:rsidP="007D40DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B0F8DF1" w14:textId="1355BB57" w:rsidR="0090289E" w:rsidRPr="0090289E" w:rsidRDefault="0090289E" w:rsidP="0090289E">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:ind w:leftChars="100" w:left="240"/>
       <w:rPr>
         <w:rFonts w:eastAsia="新細明體"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0090289E">
       <w:rPr>
@@ -2811,133 +2981,138 @@
     <w:rsid w:val="00034A6A"/>
     <w:rsid w:val="00050D31"/>
     <w:rsid w:val="00071BF6"/>
     <w:rsid w:val="00075451"/>
     <w:rsid w:val="00094BD1"/>
     <w:rsid w:val="000D3D32"/>
     <w:rsid w:val="000F51F8"/>
     <w:rsid w:val="00101866"/>
     <w:rsid w:val="001031A3"/>
     <w:rsid w:val="001150C6"/>
     <w:rsid w:val="00116214"/>
     <w:rsid w:val="00131F41"/>
     <w:rsid w:val="0016017E"/>
     <w:rsid w:val="001614D2"/>
     <w:rsid w:val="00165CDB"/>
     <w:rsid w:val="0017130E"/>
     <w:rsid w:val="0018134A"/>
     <w:rsid w:val="00181A31"/>
     <w:rsid w:val="00195C86"/>
     <w:rsid w:val="001A77FC"/>
     <w:rsid w:val="001B1446"/>
     <w:rsid w:val="001B4E63"/>
     <w:rsid w:val="001C7004"/>
     <w:rsid w:val="001C7E65"/>
     <w:rsid w:val="001D5C34"/>
+    <w:rsid w:val="001E0A29"/>
     <w:rsid w:val="0020392D"/>
     <w:rsid w:val="00220B18"/>
     <w:rsid w:val="00233B19"/>
     <w:rsid w:val="0027575B"/>
+    <w:rsid w:val="002942FF"/>
     <w:rsid w:val="002A5B76"/>
     <w:rsid w:val="002A67F9"/>
     <w:rsid w:val="002B3333"/>
     <w:rsid w:val="002C64AE"/>
     <w:rsid w:val="002C7291"/>
     <w:rsid w:val="002D5267"/>
     <w:rsid w:val="00300E11"/>
     <w:rsid w:val="00305D6C"/>
     <w:rsid w:val="00321B83"/>
     <w:rsid w:val="003225C0"/>
     <w:rsid w:val="00323019"/>
     <w:rsid w:val="00323EAF"/>
     <w:rsid w:val="003361FB"/>
     <w:rsid w:val="003558C5"/>
     <w:rsid w:val="00356F3D"/>
     <w:rsid w:val="00372403"/>
     <w:rsid w:val="003733E6"/>
     <w:rsid w:val="00376839"/>
     <w:rsid w:val="0038676C"/>
     <w:rsid w:val="003A3725"/>
     <w:rsid w:val="003B5FD4"/>
     <w:rsid w:val="003B6E91"/>
     <w:rsid w:val="003D52DC"/>
     <w:rsid w:val="003F4A8B"/>
     <w:rsid w:val="00401C25"/>
     <w:rsid w:val="00436F81"/>
     <w:rsid w:val="00444AB4"/>
     <w:rsid w:val="004451D0"/>
     <w:rsid w:val="00467BC0"/>
     <w:rsid w:val="00476115"/>
     <w:rsid w:val="004B1F06"/>
     <w:rsid w:val="004E5091"/>
     <w:rsid w:val="004F4462"/>
     <w:rsid w:val="005073DF"/>
     <w:rsid w:val="00511261"/>
     <w:rsid w:val="0051293A"/>
     <w:rsid w:val="0051434D"/>
     <w:rsid w:val="00524A08"/>
     <w:rsid w:val="0053332C"/>
     <w:rsid w:val="0058524D"/>
     <w:rsid w:val="00585454"/>
     <w:rsid w:val="00590489"/>
     <w:rsid w:val="00597A55"/>
     <w:rsid w:val="005A0A86"/>
     <w:rsid w:val="005A7B3A"/>
     <w:rsid w:val="005B2B6E"/>
     <w:rsid w:val="005C4A90"/>
+    <w:rsid w:val="005F6BEA"/>
     <w:rsid w:val="00610B85"/>
     <w:rsid w:val="00616B91"/>
     <w:rsid w:val="00630C5F"/>
     <w:rsid w:val="00633CC8"/>
     <w:rsid w:val="00637BB3"/>
     <w:rsid w:val="00662C63"/>
     <w:rsid w:val="00685D13"/>
     <w:rsid w:val="00694DCD"/>
     <w:rsid w:val="006A7FBC"/>
     <w:rsid w:val="006B4F2B"/>
     <w:rsid w:val="006C3BF3"/>
     <w:rsid w:val="006D6EA8"/>
     <w:rsid w:val="006F0BDD"/>
     <w:rsid w:val="006F29F6"/>
     <w:rsid w:val="006F2EDF"/>
     <w:rsid w:val="007009B4"/>
     <w:rsid w:val="00707043"/>
     <w:rsid w:val="0071420D"/>
     <w:rsid w:val="007307C5"/>
     <w:rsid w:val="007347BA"/>
     <w:rsid w:val="007A61A3"/>
     <w:rsid w:val="007C29CA"/>
     <w:rsid w:val="007C53BB"/>
+    <w:rsid w:val="007C5CF5"/>
     <w:rsid w:val="007D198A"/>
     <w:rsid w:val="007D40DF"/>
     <w:rsid w:val="007F435F"/>
     <w:rsid w:val="007F44E3"/>
     <w:rsid w:val="00802AE5"/>
     <w:rsid w:val="0081495F"/>
     <w:rsid w:val="00816D5A"/>
     <w:rsid w:val="00820E68"/>
     <w:rsid w:val="0083204C"/>
+    <w:rsid w:val="008350A8"/>
     <w:rsid w:val="00840318"/>
     <w:rsid w:val="008444DE"/>
     <w:rsid w:val="0086504C"/>
     <w:rsid w:val="0089394D"/>
     <w:rsid w:val="00894E86"/>
     <w:rsid w:val="008A7A70"/>
     <w:rsid w:val="008B26E5"/>
     <w:rsid w:val="008B72A7"/>
     <w:rsid w:val="008C40BA"/>
     <w:rsid w:val="008C44E4"/>
     <w:rsid w:val="008C45F0"/>
     <w:rsid w:val="008D57EF"/>
     <w:rsid w:val="008E3737"/>
     <w:rsid w:val="008F6CBA"/>
     <w:rsid w:val="00901B5E"/>
     <w:rsid w:val="0090289E"/>
     <w:rsid w:val="00907616"/>
     <w:rsid w:val="00950225"/>
     <w:rsid w:val="00952CB3"/>
     <w:rsid w:val="00961F15"/>
     <w:rsid w:val="00975085"/>
     <w:rsid w:val="009762BA"/>
     <w:rsid w:val="00A16A60"/>
     <w:rsid w:val="00A2402C"/>
     <w:rsid w:val="00A4023B"/>
@@ -2948,52 +3123,54 @@
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC72EE"/>
     <w:rsid w:val="00AD6170"/>
     <w:rsid w:val="00AE6027"/>
     <w:rsid w:val="00AF1C63"/>
     <w:rsid w:val="00AF5C55"/>
     <w:rsid w:val="00B22F7B"/>
     <w:rsid w:val="00B25C86"/>
     <w:rsid w:val="00B27EC1"/>
     <w:rsid w:val="00B66B6A"/>
     <w:rsid w:val="00B739C1"/>
     <w:rsid w:val="00BE29A3"/>
     <w:rsid w:val="00BF01CC"/>
     <w:rsid w:val="00C20963"/>
     <w:rsid w:val="00C419FC"/>
     <w:rsid w:val="00C4553B"/>
     <w:rsid w:val="00C60060"/>
     <w:rsid w:val="00C657F1"/>
     <w:rsid w:val="00C75A57"/>
     <w:rsid w:val="00C76859"/>
     <w:rsid w:val="00C9154D"/>
     <w:rsid w:val="00C93CF2"/>
     <w:rsid w:val="00CD1FD0"/>
     <w:rsid w:val="00CE14AC"/>
     <w:rsid w:val="00CE4594"/>
+    <w:rsid w:val="00CF66B3"/>
     <w:rsid w:val="00D16710"/>
     <w:rsid w:val="00D17E41"/>
+    <w:rsid w:val="00D30930"/>
     <w:rsid w:val="00D479E9"/>
     <w:rsid w:val="00D521A0"/>
     <w:rsid w:val="00D57D3E"/>
     <w:rsid w:val="00D64A62"/>
     <w:rsid w:val="00D8172D"/>
     <w:rsid w:val="00D90EBB"/>
     <w:rsid w:val="00DB7310"/>
     <w:rsid w:val="00DE2EF4"/>
     <w:rsid w:val="00E1177D"/>
     <w:rsid w:val="00E31BB2"/>
     <w:rsid w:val="00E61523"/>
     <w:rsid w:val="00E63739"/>
     <w:rsid w:val="00E70E13"/>
     <w:rsid w:val="00E964C7"/>
     <w:rsid w:val="00EA3B09"/>
     <w:rsid w:val="00EA42F2"/>
     <w:rsid w:val="00EA7562"/>
     <w:rsid w:val="00EB2C18"/>
     <w:rsid w:val="00EB512D"/>
     <w:rsid w:val="00EC4A59"/>
     <w:rsid w:val="00ED08D8"/>
     <w:rsid w:val="00EE1043"/>
     <w:rsid w:val="00EF00B7"/>
     <w:rsid w:val="00F11272"/>
     <w:rsid w:val="00F16072"/>
@@ -3414,51 +3591,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -3886,51 +4062,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2103138883">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meeting.tencent.com/dm/47AItl3iOVco" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4175,55 +4351,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8722DDDA-F789-4C4E-9B21-D281B21D3A88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>162</Words>
-  <Characters>927</Characters>
+  <Words>908</Words>
+  <Characters>472</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1087</CharactersWithSpaces>
+  <CharactersWithSpaces>1378</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>dsheu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>