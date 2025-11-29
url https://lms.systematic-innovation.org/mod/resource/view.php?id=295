--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -52,100 +52,124 @@
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>標準工時、生產途程、產能計算邏輯、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008B5580">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>產能負荷分析與產能需求規劃(CRP)實務</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="093C2A2C" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="002B1F2A" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>2025/</w:t>
       </w:r>
       <w:r w:rsidR="005A384D" w:rsidRPr="005A384D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>11/20</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00165BF0">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A384D" w:rsidRPr="005A384D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00165BF0">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>，週</w:t>
       </w:r>
-      <w:r w:rsidR="005A384D">
+      <w:r w:rsidR="00165BF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>四</w:t>
+        <w:t>二</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -670,71 +694,51 @@
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">市場的競爭性。 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78795850" w14:textId="77777777" w:rsidR="00C14263" w:rsidRDefault="00C14263" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5580">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>企業為爭取訂單的機會及提高對顧客的服務水準，常採取有單就接的承接訂單策略，製造現場則常以加班或外包來滿足訂單交期，工廠常因無法確實掌握製造現場實際的產能狀況以及物料進料時程，又以粗估產能的生產排程方式來允諾交期，造成無法滿足顧客交期或成本過高的惡性循環。在企業電子化製造管理系統中，產能需求規劃</w:t>
-[...19 lines deleted...]
-        <w:t>著重要一環，也是產銷協調的主要產能模擬參考依據。</w:t>
+        <w:t>企業為爭取訂單的機會及提高對顧客的服務水準，常採取有單就接的承接訂單策略，製造現場則常以加班或外包來滿足訂單交期，工廠常因無法確實掌握製造現場實際的產能狀況以及物料進料時程，又以粗估產能的生產排程方式來允諾交期，造成無法滿足顧客交期或成本過高的惡性循環。在企業電子化製造管理系統中，產能需求規劃佔著重要一環，也是產銷協調的主要產能模擬參考依據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A706C0E" w14:textId="77777777" w:rsidR="00C14263" w:rsidRPr="00433221" w:rsidRDefault="00C14263" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433221">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>●</w:t>
       </w:r>
@@ -775,71 +779,51 @@
       <w:r w:rsidRPr="008B5580">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>本課程透過標準工時的介紹、產能之衡量計算、產能規劃、產能負荷分析之研習，將能帶領您學會有效作好產能需求規劃</w:t>
       </w:r>
       <w:r w:rsidRPr="008B5580">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(CRP) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B5580">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>。在企業電子化製造管理系統中，產能需求規劃主</w:t>
-[...19 lines deleted...]
-        <w:t>著重要一環，也是產銷協調的主要產能模擬參考依據，以用來提供允諾交期。本課程藉由實務教學、理論引導，希望藉此培育製造業電子化製造管理人才，學以致用增進產業競爭力。本課程特別適合製造業之生產管理、運籌管理、供應鏈管理、製造部門及資訊系統等部門人員研習。是微利時代創造利潤的最佳秘訣。</w:t>
+        <w:t>。在企業電子化製造管理系統中，產能需求規劃主佔著重要一環，也是產銷協調的主要產能模擬參考依據，以用來提供允諾交期。本課程藉由實務教學、理論引導，希望藉此培育製造業電子化製造管理人才，學以致用增進產業競爭力。本課程特別適合製造業之生產管理、運籌管理、供應鏈管理、製造部門及資訊系統等部門人員研習。是微利時代創造利潤的最佳秘訣。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F1C0D8D" w14:textId="77777777" w:rsidR="00C14263" w:rsidRPr="00433221" w:rsidRDefault="00C14263" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433221">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>●</w:t>
       </w:r>
@@ -1124,115 +1108,75 @@
         <w:tab/>
         <w:t>課程大綱</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360CD3F8" w14:textId="77777777" w:rsidR="00C14263" w:rsidRPr="00895187" w:rsidRDefault="00C14263" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. 過去時間研究之技術 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 馬錶時間研究、工作抽查、MTM </w:t>
+        <w:t xml:space="preserve">1. 過去時間研究之技術 ─ 馬錶時間研究、工作抽查、MTM </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="252CA670" w14:textId="77777777" w:rsidR="00C14263" w:rsidRPr="00895187" w:rsidRDefault="00C14263" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. 現在時間研究之技術 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 影片分析 </w:t>
+        <w:t xml:space="preserve">2. 現在時間研究之技術 ─ 影片分析 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF9EC42" w14:textId="77777777" w:rsidR="00C14263" w:rsidRPr="00895187" w:rsidRDefault="00C14263" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3. 標準工時的定義、內容 </w:t>
       </w:r>
@@ -1353,63 +1297,52 @@
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>標準作業指導書</w:t>
       </w:r>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>建立錄影</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>建立錄影檔</w:t>
+      </w:r>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="015FE052" w14:textId="77777777" w:rsidR="00C14263" w:rsidRPr="00895187" w:rsidRDefault="00C14263" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895187">
@@ -2348,71 +2281,51 @@
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
       <w:r w:rsidRPr="00895187">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>實例演練</w:t>
-[...19 lines deleted...]
-        <w:t>結論及綜合研討</w:t>
+        <w:t>實例演練‧結論及綜合研討</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="103E68DB" w14:textId="77777777" w:rsidR="00F314A7" w:rsidRPr="00C14263" w:rsidRDefault="00F314A7" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DCF5FD8" w14:textId="63C93972" w:rsidR="008E101D" w:rsidRPr="00B83BCA" w:rsidRDefault="008E101D" w:rsidP="002E5C11">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2608,71 +2521,51 @@
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>、美商安普</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(AMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>等公司之生管、</w:t>
-[...19 lines deleted...]
-        <w:t>、製造工程處等部門經理，及導入開發</w:t>
+        <w:t>等公司之生管、物料處、製造工程處等部門經理，及導入開發</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>系統專案經理，從事相關業界工作經驗</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -3047,107 +2940,83 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="2EFD2DA8" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="2E67698A" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="48C03E5A" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="003513EA" w:rsidRPr="00760F06">
+      <w:r w:rsidR="00165BF0" w:rsidRPr="00165BF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:b/>
-[...12 lines deleted...]
-      <w:r w:rsidR="003513EA" w:rsidRPr="00760F06">
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>2025/12/30，週二</w:t>
+      </w:r>
+      <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:b/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9:00-16:00，計6小時。</w:t>
+        <w:t>9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>上課地點</w:t>
       </w:r>
       <w:r w:rsidR="00611571" w:rsidRPr="00001BC8">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -5091,71 +4960,59 @@
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>因學員個人因素，上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天後即不得退費，但得轉讓、</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>轉課</w:t>
-[...10 lines deleted...]
-        <w:t>、或保留。上課前</w:t>
+        <w:t>轉課、或保留。上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天以上申請退費，退費時扣除手續費10%。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104B6729" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="0075667D" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -5183,164 +5040,108 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>需</w:t>
-[...21 lines deleted...]
-        <w:t>者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
+        <w:t>需報帳者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4B304F" w14:textId="77777777" w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>團報時</w:t>
-[...32 lines deleted...]
-        <w:t>聯絡人聯絡資料。</w:t>
+        <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="480DB8F9" w14:textId="77777777" w:rsidR="000C6674" w:rsidRDefault="000C6674">
+    <w:p w14:paraId="4405A1E6" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CCE70E3" w14:textId="77777777" w:rsidR="000C6674" w:rsidRDefault="000C6674">
+    <w:p w14:paraId="32BB81E5" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -5462,58 +5263,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CC43600" w14:textId="77777777" w:rsidR="000C6674" w:rsidRDefault="000C6674">
+    <w:p w14:paraId="54920525" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42E065F1" w14:textId="77777777" w:rsidR="000C6674" w:rsidRDefault="000C6674">
+    <w:p w14:paraId="1D825E28" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -9293,51 +9094,50 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -9375,83 +9175,85 @@
     <w:rsid w:val="000724AA"/>
     <w:rsid w:val="00072D60"/>
     <w:rsid w:val="00073680"/>
     <w:rsid w:val="00073DDC"/>
     <w:rsid w:val="00082577"/>
     <w:rsid w:val="00090C98"/>
     <w:rsid w:val="00091A19"/>
     <w:rsid w:val="000933FA"/>
     <w:rsid w:val="000A3222"/>
     <w:rsid w:val="000C4BDC"/>
     <w:rsid w:val="000C6674"/>
     <w:rsid w:val="000E25EB"/>
     <w:rsid w:val="000E7B38"/>
     <w:rsid w:val="000F4493"/>
     <w:rsid w:val="00101A15"/>
     <w:rsid w:val="00110D58"/>
     <w:rsid w:val="001171D3"/>
     <w:rsid w:val="001278A4"/>
     <w:rsid w:val="001357B1"/>
     <w:rsid w:val="00147596"/>
     <w:rsid w:val="00152D9C"/>
     <w:rsid w:val="00153F82"/>
     <w:rsid w:val="00154784"/>
     <w:rsid w:val="00160F54"/>
     <w:rsid w:val="001620A1"/>
+    <w:rsid w:val="00165BF0"/>
     <w:rsid w:val="00167D39"/>
     <w:rsid w:val="001727EA"/>
     <w:rsid w:val="00176DBD"/>
     <w:rsid w:val="00180675"/>
     <w:rsid w:val="00184895"/>
     <w:rsid w:val="00193462"/>
     <w:rsid w:val="001946BA"/>
     <w:rsid w:val="001A6B91"/>
     <w:rsid w:val="001B0A85"/>
     <w:rsid w:val="001B2B83"/>
     <w:rsid w:val="001B3FDE"/>
     <w:rsid w:val="001B7513"/>
     <w:rsid w:val="001C057D"/>
     <w:rsid w:val="001C3EDE"/>
     <w:rsid w:val="001D042D"/>
     <w:rsid w:val="001D1B7A"/>
     <w:rsid w:val="001D2746"/>
     <w:rsid w:val="001E2C61"/>
     <w:rsid w:val="001E65F2"/>
     <w:rsid w:val="001F100E"/>
     <w:rsid w:val="001F346D"/>
     <w:rsid w:val="001F5CEE"/>
     <w:rsid w:val="001F6452"/>
     <w:rsid w:val="002014DB"/>
     <w:rsid w:val="002063DF"/>
     <w:rsid w:val="00223A8E"/>
     <w:rsid w:val="00224627"/>
     <w:rsid w:val="002333CB"/>
     <w:rsid w:val="00234B62"/>
     <w:rsid w:val="00236EDE"/>
     <w:rsid w:val="0024444B"/>
     <w:rsid w:val="00255DC9"/>
     <w:rsid w:val="002579F0"/>
+    <w:rsid w:val="00263218"/>
     <w:rsid w:val="00263450"/>
     <w:rsid w:val="00277E78"/>
     <w:rsid w:val="0028663F"/>
     <w:rsid w:val="00293E25"/>
     <w:rsid w:val="002B029A"/>
     <w:rsid w:val="002B1E80"/>
     <w:rsid w:val="002B4013"/>
     <w:rsid w:val="002B5A6B"/>
     <w:rsid w:val="002C3581"/>
     <w:rsid w:val="002C4A72"/>
     <w:rsid w:val="002C5819"/>
     <w:rsid w:val="002C769B"/>
     <w:rsid w:val="002C7C9E"/>
     <w:rsid w:val="002D6466"/>
     <w:rsid w:val="002E3DF6"/>
     <w:rsid w:val="002E5C11"/>
     <w:rsid w:val="00301FAE"/>
     <w:rsid w:val="00304AE5"/>
     <w:rsid w:val="00305793"/>
     <w:rsid w:val="00316EED"/>
     <w:rsid w:val="00331F59"/>
     <w:rsid w:val="003322BE"/>
     <w:rsid w:val="0033467E"/>
     <w:rsid w:val="003346A7"/>
     <w:rsid w:val="003424F8"/>
@@ -9810,50 +9612,51 @@
     <w:rsid w:val="00E00D92"/>
     <w:rsid w:val="00E03950"/>
     <w:rsid w:val="00E07575"/>
     <w:rsid w:val="00E11D09"/>
     <w:rsid w:val="00E12E75"/>
     <w:rsid w:val="00E30771"/>
     <w:rsid w:val="00E30777"/>
     <w:rsid w:val="00E34E51"/>
     <w:rsid w:val="00E36305"/>
     <w:rsid w:val="00E417D0"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E470B9"/>
     <w:rsid w:val="00E51CC6"/>
     <w:rsid w:val="00E53272"/>
     <w:rsid w:val="00E55283"/>
     <w:rsid w:val="00E73EA0"/>
     <w:rsid w:val="00E75D28"/>
     <w:rsid w:val="00E811D7"/>
     <w:rsid w:val="00E96254"/>
     <w:rsid w:val="00EB573F"/>
     <w:rsid w:val="00EB6AA4"/>
     <w:rsid w:val="00EC2CB2"/>
     <w:rsid w:val="00ED242D"/>
     <w:rsid w:val="00EE0764"/>
     <w:rsid w:val="00EE285B"/>
+    <w:rsid w:val="00EE3A4D"/>
     <w:rsid w:val="00EE4586"/>
     <w:rsid w:val="00EE5206"/>
     <w:rsid w:val="00EF38C1"/>
     <w:rsid w:val="00EF71AA"/>
     <w:rsid w:val="00F00BEF"/>
     <w:rsid w:val="00F04357"/>
     <w:rsid w:val="00F12A0A"/>
     <w:rsid w:val="00F27A27"/>
     <w:rsid w:val="00F314A7"/>
     <w:rsid w:val="00F33D8F"/>
     <w:rsid w:val="00F35BBF"/>
     <w:rsid w:val="00F42DA5"/>
     <w:rsid w:val="00F6077A"/>
     <w:rsid w:val="00F60C7D"/>
     <w:rsid w:val="00F734C7"/>
     <w:rsid w:val="00F73F3E"/>
     <w:rsid w:val="00F77E95"/>
     <w:rsid w:val="00F811B2"/>
     <w:rsid w:val="00F8340E"/>
     <w:rsid w:val="00F923CE"/>
     <w:rsid w:val="00F927BA"/>
     <w:rsid w:val="00F94920"/>
     <w:rsid w:val="00F97E3A"/>
     <w:rsid w:val="00FA08DB"/>
     <w:rsid w:val="00FA2CAC"/>
@@ -11383,75 +11186,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>540</Words>
+  <Words>539</Words>
   <Characters>3078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3611</CharactersWithSpaces>
+  <CharactersWithSpaces>3610</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>