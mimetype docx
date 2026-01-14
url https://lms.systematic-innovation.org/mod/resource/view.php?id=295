--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -52,124 +52,100 @@
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>標準工時、生產途程、產能計算邏輯、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008B5580">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>產能負荷分析與產能需求規劃(CRP)實務</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="002B1F2A" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="5AF1151B" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
+      <w:r w:rsidR="00563813" w:rsidRPr="00563813">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2025/</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="009042F1" w:rsidRPr="009042F1">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00165BF0">
+        <w:t>4/10</w:t>
+      </w:r>
+      <w:r w:rsidR="009042F1">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        <w:t>，週</w:t>
+      </w:r>
+      <w:r w:rsidR="009042F1" w:rsidRPr="009042F1">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...23 lines deleted...]
-        <w:t>二</w:t>
+        <w:t>五</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -2940,75 +2916,83 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="2EFD2DA8" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="48C03E5A" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="353A7D5E" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="00165BF0" w:rsidRPr="00165BF0">
+      <w:r w:rsidR="009042F1" w:rsidRPr="009042F1">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2025/12/30，週二</w:t>
+        <w:t>2026/4/10，週五</w:t>
+      </w:r>
+      <w:r w:rsidR="00563813">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -5090,58 +5074,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4405A1E6" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
+    <w:p w14:paraId="2F169D22" w14:textId="77777777" w:rsidR="00324BD5" w:rsidRDefault="00324BD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32BB81E5" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
+    <w:p w14:paraId="66778C42" w14:textId="77777777" w:rsidR="00324BD5" w:rsidRDefault="00324BD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -5263,58 +5247,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54920525" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
+    <w:p w14:paraId="762F33AE" w14:textId="77777777" w:rsidR="00324BD5" w:rsidRDefault="00324BD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D825E28" w14:textId="77777777" w:rsidR="00EE3A4D" w:rsidRDefault="00EE3A4D">
+    <w:p w14:paraId="765DC040" w14:textId="77777777" w:rsidR="00324BD5" w:rsidRDefault="00324BD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -9094,50 +9078,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -9230,124 +9215,129 @@
     <w:rsid w:val="00236EDE"/>
     <w:rsid w:val="0024444B"/>
     <w:rsid w:val="00255DC9"/>
     <w:rsid w:val="002579F0"/>
     <w:rsid w:val="00263218"/>
     <w:rsid w:val="00263450"/>
     <w:rsid w:val="00277E78"/>
     <w:rsid w:val="0028663F"/>
     <w:rsid w:val="00293E25"/>
     <w:rsid w:val="002B029A"/>
     <w:rsid w:val="002B1E80"/>
     <w:rsid w:val="002B4013"/>
     <w:rsid w:val="002B5A6B"/>
     <w:rsid w:val="002C3581"/>
     <w:rsid w:val="002C4A72"/>
     <w:rsid w:val="002C5819"/>
     <w:rsid w:val="002C769B"/>
     <w:rsid w:val="002C7C9E"/>
     <w:rsid w:val="002D6466"/>
     <w:rsid w:val="002E3DF6"/>
     <w:rsid w:val="002E5C11"/>
     <w:rsid w:val="00301FAE"/>
     <w:rsid w:val="00304AE5"/>
     <w:rsid w:val="00305793"/>
     <w:rsid w:val="00316EED"/>
+    <w:rsid w:val="00324BD5"/>
     <w:rsid w:val="00331F59"/>
     <w:rsid w:val="003322BE"/>
     <w:rsid w:val="0033467E"/>
     <w:rsid w:val="003346A7"/>
     <w:rsid w:val="003424F8"/>
     <w:rsid w:val="00342D0C"/>
     <w:rsid w:val="00347DEF"/>
     <w:rsid w:val="003513EA"/>
     <w:rsid w:val="00364FEC"/>
     <w:rsid w:val="00366A0F"/>
+    <w:rsid w:val="003706BB"/>
     <w:rsid w:val="0037182C"/>
     <w:rsid w:val="00374734"/>
     <w:rsid w:val="00375C89"/>
     <w:rsid w:val="00375CF0"/>
     <w:rsid w:val="00380625"/>
     <w:rsid w:val="00381FF1"/>
     <w:rsid w:val="00392CB8"/>
     <w:rsid w:val="003A23CA"/>
     <w:rsid w:val="003B4FFB"/>
     <w:rsid w:val="003C7B7D"/>
     <w:rsid w:val="003D14A5"/>
     <w:rsid w:val="003D39E5"/>
     <w:rsid w:val="003D79F8"/>
     <w:rsid w:val="003E45EB"/>
     <w:rsid w:val="003E5BC0"/>
     <w:rsid w:val="0040070B"/>
     <w:rsid w:val="0040111C"/>
     <w:rsid w:val="00401FA1"/>
     <w:rsid w:val="0040244C"/>
     <w:rsid w:val="00402A6C"/>
     <w:rsid w:val="00407D2C"/>
     <w:rsid w:val="0041057D"/>
     <w:rsid w:val="00411447"/>
+    <w:rsid w:val="00413DCE"/>
     <w:rsid w:val="00421D86"/>
     <w:rsid w:val="0043030D"/>
     <w:rsid w:val="00432EC1"/>
     <w:rsid w:val="00433221"/>
     <w:rsid w:val="0043536E"/>
     <w:rsid w:val="0043642C"/>
     <w:rsid w:val="0045289D"/>
     <w:rsid w:val="00464BA1"/>
     <w:rsid w:val="0046542A"/>
     <w:rsid w:val="00465805"/>
     <w:rsid w:val="0046581C"/>
     <w:rsid w:val="0048018B"/>
     <w:rsid w:val="00482365"/>
     <w:rsid w:val="004834C7"/>
     <w:rsid w:val="004859E5"/>
     <w:rsid w:val="00485A98"/>
     <w:rsid w:val="00495DD8"/>
     <w:rsid w:val="004A075B"/>
     <w:rsid w:val="004A2875"/>
     <w:rsid w:val="004A41D1"/>
     <w:rsid w:val="004A7590"/>
     <w:rsid w:val="004B316B"/>
     <w:rsid w:val="004B4B3F"/>
     <w:rsid w:val="004B6C52"/>
     <w:rsid w:val="004C13FD"/>
     <w:rsid w:val="004C47C9"/>
     <w:rsid w:val="004C7331"/>
     <w:rsid w:val="004E784B"/>
     <w:rsid w:val="004F00A7"/>
     <w:rsid w:val="004F11DA"/>
+    <w:rsid w:val="004F2FF4"/>
     <w:rsid w:val="00514B70"/>
     <w:rsid w:val="00514DBE"/>
     <w:rsid w:val="00521954"/>
     <w:rsid w:val="00527193"/>
     <w:rsid w:val="00527D0C"/>
     <w:rsid w:val="00537E71"/>
     <w:rsid w:val="00541974"/>
     <w:rsid w:val="00547AED"/>
     <w:rsid w:val="005559FD"/>
     <w:rsid w:val="00556835"/>
     <w:rsid w:val="00561CCF"/>
+    <w:rsid w:val="00563813"/>
     <w:rsid w:val="00565FD0"/>
     <w:rsid w:val="005712C6"/>
     <w:rsid w:val="00571656"/>
     <w:rsid w:val="00582553"/>
     <w:rsid w:val="005839BE"/>
     <w:rsid w:val="00584086"/>
     <w:rsid w:val="00596E16"/>
     <w:rsid w:val="005A384D"/>
     <w:rsid w:val="005C0585"/>
     <w:rsid w:val="005C1C4A"/>
     <w:rsid w:val="005C664A"/>
     <w:rsid w:val="005E15B2"/>
     <w:rsid w:val="005F37BA"/>
     <w:rsid w:val="005F72FB"/>
     <w:rsid w:val="006032CB"/>
     <w:rsid w:val="00611571"/>
     <w:rsid w:val="006120D7"/>
     <w:rsid w:val="00621542"/>
     <w:rsid w:val="00624863"/>
     <w:rsid w:val="006645D9"/>
     <w:rsid w:val="00664EB9"/>
     <w:rsid w:val="006653D0"/>
     <w:rsid w:val="00684BF3"/>
     <w:rsid w:val="00696A70"/>
     <w:rsid w:val="00697264"/>
@@ -9412,50 +9402,51 @@
     <w:rsid w:val="00830FAC"/>
     <w:rsid w:val="008337C2"/>
     <w:rsid w:val="008423D8"/>
     <w:rsid w:val="00843798"/>
     <w:rsid w:val="00845647"/>
     <w:rsid w:val="00852B8F"/>
     <w:rsid w:val="00852CB3"/>
     <w:rsid w:val="008662F2"/>
     <w:rsid w:val="00874A1C"/>
     <w:rsid w:val="00882675"/>
     <w:rsid w:val="00882F12"/>
     <w:rsid w:val="008863B5"/>
     <w:rsid w:val="0089094F"/>
     <w:rsid w:val="00890B44"/>
     <w:rsid w:val="00895187"/>
     <w:rsid w:val="0089677E"/>
     <w:rsid w:val="008A40B5"/>
     <w:rsid w:val="008B05FD"/>
     <w:rsid w:val="008B5580"/>
     <w:rsid w:val="008B7D97"/>
     <w:rsid w:val="008C093C"/>
     <w:rsid w:val="008C44B8"/>
     <w:rsid w:val="008D0B9E"/>
     <w:rsid w:val="008E101D"/>
     <w:rsid w:val="00901AB3"/>
+    <w:rsid w:val="009042F1"/>
     <w:rsid w:val="00907996"/>
     <w:rsid w:val="00916910"/>
     <w:rsid w:val="00920DC0"/>
     <w:rsid w:val="009223DB"/>
     <w:rsid w:val="009243B1"/>
     <w:rsid w:val="00925EE7"/>
     <w:rsid w:val="00940F75"/>
     <w:rsid w:val="00941C10"/>
     <w:rsid w:val="00941DC6"/>
     <w:rsid w:val="009454EA"/>
     <w:rsid w:val="0094614A"/>
     <w:rsid w:val="009526EC"/>
     <w:rsid w:val="0095276C"/>
     <w:rsid w:val="00955C16"/>
     <w:rsid w:val="0096155A"/>
     <w:rsid w:val="0096754C"/>
     <w:rsid w:val="00976C76"/>
     <w:rsid w:val="00985774"/>
     <w:rsid w:val="00985D55"/>
     <w:rsid w:val="009A0954"/>
     <w:rsid w:val="009A5741"/>
     <w:rsid w:val="009B05FC"/>
     <w:rsid w:val="009B14F6"/>
     <w:rsid w:val="009B7EB7"/>
     <w:rsid w:val="009C229A"/>
@@ -11187,74 +11178,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>539</Words>
-  <Characters>3078</Characters>
+  <Characters>3077</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3610</CharactersWithSpaces>
+  <CharactersWithSpaces>3609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>