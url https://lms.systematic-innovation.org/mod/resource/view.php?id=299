--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -32,124 +32,124 @@
     <w:p w14:paraId="6F25CF8B" w14:textId="0532B4FE" w:rsidR="00E56B82" w:rsidRDefault="00E56B82" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>急單交貨及多樣少量(客製化)訂單的生產管理技巧</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="3A8EC1D1" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="3E9BEC4E" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2025/</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00D67156">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001819A8">
+        <w:t>1/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D67156">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001819A8">
+        <w:t>，週</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14" w:rsidRPr="00C30D14">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...15 lines deleted...]
-        <w:t>四</w:t>
+        <w:t>二</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -2469,75 +2469,123 @@
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="2EFD2DA8" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="30220B1F" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="38F81762" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="001819A8" w:rsidRPr="001819A8">
+      <w:r w:rsidR="00C30D14" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t>2025/12/11，週四</w:t>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14" w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>1/20</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14" w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>，週</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14" w:rsidRPr="00C30D14">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>二</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D14" w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4620,58 +4668,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A5FF9C4" w14:textId="77777777" w:rsidR="007801E9" w:rsidRDefault="007801E9">
+    <w:p w14:paraId="54050C7B" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="245E356E" w14:textId="77777777" w:rsidR="007801E9" w:rsidRDefault="007801E9">
+    <w:p w14:paraId="42D4D9C3" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4795,58 +4843,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F580D65" w14:textId="77777777" w:rsidR="007801E9" w:rsidRDefault="007801E9">
+    <w:p w14:paraId="0995F015" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DFE992E" w14:textId="77777777" w:rsidR="007801E9" w:rsidRDefault="007801E9">
+    <w:p w14:paraId="13931B3E" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8626,50 +8674,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -8899,85 +8948,87 @@
     <w:rsid w:val="007134DE"/>
     <w:rsid w:val="00714D99"/>
     <w:rsid w:val="007336FF"/>
     <w:rsid w:val="0073495E"/>
     <w:rsid w:val="00735C5F"/>
     <w:rsid w:val="00735EB7"/>
     <w:rsid w:val="00737DF2"/>
     <w:rsid w:val="007409AD"/>
     <w:rsid w:val="00742870"/>
     <w:rsid w:val="00744297"/>
     <w:rsid w:val="0075667D"/>
     <w:rsid w:val="0075761D"/>
     <w:rsid w:val="00760F06"/>
     <w:rsid w:val="00765621"/>
     <w:rsid w:val="007705DF"/>
     <w:rsid w:val="00771199"/>
     <w:rsid w:val="007714C7"/>
     <w:rsid w:val="007749A0"/>
     <w:rsid w:val="00776D3D"/>
     <w:rsid w:val="00777F5C"/>
     <w:rsid w:val="007801E9"/>
     <w:rsid w:val="0078082D"/>
     <w:rsid w:val="00781D28"/>
     <w:rsid w:val="00793EF5"/>
     <w:rsid w:val="007972FE"/>
+    <w:rsid w:val="00797ADF"/>
     <w:rsid w:val="007A0767"/>
     <w:rsid w:val="007A23A4"/>
     <w:rsid w:val="007A2A71"/>
     <w:rsid w:val="007A734E"/>
     <w:rsid w:val="007A750F"/>
     <w:rsid w:val="007C0C36"/>
     <w:rsid w:val="007C2883"/>
     <w:rsid w:val="007D07A7"/>
     <w:rsid w:val="007D4041"/>
     <w:rsid w:val="007D46F5"/>
     <w:rsid w:val="007E0747"/>
     <w:rsid w:val="007E2326"/>
     <w:rsid w:val="007E4FF8"/>
     <w:rsid w:val="007E7785"/>
     <w:rsid w:val="0080680F"/>
     <w:rsid w:val="00813E48"/>
     <w:rsid w:val="00817320"/>
     <w:rsid w:val="008173D6"/>
     <w:rsid w:val="00823EBF"/>
     <w:rsid w:val="00830FAC"/>
     <w:rsid w:val="008337C2"/>
     <w:rsid w:val="008423D8"/>
     <w:rsid w:val="00843798"/>
     <w:rsid w:val="00845647"/>
     <w:rsid w:val="00852B8F"/>
     <w:rsid w:val="00852CB3"/>
     <w:rsid w:val="008662F2"/>
     <w:rsid w:val="00874A1C"/>
     <w:rsid w:val="00882675"/>
     <w:rsid w:val="00882F12"/>
     <w:rsid w:val="008863B5"/>
     <w:rsid w:val="0089094F"/>
     <w:rsid w:val="00890B44"/>
     <w:rsid w:val="00895187"/>
     <w:rsid w:val="0089677E"/>
+    <w:rsid w:val="008A2DA9"/>
     <w:rsid w:val="008A40B5"/>
     <w:rsid w:val="008B05FD"/>
     <w:rsid w:val="008B5580"/>
     <w:rsid w:val="008B7D97"/>
     <w:rsid w:val="008C093C"/>
     <w:rsid w:val="008C44B8"/>
     <w:rsid w:val="008D0B9E"/>
     <w:rsid w:val="008D23E3"/>
     <w:rsid w:val="008E101D"/>
     <w:rsid w:val="00901AB3"/>
     <w:rsid w:val="00907996"/>
     <w:rsid w:val="00916910"/>
     <w:rsid w:val="00920DC0"/>
     <w:rsid w:val="009223DB"/>
     <w:rsid w:val="009243B1"/>
     <w:rsid w:val="00925EE7"/>
     <w:rsid w:val="00940F75"/>
     <w:rsid w:val="00941C10"/>
     <w:rsid w:val="00941DC6"/>
     <w:rsid w:val="009454EA"/>
     <w:rsid w:val="0094614A"/>
     <w:rsid w:val="009526EC"/>
     <w:rsid w:val="0095276C"/>
     <w:rsid w:val="00955C16"/>
     <w:rsid w:val="0096155A"/>
@@ -9058,50 +9109,51 @@
     <w:rsid w:val="00B83BCA"/>
     <w:rsid w:val="00B92084"/>
     <w:rsid w:val="00B920DA"/>
     <w:rsid w:val="00B93EE7"/>
     <w:rsid w:val="00BB2478"/>
     <w:rsid w:val="00BB4BE9"/>
     <w:rsid w:val="00BB50DB"/>
     <w:rsid w:val="00BC3AE3"/>
     <w:rsid w:val="00BC55B5"/>
     <w:rsid w:val="00BD1DEA"/>
     <w:rsid w:val="00BD5436"/>
     <w:rsid w:val="00BD5B6C"/>
     <w:rsid w:val="00BE06C4"/>
     <w:rsid w:val="00BF6173"/>
     <w:rsid w:val="00BF66A6"/>
     <w:rsid w:val="00BF716F"/>
     <w:rsid w:val="00C01D9B"/>
     <w:rsid w:val="00C01EEA"/>
     <w:rsid w:val="00C04687"/>
     <w:rsid w:val="00C04D66"/>
     <w:rsid w:val="00C14263"/>
     <w:rsid w:val="00C146A4"/>
     <w:rsid w:val="00C15939"/>
     <w:rsid w:val="00C177BE"/>
     <w:rsid w:val="00C2235C"/>
+    <w:rsid w:val="00C30D14"/>
     <w:rsid w:val="00C34496"/>
     <w:rsid w:val="00C34CD5"/>
     <w:rsid w:val="00C354D2"/>
     <w:rsid w:val="00C420D5"/>
     <w:rsid w:val="00C44DB4"/>
     <w:rsid w:val="00C45658"/>
     <w:rsid w:val="00C5376A"/>
     <w:rsid w:val="00C53918"/>
     <w:rsid w:val="00C5688E"/>
     <w:rsid w:val="00C60A09"/>
     <w:rsid w:val="00C712A5"/>
     <w:rsid w:val="00C835BD"/>
     <w:rsid w:val="00C926C3"/>
     <w:rsid w:val="00C93B74"/>
     <w:rsid w:val="00C949E4"/>
     <w:rsid w:val="00C979FA"/>
     <w:rsid w:val="00CA002B"/>
     <w:rsid w:val="00CA3620"/>
     <w:rsid w:val="00CA7795"/>
     <w:rsid w:val="00CB48F1"/>
     <w:rsid w:val="00CB6602"/>
     <w:rsid w:val="00CC1D7E"/>
     <w:rsid w:val="00CC219F"/>
     <w:rsid w:val="00CC3E7F"/>
     <w:rsid w:val="00CC65AB"/>
@@ -10724,74 +10776,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>455</Words>
-  <Characters>2600</Characters>
+  <Characters>2599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3049</CharactersWithSpaces>
+  <CharactersWithSpaces>3048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>