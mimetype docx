--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -21,135 +21,177 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F25CF8B" w14:textId="0532B4FE" w:rsidR="00E56B82" w:rsidRDefault="00E56B82" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>急單交貨及多樣少量(客製化)訂單的生產管理技巧</w:t>
+        <w:t>急單交貨</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000073AF">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>及多樣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000073AF">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>少量(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000073AF">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>客製化)訂單的生產管理技巧</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="3E9BEC4E" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="76C7A607" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00C30D14">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:r w:rsidR="00A74FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="00D67156">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>1/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C30D14">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FB2">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>，週</w:t>
       </w:r>
-      <w:r w:rsidR="00C30D14" w:rsidRPr="00C30D14">
+      <w:r w:rsidR="00A74FB2">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>二</w:t>
+        <w:t>四</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -248,70 +290,112 @@
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>新訂單、訂單變更、取消訂單，常見生管與業務人員產銷協調發生問題，以致相關部門及人員忙於處理善後，產生許多衍生成本，最主要是造成訂單未能準時完成，訂單的交期達成率</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(On time delivery)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>差，顧客服務水準無法提升。因此，生管如何與業務人員做好產銷協調佔著重要的一環。另外生管如何透過作好材料跟催、生產排程、生產進度監控，以確保訂單準時裝櫃出貨</w:t>
-      </w:r>
+        <w:t>差，顧客服務水準無法提升。因此，生管如何與業務人員做好產銷協調</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>佔</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>著重要的一環。另外生管如何透過作好</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>材料跟催</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>、生產排程、生產進度監控，以確保訂單準時裝櫃出貨</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(On time delivery) </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>─</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>達交，也是最重要及首要的工作。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60932989" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00407D2C" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
@@ -367,51 +451,87 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>量身訂作</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>新訂單，生管如何與業務做好訂單答交及產銷協調的制定做法，以及生產管理技巧，透過本課程的介紹，將能帶領您學會有效作好訂單答交及產銷協調，使訂單</w:t>
+        <w:t>新訂單，生管如何與業務做好訂單</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>答交及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>產銷協調的制定做法，以及生產管理技巧，透過本課程的介紹，將能帶領您學會有效作好訂單</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>答交及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE2407">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>產銷協調，使訂單</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>工作</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2407">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -551,52 +671,63 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 目前台灣產業在快速變動環境下所面臨的問題與目標：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6514EA25" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(1).急單交貨</w:t>
-      </w:r>
+        <w:t>(1).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>急單交貨</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6E678CD1" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(2).</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
@@ -767,106 +898,166 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(2).非常態</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6521F192" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5. 如何承接非常態緊急訂單 ─ 生管如何與業務作好產銷協調及答交</w:t>
+        <w:t xml:space="preserve">5. 如何承接非常態緊急訂單 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>─</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 生管如何與業務作好產銷協調及答交</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623D59EF" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>6. 同時承接多張急單如何安排生產排程優先順序 ?</w:t>
+        <w:t>6. 同時承接多</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>張急單</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>如何安排生產排程優先順序 ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B0153E" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>7. 如何承接常態緊急訂單 ─ 生管如何與業務作好產銷協調及答交</w:t>
+        <w:t xml:space="preserve">7. 如何承接常態緊急訂單 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>─</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 生管如何與業務作好產銷協調及答交</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C2BC930" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
@@ -974,51 +1165,71 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Production Flow Analysis)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A3C272" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(4).快速換線換模 (SMED)</w:t>
+        <w:t>(4).快速</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>換線換模</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SMED)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75674C7A" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(5).</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
@@ -1079,214 +1290,258 @@
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 如何承接多樣少量</w:t>
+        <w:t xml:space="preserve"> 如何承接多樣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>少量</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>客製化</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>訂單</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>─</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>生管如何與業務作好產銷協調及答交</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="458D83C0" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 面對多樣少量</w:t>
+        <w:t xml:space="preserve"> 面對多樣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>少量</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>客製化</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>訂單，針對生產線製程和備料方面如何因應</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610429D9" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(1).快速換線換模 (SMED)</w:t>
+        <w:t>(1).快速</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>換線換模</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SMED)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77C66682" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2).3D </w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
@@ -1461,102 +1716,153 @@
         <w:ind w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(7).</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>客製化訂單涉及材料需開模具、治具費用問題</w:t>
+        <w:t>客製化訂單涉及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>材料需開模具</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>治具費用</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>問題</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D9433C" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 生管如何作好材料跟催</w:t>
+        <w:t xml:space="preserve"> 生管如何作好材料</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>跟催</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>─</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>查詢</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1624,93 +1930,124 @@
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 物管如何作好備料以縮短前置時間</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lead time)</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>，增加兢爭力</w:t>
+        <w:t>，增加</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>兢</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>爭力</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21729BBE" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 生管針對緊急訂單、多樣少量</w:t>
+        <w:t xml:space="preserve"> 生管針對緊急訂單、多樣</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>少量</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>客製化</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1829,83 +2166,123 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(2).訂單追蹤系統</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0035FBDF" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>15. 生管如何確保訂單準時裝櫃出貨(On time delivery) ─ 達交</w:t>
+        <w:t xml:space="preserve">15. 生管如何確保訂單準時裝櫃出貨(On time delivery) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>─</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 達交</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320C3DFA" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00034B24" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>16.</w:t>
       </w:r>
       <w:r w:rsidRPr="00034B24">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 實例演練‧結論及綜合研討</w:t>
+        <w:t xml:space="preserve"> 實例演練</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>‧</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00034B24">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>結論及綜合研討</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB280DB" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D061C09" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00B83BCA" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
@@ -2071,51 +2448,71 @@
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>、美商安普</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(AMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>等公司之生管、物料處、製造工程處等部門經理，及導入開發</w:t>
+        <w:t>等公司之生管、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C3581">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>物料處</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C3581">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>、製造工程處等部門經理，及導入開發</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>系統專案經理，從事相關業界工作經驗</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -2469,115 +2866,75 @@
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="2EFD2DA8" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="38F81762" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="251E1A6E" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="00C30D14" w:rsidRPr="00760F06">
+      <w:r w:rsidR="00A74FB2" w:rsidRPr="00A74FB2">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:b/>
-[...42 lines deleted...]
-        <w:t>二</w:t>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>2026/4/9，週四</w:t>
       </w:r>
       <w:r w:rsidR="00C30D14" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
@@ -2736,59 +3093,93 @@
       <w:tr w:rsidR="00611571" w:rsidRPr="008E101D" w14:paraId="30A8A077" w14:textId="77777777" w:rsidTr="00433221">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10158" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185FDCDC" w14:textId="45C1A488" w:rsidR="00611571" w:rsidRPr="00E56B82" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:afterLines="50" w:after="180"/>
               <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000073AF">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="0C02CE"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>急單交貨及多樣少量(客製化)訂單的生產管理技巧</w:t>
+              <w:t>急單交貨</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000073AF">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="0C02CE"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>及多樣</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000073AF">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="0C02CE"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>少量(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000073AF">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="0C02CE"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>客製化)訂單的生產管理技巧</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611571" w:rsidRPr="008E101D" w14:paraId="49E67553" w14:textId="77777777" w:rsidTr="00C14263">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1239" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5020C614" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="008E101D" w:rsidRDefault="00611571" w:rsidP="008E101D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -4538,59 +4929,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>因學員個人因素，上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天後即不得退費，但得轉讓、</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>轉課、或保留。上課前</w:t>
+        <w:t>轉課</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0075667D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>、或保留。上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天以上申請退費，退費時扣除手續費10%。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104B6729" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="0075667D" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4618,108 +5021,164 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>需報帳者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
+        <w:t>需</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0075667D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>報帳</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0075667D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4B304F" w14:textId="77777777" w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
+        <w:t>團報時</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0075667D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>每人仍需填一份資料，並加</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0075667D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>註團報</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0075667D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54050C7B" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
+    <w:p w14:paraId="62056993" w14:textId="77777777" w:rsidR="00AD095F" w:rsidRDefault="00AD095F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42D4D9C3" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
+    <w:p w14:paraId="752AADCC" w14:textId="77777777" w:rsidR="00AD095F" w:rsidRDefault="00AD095F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4843,58 +5302,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0995F015" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
+    <w:p w14:paraId="24513E45" w14:textId="77777777" w:rsidR="00AD095F" w:rsidRDefault="00AD095F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13931B3E" w14:textId="77777777" w:rsidR="00797ADF" w:rsidRDefault="00797ADF">
+    <w:p w14:paraId="1F9D09E2" w14:textId="77777777" w:rsidR="00AD095F" w:rsidRDefault="00AD095F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8674,51 +9133,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -8904,50 +9363,51 @@
     <w:rsid w:val="005559FD"/>
     <w:rsid w:val="00556835"/>
     <w:rsid w:val="00561CCF"/>
     <w:rsid w:val="00565FD0"/>
     <w:rsid w:val="005712C6"/>
     <w:rsid w:val="00571656"/>
     <w:rsid w:val="00582553"/>
     <w:rsid w:val="005839BE"/>
     <w:rsid w:val="00584086"/>
     <w:rsid w:val="00596E16"/>
     <w:rsid w:val="005C0585"/>
     <w:rsid w:val="005C1C4A"/>
     <w:rsid w:val="005C664A"/>
     <w:rsid w:val="005E15B2"/>
     <w:rsid w:val="005F37BA"/>
     <w:rsid w:val="005F72FB"/>
     <w:rsid w:val="006032CB"/>
     <w:rsid w:val="00611571"/>
     <w:rsid w:val="006120D7"/>
     <w:rsid w:val="00621542"/>
     <w:rsid w:val="00624863"/>
     <w:rsid w:val="006645D9"/>
     <w:rsid w:val="00664EB9"/>
     <w:rsid w:val="006653D0"/>
     <w:rsid w:val="00681050"/>
+    <w:rsid w:val="006832FF"/>
     <w:rsid w:val="00684BF3"/>
     <w:rsid w:val="00696A70"/>
     <w:rsid w:val="006A076A"/>
     <w:rsid w:val="006A0D7C"/>
     <w:rsid w:val="006A1B60"/>
     <w:rsid w:val="006A3DFF"/>
     <w:rsid w:val="006A7029"/>
     <w:rsid w:val="006B0E6B"/>
     <w:rsid w:val="006B315D"/>
     <w:rsid w:val="006C08AC"/>
     <w:rsid w:val="006C12E3"/>
     <w:rsid w:val="006C2377"/>
     <w:rsid w:val="006D24F8"/>
     <w:rsid w:val="006D3F35"/>
     <w:rsid w:val="006D4929"/>
     <w:rsid w:val="006E5027"/>
     <w:rsid w:val="006E68FC"/>
     <w:rsid w:val="006F3D4D"/>
     <w:rsid w:val="00712399"/>
     <w:rsid w:val="007134DE"/>
     <w:rsid w:val="00714D99"/>
     <w:rsid w:val="007336FF"/>
     <w:rsid w:val="0073495E"/>
     <w:rsid w:val="00735C5F"/>
     <w:rsid w:val="00735EB7"/>
@@ -9052,58 +9512,60 @@
     <w:rsid w:val="00A060F7"/>
     <w:rsid w:val="00A10968"/>
     <w:rsid w:val="00A10E07"/>
     <w:rsid w:val="00A158C7"/>
     <w:rsid w:val="00A17850"/>
     <w:rsid w:val="00A20FD0"/>
     <w:rsid w:val="00A25642"/>
     <w:rsid w:val="00A2582E"/>
     <w:rsid w:val="00A2725A"/>
     <w:rsid w:val="00A3108F"/>
     <w:rsid w:val="00A36C35"/>
     <w:rsid w:val="00A412EC"/>
     <w:rsid w:val="00A419DF"/>
     <w:rsid w:val="00A45E42"/>
     <w:rsid w:val="00A50699"/>
     <w:rsid w:val="00A52D8E"/>
     <w:rsid w:val="00A53461"/>
     <w:rsid w:val="00A54475"/>
     <w:rsid w:val="00A61B71"/>
     <w:rsid w:val="00A631C8"/>
     <w:rsid w:val="00A66E80"/>
     <w:rsid w:val="00A71E1E"/>
     <w:rsid w:val="00A73323"/>
     <w:rsid w:val="00A73BBE"/>
     <w:rsid w:val="00A7451F"/>
+    <w:rsid w:val="00A74FB2"/>
     <w:rsid w:val="00A769E8"/>
     <w:rsid w:val="00A80EE8"/>
     <w:rsid w:val="00A84BB4"/>
     <w:rsid w:val="00A91B08"/>
     <w:rsid w:val="00A920A2"/>
     <w:rsid w:val="00AA5466"/>
     <w:rsid w:val="00AB0721"/>
     <w:rsid w:val="00AB66A5"/>
+    <w:rsid w:val="00AD095F"/>
     <w:rsid w:val="00AD0C45"/>
     <w:rsid w:val="00AD2482"/>
     <w:rsid w:val="00AD689B"/>
     <w:rsid w:val="00AF2FBB"/>
     <w:rsid w:val="00AF52E8"/>
     <w:rsid w:val="00AF6EB1"/>
     <w:rsid w:val="00B05BF8"/>
     <w:rsid w:val="00B13878"/>
     <w:rsid w:val="00B20AAC"/>
     <w:rsid w:val="00B31C8B"/>
     <w:rsid w:val="00B34329"/>
     <w:rsid w:val="00B3566D"/>
     <w:rsid w:val="00B40B98"/>
     <w:rsid w:val="00B4145F"/>
     <w:rsid w:val="00B47095"/>
     <w:rsid w:val="00B51CDC"/>
     <w:rsid w:val="00B521AC"/>
     <w:rsid w:val="00B603C4"/>
     <w:rsid w:val="00B6378B"/>
     <w:rsid w:val="00B7033F"/>
     <w:rsid w:val="00B73EEB"/>
     <w:rsid w:val="00B76B41"/>
     <w:rsid w:val="00B806DC"/>
     <w:rsid w:val="00B80E33"/>
     <w:rsid w:val="00B83BCA"/>
@@ -10776,74 +11238,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>455</Words>
-  <Characters>2599</Characters>
+  <Characters>2597</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3048</CharactersWithSpaces>
+  <CharactersWithSpaces>3046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>