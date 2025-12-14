--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -32,152 +32,112 @@
     <w:p w14:paraId="5A535362" w14:textId="4F6C8D14" w:rsidR="002377F7" w:rsidRDefault="002377F7" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002377F7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>物料管理常見問題與解决對策</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="046ED1A6" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="002B435F">
+    <w:p w14:paraId="1BC77435" w14:textId="3122CEAC" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="002B435F">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="002B435F" w:rsidRPr="002B435F">
-[...9 lines deleted...]
-      <w:r w:rsidR="00FC1A5F">
+      <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B8179E">
+        <w:t>2026/1/8</w:t>
+      </w:r>
+      <w:r w:rsidR="002B435F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC1A5F">
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00760F06" w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B8179E">
+        <w:t>週</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...29 lines deleted...]
-        <w:t>三</w:t>
+        <w:t>四</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
@@ -254,340 +214,229 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>物料管理是要</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>以</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>以最經濟的成本</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>，獲得</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8088D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>最</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>適時</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8088D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>經濟的成本</w:t>
+        <w:t>適量</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>，獲得</w:t>
+        <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>適時</w:t>
+        <w:t>適質</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>、</w:t>
-[...58 lines deleted...]
-        <w:t>物料資源。其最終目的是達到最小最有效的存貨，及最低的成本。</w:t>
+        <w:t>的物料資源。其最終目的是達到最小最有效的存貨，及最低的成本。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2A9F43" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>在物料管理中，常見存貨控管不佳以致呆滯料發生，造成資金積壓，庫存空間被侵佔，盤點工作負荷增加。</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>在物料管理中，常見存貨控管不佳以致呆滯料發生，造成資金積壓，庫存空間被侵佔，盤點工作負荷增加。再者，物管針對製程不良率、損耗率，如何額外備料。如何控管專用料</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8088D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Unique part) </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>再者，</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>在產品結束時以避免產生呆滯料。如何設定及控管安全存量以避免缺料。如何作好材料</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8088D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ABC </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>物管針對製程不良率、損耗率，如何額外備料。如何控管專用料</w:t>
-[...67 lines deleted...]
-        <w:t>不符現象…等問題。</w:t>
+        <w:t>分類管理，降低原物料庫存。如何消除物料盤點盤差料帳不符現象…等問題。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="402C8EFA" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>本課程有系統探討物料管理中常見問題發生之原因，並如何有效防止呆滯料產生，降低原物料庫存、避免資金積壓，庫存空間被侵佔，</w:t>
-[...23 lines deleted...]
-        <w:t>現象。；若呆滯料發生，如何有效降低及消除處理呆滯料。同時配合提昇物料存貨規劃技巧能力，提昇製造系統物料管理的效率。</w:t>
+        <w:t>本課程有系統探討物料管理中常見問題發生之原因，並如何有效防止呆滯料產生，降低原物料庫存、避免資金積壓，庫存空間被侵佔，消除料帳不符現象。；若呆滯料發生，如何有效降低及消除處理呆滯料。同時配合提昇物料存貨規劃技巧能力，提昇製造系統物料管理的效率。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0875EB29" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ECB2B4F" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -643,73 +492,51 @@
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>本課程藉由實務教學、理論引導、綜合研討及實例演練，完整呈現物料管理中常見問題及其相關對策。透過本課程的介紹，將能帶領您學會有效作好存貨控管及控管處理呆滯料，如何設定及控管安全存量以避免缺料。如何作好材料</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> ABC </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>分類管理，降低原物料庫存。如何消除物料盤點</w:t>
-[...21 lines deleted...]
-        <w:t>不符現象…等問題。</w:t>
+        <w:t>分類管理，降低原物料庫存。如何消除物料盤點盤差料帳不符現象…等問題。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BDC9111" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07B617D0" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
@@ -872,73 +699,51 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>針對材料製程損耗率、產品不良率，物管如何額外備料問題</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ?  </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ?  — </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>材料製程損耗率在</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> BOM </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
@@ -986,71 +791,59 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>不可以建</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> BOM </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>依領料單</w:t>
-[...10 lines deleted...]
-        <w:t>領料</w:t>
+        <w:t>依領料單領料</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>，針對此種現象如何備料問題</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
@@ -1058,196 +851,150 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFFA2B5" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>物管資材</w:t>
-[...10 lines deleted...]
-        <w:t>如何作好材料</w:t>
+        <w:t>物管資材如何作好材料</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> ABC </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>分類管理問題</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7311BFBC" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>物料盤點作業</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>物料盤點作業盤差</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8088D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>盤差</w:t>
+        <w:t>盤盈、盤虧</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>盤盈、盤虧</w:t>
-[...42 lines deleted...]
-        <w:t>問題</w:t>
+        <w:t>、料帳不符問題</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cycle count</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>、公司盤點、海關盤點</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
@@ -1415,71 +1162,59 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>採購產生呆滯料問題</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E5AE5DC" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>料號編碼</w:t>
-[...10 lines deleted...]
-        <w:t>問題</w:t>
+        <w:t>料號編碼問題</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>－</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
@@ -1585,95 +1320,51 @@
         <w:pStyle w:val="af0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>業務接單涉及</w:t>
-[...43 lines deleted...]
-        <w:t>問題</w:t>
+        <w:t>業務接單涉及材料需開模具、治具費用問題</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75030C51" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
@@ -1719,73 +1410,51 @@
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">物料存量控管 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>以日本</w:t>
-[...21 lines deleted...]
-        <w:t>至少要3個月</w:t>
+        <w:t>以日本為例買料至少要3個月</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FC8686" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-58" w:left="147" w:rightChars="-153" w:right="-367" w:hanging="286"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -1856,73 +1525,51 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 實例演練</w:t>
-[...21 lines deleted...]
-        <w:t>結論及綜合研討</w:t>
+        <w:t xml:space="preserve"> 實例演練‧結論及綜合研討</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A37BE4A" w14:textId="77777777" w:rsidR="002377F7" w:rsidRPr="00A8088D" w:rsidRDefault="002377F7" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D061C09" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00A8088D" w:rsidRDefault="00E56B82" w:rsidP="00A8088D">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2116,75 +1763,51 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>、美商安普</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(AMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>等公司之生管、</w:t>
-[...23 lines deleted...]
-        <w:t>、製造工程處等部門經理，及導入開發</w:t>
+        <w:t>等公司之生管、物料處、製造工程處等部門經理，及導入開發</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>系統專案經理，從事相關業界工作經驗</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8088D">
         <w:rPr>
@@ -2632,75 +2255,75 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="1811DA69" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="25151764" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="3007765E" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="00B8179E" w:rsidRPr="00B8179E">
+      <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2025/12/10，週三</w:t>
+        <w:t>2026/1/8，週四</w:t>
       </w:r>
       <w:r w:rsidR="00FC1A5F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
@@ -4661,71 +4284,59 @@
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>因學員個人因素，上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天後即不得退費，但得轉讓、</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>轉課</w:t>
-[...10 lines deleted...]
-        <w:t>、或保留。上課前</w:t>
+        <w:t>轉課、或保留。上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天以上申請退費，退費時扣除手續費10%。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104B6729" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="0075667D" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4753,164 +4364,108 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>需</w:t>
-[...21 lines deleted...]
-        <w:t>者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
+        <w:t>需報帳者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4B304F" w14:textId="77777777" w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>團報時</w:t>
-[...32 lines deleted...]
-        <w:t>聯絡人聯絡資料。</w:t>
+        <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="528A698E" w14:textId="77777777" w:rsidR="00D4495F" w:rsidRDefault="00D4495F">
+    <w:p w14:paraId="32D83CE5" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B10C6FC" w14:textId="77777777" w:rsidR="00D4495F" w:rsidRDefault="00D4495F">
+    <w:p w14:paraId="4B3EF246" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -5034,58 +4589,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05FAC5F4" w14:textId="77777777" w:rsidR="00D4495F" w:rsidRDefault="00D4495F">
+    <w:p w14:paraId="0A4B923F" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A39EA88" w14:textId="77777777" w:rsidR="00D4495F" w:rsidRDefault="00D4495F">
+    <w:p w14:paraId="0C5AD7E8" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8862,54 +8417,54 @@
   <w:num w:numId="32" w16cid:durableId="1417747230">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -9167,50 +8722,51 @@
     <w:rsid w:val="007A2A71"/>
     <w:rsid w:val="007A734E"/>
     <w:rsid w:val="007A750F"/>
     <w:rsid w:val="007C0C36"/>
     <w:rsid w:val="007C2883"/>
     <w:rsid w:val="007D07A7"/>
     <w:rsid w:val="007D4041"/>
     <w:rsid w:val="007D46F5"/>
     <w:rsid w:val="007E0747"/>
     <w:rsid w:val="007E2326"/>
     <w:rsid w:val="007E4FF8"/>
     <w:rsid w:val="007E7785"/>
     <w:rsid w:val="0080680F"/>
     <w:rsid w:val="00813E48"/>
     <w:rsid w:val="00817320"/>
     <w:rsid w:val="008173D6"/>
     <w:rsid w:val="00823EBF"/>
     <w:rsid w:val="00830FAC"/>
     <w:rsid w:val="008337C2"/>
     <w:rsid w:val="008423D8"/>
     <w:rsid w:val="00843798"/>
     <w:rsid w:val="00845647"/>
     <w:rsid w:val="00852B8F"/>
     <w:rsid w:val="00852CB3"/>
     <w:rsid w:val="008662F2"/>
+    <w:rsid w:val="00866D68"/>
     <w:rsid w:val="00874A1C"/>
     <w:rsid w:val="00882675"/>
     <w:rsid w:val="00882F12"/>
     <w:rsid w:val="008863B5"/>
     <w:rsid w:val="0089094F"/>
     <w:rsid w:val="00890B44"/>
     <w:rsid w:val="00895187"/>
     <w:rsid w:val="0089677E"/>
     <w:rsid w:val="008A40B5"/>
     <w:rsid w:val="008B05FD"/>
     <w:rsid w:val="008B5580"/>
     <w:rsid w:val="008B7D97"/>
     <w:rsid w:val="008C093C"/>
     <w:rsid w:val="008C44B8"/>
     <w:rsid w:val="008D0B9E"/>
     <w:rsid w:val="008D23E3"/>
     <w:rsid w:val="008E101D"/>
     <w:rsid w:val="00901AB3"/>
     <w:rsid w:val="00907996"/>
     <w:rsid w:val="00916910"/>
     <w:rsid w:val="00920DC0"/>
     <w:rsid w:val="009223DB"/>
     <w:rsid w:val="009243B1"/>
     <w:rsid w:val="00925EE7"/>
     <w:rsid w:val="00940F75"/>
@@ -9228,50 +8784,51 @@
     <w:rsid w:val="00985D55"/>
     <w:rsid w:val="009A0954"/>
     <w:rsid w:val="009A3A50"/>
     <w:rsid w:val="009A5741"/>
     <w:rsid w:val="009B05FC"/>
     <w:rsid w:val="009B14F6"/>
     <w:rsid w:val="009B7EB7"/>
     <w:rsid w:val="009C229A"/>
     <w:rsid w:val="009C620E"/>
     <w:rsid w:val="009C6E6B"/>
     <w:rsid w:val="009D340D"/>
     <w:rsid w:val="009E661B"/>
     <w:rsid w:val="009E7CAD"/>
     <w:rsid w:val="00A03156"/>
     <w:rsid w:val="00A05E32"/>
     <w:rsid w:val="00A060F7"/>
     <w:rsid w:val="00A10968"/>
     <w:rsid w:val="00A10E07"/>
     <w:rsid w:val="00A158C7"/>
     <w:rsid w:val="00A17850"/>
     <w:rsid w:val="00A20FD0"/>
     <w:rsid w:val="00A25642"/>
     <w:rsid w:val="00A2582E"/>
     <w:rsid w:val="00A2725A"/>
     <w:rsid w:val="00A3108F"/>
+    <w:rsid w:val="00A3687F"/>
     <w:rsid w:val="00A36C35"/>
     <w:rsid w:val="00A412EC"/>
     <w:rsid w:val="00A419DF"/>
     <w:rsid w:val="00A45E42"/>
     <w:rsid w:val="00A50699"/>
     <w:rsid w:val="00A52D8E"/>
     <w:rsid w:val="00A53461"/>
     <w:rsid w:val="00A61B71"/>
     <w:rsid w:val="00A631C8"/>
     <w:rsid w:val="00A66E80"/>
     <w:rsid w:val="00A71E1E"/>
     <w:rsid w:val="00A73323"/>
     <w:rsid w:val="00A73BBE"/>
     <w:rsid w:val="00A7451F"/>
     <w:rsid w:val="00A769E8"/>
     <w:rsid w:val="00A8088D"/>
     <w:rsid w:val="00A80EE8"/>
     <w:rsid w:val="00A84BB4"/>
     <w:rsid w:val="00A91B08"/>
     <w:rsid w:val="00A920A2"/>
     <w:rsid w:val="00AA5466"/>
     <w:rsid w:val="00AB0721"/>
     <w:rsid w:val="00AB66A5"/>
     <w:rsid w:val="00AD0C45"/>
     <w:rsid w:val="00AD2482"/>
@@ -9313,50 +8870,51 @@
     <w:rsid w:val="00BD5B6C"/>
     <w:rsid w:val="00BE06C4"/>
     <w:rsid w:val="00BF6173"/>
     <w:rsid w:val="00BF66A6"/>
     <w:rsid w:val="00BF716F"/>
     <w:rsid w:val="00C01D9B"/>
     <w:rsid w:val="00C01EEA"/>
     <w:rsid w:val="00C04687"/>
     <w:rsid w:val="00C04D66"/>
     <w:rsid w:val="00C14263"/>
     <w:rsid w:val="00C146A4"/>
     <w:rsid w:val="00C15939"/>
     <w:rsid w:val="00C177BE"/>
     <w:rsid w:val="00C2235C"/>
     <w:rsid w:val="00C34496"/>
     <w:rsid w:val="00C34CD5"/>
     <w:rsid w:val="00C354D2"/>
     <w:rsid w:val="00C420D5"/>
     <w:rsid w:val="00C44DB4"/>
     <w:rsid w:val="00C45658"/>
     <w:rsid w:val="00C5376A"/>
     <w:rsid w:val="00C53918"/>
     <w:rsid w:val="00C5688E"/>
     <w:rsid w:val="00C60A09"/>
     <w:rsid w:val="00C712A5"/>
+    <w:rsid w:val="00C82FF0"/>
     <w:rsid w:val="00C835BD"/>
     <w:rsid w:val="00C926C3"/>
     <w:rsid w:val="00C93B74"/>
     <w:rsid w:val="00C949E4"/>
     <w:rsid w:val="00C979FA"/>
     <w:rsid w:val="00CA002B"/>
     <w:rsid w:val="00CA0BFF"/>
     <w:rsid w:val="00CA3620"/>
     <w:rsid w:val="00CA7795"/>
     <w:rsid w:val="00CB48F1"/>
     <w:rsid w:val="00CB6602"/>
     <w:rsid w:val="00CC1D7E"/>
     <w:rsid w:val="00CC219F"/>
     <w:rsid w:val="00CC3E7F"/>
     <w:rsid w:val="00CC65AB"/>
     <w:rsid w:val="00CC6BA3"/>
     <w:rsid w:val="00CC6EEA"/>
     <w:rsid w:val="00CD5026"/>
     <w:rsid w:val="00CD76D8"/>
     <w:rsid w:val="00CF2FFF"/>
     <w:rsid w:val="00D0373B"/>
     <w:rsid w:val="00D04103"/>
     <w:rsid w:val="00D12366"/>
     <w:rsid w:val="00D2584C"/>
     <w:rsid w:val="00D36782"/>
@@ -10968,75 +10526,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>408</Words>
-  <Characters>2329</Characters>
+  <Words>407</Words>
+  <Characters>2326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2732</CharactersWithSpaces>
+  <CharactersWithSpaces>2728</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>