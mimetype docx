--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -32,82 +32,112 @@
     <w:p w14:paraId="5A535362" w14:textId="4F6C8D14" w:rsidR="002377F7" w:rsidRDefault="002377F7" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002377F7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>物料管理常見問題與解决對策</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="3122CEAC" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="002B435F">
+    <w:p w14:paraId="1BC77435" w14:textId="74F2084B" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="002B435F">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>2026/1/8</w:t>
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="0044014B">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0044014B">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002B435F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>週</w:t>
       </w:r>
       <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
@@ -2255,75 +2285,83 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="1811DA69" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="3007765E" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="5E5D92F0" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
+      <w:r w:rsidR="0044014B" w:rsidRPr="0044014B">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>2026/3/5</w:t>
+      </w:r>
       <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2026/1/8，週四</w:t>
+        <w:t>，週四</w:t>
       </w:r>
       <w:r w:rsidR="00FC1A5F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
@@ -4414,58 +4452,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32D83CE5" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
+    <w:p w14:paraId="1F13F8BB" w14:textId="77777777" w:rsidR="007E6A1F" w:rsidRDefault="007E6A1F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B3EF246" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
+    <w:p w14:paraId="325CCCB9" w14:textId="77777777" w:rsidR="007E6A1F" w:rsidRDefault="007E6A1F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4589,58 +4627,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A4B923F" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
+    <w:p w14:paraId="0825A9F7" w14:textId="77777777" w:rsidR="007E6A1F" w:rsidRDefault="007E6A1F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C5AD7E8" w14:textId="77777777" w:rsidR="00866D68" w:rsidRDefault="00866D68">
+    <w:p w14:paraId="2734D3F9" w14:textId="77777777" w:rsidR="007E6A1F" w:rsidRDefault="007E6A1F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8417,51 +8455,51 @@
   <w:num w:numId="32" w16cid:durableId="1417747230">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
@@ -8597,50 +8635,51 @@
     <w:rsid w:val="00381FF1"/>
     <w:rsid w:val="00392CB8"/>
     <w:rsid w:val="003A23CA"/>
     <w:rsid w:val="003B4FFB"/>
     <w:rsid w:val="003C7B7D"/>
     <w:rsid w:val="003D14A5"/>
     <w:rsid w:val="003D39E5"/>
     <w:rsid w:val="003D5E66"/>
     <w:rsid w:val="003D79F8"/>
     <w:rsid w:val="003E45EB"/>
     <w:rsid w:val="003E5BC0"/>
     <w:rsid w:val="0040070B"/>
     <w:rsid w:val="0040111C"/>
     <w:rsid w:val="00401FA1"/>
     <w:rsid w:val="0040244C"/>
     <w:rsid w:val="00402A6C"/>
     <w:rsid w:val="00407D2C"/>
     <w:rsid w:val="0041057D"/>
     <w:rsid w:val="00411447"/>
     <w:rsid w:val="00421D86"/>
     <w:rsid w:val="0043030D"/>
     <w:rsid w:val="00432EC1"/>
     <w:rsid w:val="00433221"/>
     <w:rsid w:val="0043536E"/>
     <w:rsid w:val="0043642C"/>
+    <w:rsid w:val="0044014B"/>
     <w:rsid w:val="0045289D"/>
     <w:rsid w:val="00464BA1"/>
     <w:rsid w:val="0046542A"/>
     <w:rsid w:val="00465805"/>
     <w:rsid w:val="0046581C"/>
     <w:rsid w:val="0048018B"/>
     <w:rsid w:val="00482365"/>
     <w:rsid w:val="004834C7"/>
     <w:rsid w:val="004859E5"/>
     <w:rsid w:val="00485A98"/>
     <w:rsid w:val="00495DD8"/>
     <w:rsid w:val="004A075B"/>
     <w:rsid w:val="004A2875"/>
     <w:rsid w:val="004A41D1"/>
     <w:rsid w:val="004A7590"/>
     <w:rsid w:val="004B316B"/>
     <w:rsid w:val="004B4B3F"/>
     <w:rsid w:val="004B6C52"/>
     <w:rsid w:val="004C13FD"/>
     <w:rsid w:val="004C47C9"/>
     <w:rsid w:val="004C7331"/>
     <w:rsid w:val="004E784B"/>
     <w:rsid w:val="004F00A7"/>
     <w:rsid w:val="004F11DA"/>
     <w:rsid w:val="00514B70"/>
@@ -8708,50 +8747,51 @@
     <w:rsid w:val="00760F06"/>
     <w:rsid w:val="00765621"/>
     <w:rsid w:val="007705DF"/>
     <w:rsid w:val="00771199"/>
     <w:rsid w:val="007714C7"/>
     <w:rsid w:val="007749A0"/>
     <w:rsid w:val="00776D3D"/>
     <w:rsid w:val="00777F5C"/>
     <w:rsid w:val="0078082D"/>
     <w:rsid w:val="00781D28"/>
     <w:rsid w:val="00793EF5"/>
     <w:rsid w:val="007972FE"/>
     <w:rsid w:val="007A0767"/>
     <w:rsid w:val="007A23A4"/>
     <w:rsid w:val="007A2A71"/>
     <w:rsid w:val="007A734E"/>
     <w:rsid w:val="007A750F"/>
     <w:rsid w:val="007C0C36"/>
     <w:rsid w:val="007C2883"/>
     <w:rsid w:val="007D07A7"/>
     <w:rsid w:val="007D4041"/>
     <w:rsid w:val="007D46F5"/>
     <w:rsid w:val="007E0747"/>
     <w:rsid w:val="007E2326"/>
     <w:rsid w:val="007E4FF8"/>
+    <w:rsid w:val="007E6A1F"/>
     <w:rsid w:val="007E7785"/>
     <w:rsid w:val="0080680F"/>
     <w:rsid w:val="00813E48"/>
     <w:rsid w:val="00817320"/>
     <w:rsid w:val="008173D6"/>
     <w:rsid w:val="00823EBF"/>
     <w:rsid w:val="00830FAC"/>
     <w:rsid w:val="008337C2"/>
     <w:rsid w:val="008423D8"/>
     <w:rsid w:val="00843798"/>
     <w:rsid w:val="00845647"/>
     <w:rsid w:val="00852B8F"/>
     <w:rsid w:val="00852CB3"/>
     <w:rsid w:val="008662F2"/>
     <w:rsid w:val="00866D68"/>
     <w:rsid w:val="00874A1C"/>
     <w:rsid w:val="00882675"/>
     <w:rsid w:val="00882F12"/>
     <w:rsid w:val="008863B5"/>
     <w:rsid w:val="0089094F"/>
     <w:rsid w:val="00890B44"/>
     <w:rsid w:val="00895187"/>
     <w:rsid w:val="0089677E"/>
     <w:rsid w:val="008A40B5"/>
     <w:rsid w:val="008B05FD"/>
@@ -8911,50 +8951,51 @@
     <w:rsid w:val="00CC6BA3"/>
     <w:rsid w:val="00CC6EEA"/>
     <w:rsid w:val="00CD5026"/>
     <w:rsid w:val="00CD76D8"/>
     <w:rsid w:val="00CF2FFF"/>
     <w:rsid w:val="00D0373B"/>
     <w:rsid w:val="00D04103"/>
     <w:rsid w:val="00D12366"/>
     <w:rsid w:val="00D2584C"/>
     <w:rsid w:val="00D36782"/>
     <w:rsid w:val="00D4495F"/>
     <w:rsid w:val="00D55F8B"/>
     <w:rsid w:val="00D56E8D"/>
     <w:rsid w:val="00D627D2"/>
     <w:rsid w:val="00D64117"/>
     <w:rsid w:val="00D749C8"/>
     <w:rsid w:val="00D77EB7"/>
     <w:rsid w:val="00D8135E"/>
     <w:rsid w:val="00D83667"/>
     <w:rsid w:val="00D842E5"/>
     <w:rsid w:val="00D869AE"/>
     <w:rsid w:val="00D91963"/>
     <w:rsid w:val="00D921C9"/>
     <w:rsid w:val="00D92C04"/>
     <w:rsid w:val="00D931C2"/>
+    <w:rsid w:val="00D957B8"/>
     <w:rsid w:val="00D96A25"/>
     <w:rsid w:val="00DA2CEF"/>
     <w:rsid w:val="00DA57FC"/>
     <w:rsid w:val="00DA5872"/>
     <w:rsid w:val="00DA5B0D"/>
     <w:rsid w:val="00DB48EE"/>
     <w:rsid w:val="00DE1C96"/>
     <w:rsid w:val="00DE2407"/>
     <w:rsid w:val="00DE4704"/>
     <w:rsid w:val="00DE751F"/>
     <w:rsid w:val="00DF12E4"/>
     <w:rsid w:val="00E00D92"/>
     <w:rsid w:val="00E03950"/>
     <w:rsid w:val="00E07575"/>
     <w:rsid w:val="00E11D09"/>
     <w:rsid w:val="00E12E75"/>
     <w:rsid w:val="00E30771"/>
     <w:rsid w:val="00E30777"/>
     <w:rsid w:val="00E34E51"/>
     <w:rsid w:val="00E36305"/>
     <w:rsid w:val="00E417D0"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E470B9"/>
     <w:rsid w:val="00E51CC6"/>
     <w:rsid w:val="00E53272"/>