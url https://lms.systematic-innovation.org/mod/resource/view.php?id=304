--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -32,142 +32,142 @@
     <w:p w14:paraId="5A535362" w14:textId="4F6C8D14" w:rsidR="002377F7" w:rsidRDefault="002377F7" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002377F7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>物料管理常見問題與解决對策</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="74F2084B" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="002B435F">
+    <w:p w14:paraId="1BC77435" w14:textId="3E04DE65" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="002B435F">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>2026/</w:t>
       </w:r>
-      <w:r w:rsidR="0044014B">
+      <w:r w:rsidR="005019D7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="0044014B">
+      <w:r w:rsidR="005019D7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="002B435F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>週</w:t>
       </w:r>
-      <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
+      <w:r w:rsidR="005019D7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>四</w:t>
+        <w:t>二</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="0011369A">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRPr="0011369A" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
@@ -2285,83 +2285,83 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="1811DA69" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="5E5D92F0" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="6AE84DE8" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="0044014B" w:rsidRPr="0044014B">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2026/3/5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C82FF0" w:rsidRPr="00C82FF0">
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="005019D7" w:rsidRPr="005019D7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>，週四</w:t>
+        <w:t>4/14，週二</w:t>
       </w:r>
       <w:r w:rsidR="00FC1A5F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
@@ -8660,50 +8660,51 @@
     <w:rsid w:val="0044014B"/>
     <w:rsid w:val="0045289D"/>
     <w:rsid w:val="00464BA1"/>
     <w:rsid w:val="0046542A"/>
     <w:rsid w:val="00465805"/>
     <w:rsid w:val="0046581C"/>
     <w:rsid w:val="0048018B"/>
     <w:rsid w:val="00482365"/>
     <w:rsid w:val="004834C7"/>
     <w:rsid w:val="004859E5"/>
     <w:rsid w:val="00485A98"/>
     <w:rsid w:val="00495DD8"/>
     <w:rsid w:val="004A075B"/>
     <w:rsid w:val="004A2875"/>
     <w:rsid w:val="004A41D1"/>
     <w:rsid w:val="004A7590"/>
     <w:rsid w:val="004B316B"/>
     <w:rsid w:val="004B4B3F"/>
     <w:rsid w:val="004B6C52"/>
     <w:rsid w:val="004C13FD"/>
     <w:rsid w:val="004C47C9"/>
     <w:rsid w:val="004C7331"/>
     <w:rsid w:val="004E784B"/>
     <w:rsid w:val="004F00A7"/>
     <w:rsid w:val="004F11DA"/>
+    <w:rsid w:val="005019D7"/>
     <w:rsid w:val="00514B70"/>
     <w:rsid w:val="00514DBE"/>
     <w:rsid w:val="00521954"/>
     <w:rsid w:val="00527193"/>
     <w:rsid w:val="00527D0C"/>
     <w:rsid w:val="00537E71"/>
     <w:rsid w:val="00541974"/>
     <w:rsid w:val="00547AED"/>
     <w:rsid w:val="005559FD"/>
     <w:rsid w:val="00556835"/>
     <w:rsid w:val="00561CCF"/>
     <w:rsid w:val="00565FD0"/>
     <w:rsid w:val="005712C6"/>
     <w:rsid w:val="00571656"/>
     <w:rsid w:val="00582553"/>
     <w:rsid w:val="005839BE"/>
     <w:rsid w:val="00584086"/>
     <w:rsid w:val="00596E16"/>
     <w:rsid w:val="005C0585"/>
     <w:rsid w:val="005C1C4A"/>
     <w:rsid w:val="005C664A"/>
     <w:rsid w:val="005E15B2"/>
     <w:rsid w:val="005F37BA"/>
     <w:rsid w:val="005F72FB"/>
     <w:rsid w:val="006032CB"/>
@@ -8859,50 +8860,51 @@
     <w:rsid w:val="00A66E80"/>
     <w:rsid w:val="00A71E1E"/>
     <w:rsid w:val="00A73323"/>
     <w:rsid w:val="00A73BBE"/>
     <w:rsid w:val="00A7451F"/>
     <w:rsid w:val="00A769E8"/>
     <w:rsid w:val="00A8088D"/>
     <w:rsid w:val="00A80EE8"/>
     <w:rsid w:val="00A84BB4"/>
     <w:rsid w:val="00A91B08"/>
     <w:rsid w:val="00A920A2"/>
     <w:rsid w:val="00AA5466"/>
     <w:rsid w:val="00AB0721"/>
     <w:rsid w:val="00AB66A5"/>
     <w:rsid w:val="00AD0C45"/>
     <w:rsid w:val="00AD2482"/>
     <w:rsid w:val="00AD689B"/>
     <w:rsid w:val="00AF04E1"/>
     <w:rsid w:val="00AF2FBB"/>
     <w:rsid w:val="00AF52E8"/>
     <w:rsid w:val="00AF6EB1"/>
     <w:rsid w:val="00B05BF8"/>
     <w:rsid w:val="00B13878"/>
     <w:rsid w:val="00B20AAC"/>
     <w:rsid w:val="00B31C8B"/>
+    <w:rsid w:val="00B33450"/>
     <w:rsid w:val="00B34329"/>
     <w:rsid w:val="00B3566D"/>
     <w:rsid w:val="00B40B98"/>
     <w:rsid w:val="00B4145F"/>
     <w:rsid w:val="00B47095"/>
     <w:rsid w:val="00B51CDC"/>
     <w:rsid w:val="00B521AC"/>
     <w:rsid w:val="00B603C4"/>
     <w:rsid w:val="00B6378B"/>
     <w:rsid w:val="00B7033F"/>
     <w:rsid w:val="00B73EEB"/>
     <w:rsid w:val="00B76B41"/>
     <w:rsid w:val="00B806DC"/>
     <w:rsid w:val="00B80E33"/>
     <w:rsid w:val="00B8179E"/>
     <w:rsid w:val="00B83BCA"/>
     <w:rsid w:val="00B92084"/>
     <w:rsid w:val="00B920DA"/>
     <w:rsid w:val="00B93EE7"/>
     <w:rsid w:val="00BB2478"/>
     <w:rsid w:val="00BB4BE9"/>
     <w:rsid w:val="00BB50DB"/>
     <w:rsid w:val="00BC3AE3"/>
     <w:rsid w:val="00BC55B5"/>
     <w:rsid w:val="00BD1DEA"/>
@@ -10567,75 +10569,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>407</Words>
-  <Characters>2326</Characters>
+  <Words>1981</Words>
+  <Characters>754</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>6</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2728</CharactersWithSpaces>
+  <CharactersWithSpaces>2730</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>