--- v0 (2025-10-29)
+++ v1 (2026-03-14)
@@ -49,179 +49,167 @@
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>產品結構</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(BOM)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>、</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>、製令</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>(Work order)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>製令</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>與物料需求規劃</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>(Work order)</w:t>
+        <w:t>(MRP)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>與物料需求規劃</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>實務</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="3CD84A51" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00433221">
+    <w:p w14:paraId="1BC77435" w14:textId="76A2FECE" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
+      <w:r w:rsidR="00BA0C91" w:rsidRPr="00BA0C91">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F054DC">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0C91" w:rsidRPr="00BA0C91">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F054DC">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0C91" w:rsidRPr="00BA0C91">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2025/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003402A6">
+        <w:t>，週</w:t>
+      </w:r>
+      <w:r w:rsidR="00F054DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...39 lines deleted...]
-        <w:t>二</w:t>
+        <w:t>四</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -272,112 +260,100 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>說明</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1578DE12" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>在製造管理中，常見產品結構</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>在製造管理中，常見產品結構用料表</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BOM</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Bill Of Material)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>、生產途程</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Routing) </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>與製令</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(Work order)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>，各個功能為何</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
@@ -425,87 +401,51 @@
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>首先是物管針對材料製程損耗率，如何額外備料問題，然而材料製程損耗率則需在</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> BOM</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>維護。</w:t>
-[...35 lines deleted...]
-        <w:t>生產線，生管如何做好生產進度監控</w:t>
+        <w:t>維護。料倉如何備料、發料至生產線，生管如何做好生產進度監控</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SFC</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Shop Floor Control)</w:t>
       </w:r>
@@ -519,190 +459,142 @@
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>－</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Back flush (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t>帳</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>倒沖扣帳</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>，以上則</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>，以上則與製令</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Work Order)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>有關。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368BE7C3" w14:textId="10790D3C" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>另外，</w:t>
-[...17 lines deleted...]
-        <w:t>發部份料，而生產線未投入生產或已生產至某一進度，針對各種狀況材料如何處理</w:t>
+        <w:t>另外，製令未發料或已發料或發部份料，而生產線未投入生產或已生產至某一進度，針對各種狀況材料如何處理</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t>處理</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>製令如何處理</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>財務部如何處理製造成本</w:t>
       </w:r>
@@ -882,210 +774,136 @@
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t>課程效益</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D15A3A" w14:textId="77777777" w:rsidR="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>本課程藉由實務教學、理論引導、綜合研討及實例演練，有系統探討產品結構</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>本課程藉由實務教學、理論引導、綜合研討及實例演練，有系統探討產品結構用料表</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BOM</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Bill Of Material)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>、</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>、製令</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Work order) </w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>與物料需求規劃</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(MRP)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>，使明瞭在製造管理資訊系統的關聯與功能，提昇物管控管物料存量技巧能力，降低原物料庫存、避免資金積壓，庫存空間被侵佔。完整呈現物料需求規劃的制定做法，將能帶領您學會有效</w:t>
-[...17 lines deleted...]
-        <w:t>需求管理及規劃。</w:t>
+        <w:t>，使明瞭在製造管理資訊系統的關聯與功能，提昇物管控管物料存量技巧能力，降低原物料庫存、避免資金積壓，庫存空間被侵佔。完整呈現物料需求規劃的制定做法，將能帶領您學會有效作好物料需求管理及規劃。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EFBFB0E" w14:textId="504E243F" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>另外，使財務部</w:t>
-[...35 lines deleted...]
-        <w:t>狀況，使資訊系統部門人員明瞭如何</w:t>
+        <w:t>另外，使財務部明瞭製令各種狀況，如何處理製造成本；針對製令各種狀況，使資訊系統部門人員明瞭如何</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> debug</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DAF2608" w14:textId="77777777" w:rsidR="00E53272" w:rsidRDefault="00E53272" w:rsidP="00407D2C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1179,63 +997,52 @@
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>產品結構</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>產品結構用料表</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BOM</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1302,98 +1109,76 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>可以建</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> BOM </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t>、不可以建</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>依製令發料、不可以建</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> BOM </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t>領料</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>用領料單領料</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B0F3BE" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="236" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
@@ -1768,150 +1553,108 @@
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...37 lines deleted...]
-        <w:t>、工單</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>製令又稱工令、工單</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Work Order or Manufacturing Order )</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9EFE62" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="236" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t>工單</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>製令或工單</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Work Order) </w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>在電腦系統中之主要功能</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3791E9E4" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="472" w:firstLine="1133"/>
@@ -1919,69 +1662,58 @@
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(1).</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t>生產線</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>發料至生產線</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C6A611" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="472" w:firstLine="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(2).</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
@@ -2040,69 +1772,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(3).</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Back flush (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t>帳</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>倒沖扣帳</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>扣材料帳</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
@@ -2119,539 +1840,353 @@
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>製令種類</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...49 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>一般製令、重工製令、委外製令</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B43D9F4" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="236" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>不同</w:t>
-[...19 lines deleted...]
-        <w:t>如何備料</w:t>
+        <w:t>不同種類製令該如何備料</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450D125F" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="236" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>生管依據生產排</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>生管依據生產排程下製令</w:t>
+      </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Release Work Order)</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>，</w:t>
-[...19 lines deleted...]
-        <w:t>應何時發放</w:t>
+        <w:t>，製令設計應何時發放</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2186B136" w14:textId="77777777" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="236" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>生管須</w:t>
-[...19 lines deleted...]
-        <w:t>模擬，以避免停工待料</w:t>
+        <w:t>生管須作製令欠料模擬，以避免停工待料</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F530AA0" w14:textId="77777777" w:rsidR="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="236" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>生管</w:t>
-[...19 lines deleted...]
-        <w:t>各種狀況及訂單異動</w:t>
+        <w:t>生管針對製令以下各種狀況及訂單異動</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>該如何</w:t>
-[...19 lines deleted...]
-        <w:t>材料</w:t>
+        <w:t>該如何處理製令及材料</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C0AAC6" w14:textId="77777777" w:rsidR="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="472" w:firstLine="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(1).</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...37 lines deleted...]
-        <w:t>、全部發料</w:t>
+      <w:r w:rsidRPr="00760F06">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>未發料、部份發料、全部發料</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73552AFA" w14:textId="20337FF5" w:rsidR="00760F06" w:rsidRPr="00760F06" w:rsidRDefault="00760F06" w:rsidP="00760F06">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="472" w:firstLine="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(2).</w:t>
       </w:r>
       <w:r w:rsidRPr="00760F06">
@@ -3127,71 +2662,51 @@
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>、美商安普</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(AMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>等公司之生管、</w:t>
-[...19 lines deleted...]
-        <w:t>、製造工程處等部門經理，及導入開發</w:t>
+        <w:t>等公司之生管、物料處、製造工程處等部門經理，及導入開發</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>系統專案經理，從事相關業界工作經驗</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -3555,75 +3070,91 @@
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E101D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00F27A27">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="15B792E0" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="1ACC185F" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="0089021A" w:rsidRPr="0089021A">
+      <w:r w:rsidR="00BA0C91" w:rsidRPr="00BA0C91">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2025/12/16，週二</w:t>
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F054DC" w:rsidRPr="00F054DC">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>4/30，週四</w:t>
+      </w:r>
+      <w:r w:rsidR="00F054DC">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -3781,73 +3312,51 @@
             <w:tcW w:w="10158" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185FDCDC" w14:textId="6DDD4F75" w:rsidR="00611571" w:rsidRPr="008B7D97" w:rsidRDefault="00760F06" w:rsidP="008E101D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="-354" w:left="-850" w:rightChars="-94" w:right="-226"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00760F06">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="0C02CE"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>產品結構(BOM)、</w:t>
-[...21 lines deleted...]
-              <w:t>(Work order)與物料需求規劃(MRP) 實務</w:t>
+              <w:t>產品結構(BOM)、製令(Work order)與物料需求規劃(MRP) 實務</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611571" w:rsidRPr="008E101D" w14:paraId="49E67553" w14:textId="77777777" w:rsidTr="008B7D97">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="669"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1239" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5020C614" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="008E101D" w:rsidRDefault="00611571" w:rsidP="008E101D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -5654,71 +5163,59 @@
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>因學員個人因素，上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天後即不得退費，但得轉讓、</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>轉課</w:t>
-[...10 lines deleted...]
-        <w:t>、或保留。上課前</w:t>
+        <w:t>轉課、或保留。上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天以上申請退費，退費時扣除手續費10%。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104B6729" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="0075667D" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -5746,164 +5243,108 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>需</w:t>
-[...21 lines deleted...]
-        <w:t>者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
+        <w:t>需報帳者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4B304F" w14:textId="77777777" w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>團報時</w:t>
-[...32 lines deleted...]
-        <w:t>聯絡人聯絡資料。</w:t>
+        <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C3BCC68" w14:textId="77777777" w:rsidR="00024ED0" w:rsidRDefault="00024ED0">
+    <w:p w14:paraId="610EE31F" w14:textId="77777777" w:rsidR="00517213" w:rsidRDefault="00517213">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DB97004" w14:textId="77777777" w:rsidR="00024ED0" w:rsidRDefault="00024ED0">
+    <w:p w14:paraId="1A3C41B9" w14:textId="77777777" w:rsidR="00517213" w:rsidRDefault="00517213">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -6027,58 +5468,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47E7588A" w14:textId="77777777" w:rsidR="00024ED0" w:rsidRDefault="00024ED0">
+    <w:p w14:paraId="121A404C" w14:textId="77777777" w:rsidR="00517213" w:rsidRDefault="00517213">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A67D538" w14:textId="77777777" w:rsidR="00024ED0" w:rsidRDefault="00024ED0">
+    <w:p w14:paraId="601661A4" w14:textId="77777777" w:rsidR="00517213" w:rsidRDefault="00517213">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -9858,51 +9299,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -9928,96 +9369,100 @@
     <w:rsid w:val="00032553"/>
     <w:rsid w:val="0003407C"/>
     <w:rsid w:val="00034B24"/>
     <w:rsid w:val="00034DAB"/>
     <w:rsid w:val="00036024"/>
     <w:rsid w:val="00040825"/>
     <w:rsid w:val="00041B5D"/>
     <w:rsid w:val="00047F31"/>
     <w:rsid w:val="00050B80"/>
     <w:rsid w:val="00055549"/>
     <w:rsid w:val="00057359"/>
     <w:rsid w:val="0007045F"/>
     <w:rsid w:val="000724AA"/>
     <w:rsid w:val="00072D60"/>
     <w:rsid w:val="00073680"/>
     <w:rsid w:val="00073DDC"/>
     <w:rsid w:val="00082577"/>
     <w:rsid w:val="00090C98"/>
     <w:rsid w:val="00091A19"/>
     <w:rsid w:val="000933FA"/>
     <w:rsid w:val="000A3222"/>
     <w:rsid w:val="000C4BDC"/>
     <w:rsid w:val="000E25EB"/>
     <w:rsid w:val="000E7B38"/>
     <w:rsid w:val="000F4493"/>
+    <w:rsid w:val="000F5240"/>
     <w:rsid w:val="00101A15"/>
     <w:rsid w:val="00110D58"/>
     <w:rsid w:val="001171D3"/>
     <w:rsid w:val="001278A4"/>
     <w:rsid w:val="001357B1"/>
     <w:rsid w:val="00147596"/>
     <w:rsid w:val="00152D9C"/>
     <w:rsid w:val="00153F82"/>
     <w:rsid w:val="00154784"/>
     <w:rsid w:val="001620A1"/>
     <w:rsid w:val="00167D39"/>
     <w:rsid w:val="001727EA"/>
     <w:rsid w:val="00176DBD"/>
     <w:rsid w:val="00180675"/>
     <w:rsid w:val="00184895"/>
     <w:rsid w:val="00193462"/>
     <w:rsid w:val="001946BA"/>
     <w:rsid w:val="001A6B91"/>
+    <w:rsid w:val="001B007F"/>
     <w:rsid w:val="001B0A85"/>
     <w:rsid w:val="001B2B83"/>
     <w:rsid w:val="001B3FDE"/>
+    <w:rsid w:val="001B57E2"/>
     <w:rsid w:val="001B7513"/>
     <w:rsid w:val="001C057D"/>
     <w:rsid w:val="001C3EDE"/>
     <w:rsid w:val="001D042D"/>
     <w:rsid w:val="001D1B7A"/>
     <w:rsid w:val="001D2746"/>
     <w:rsid w:val="001E2C61"/>
     <w:rsid w:val="001E65F2"/>
     <w:rsid w:val="001F100E"/>
     <w:rsid w:val="001F346D"/>
     <w:rsid w:val="001F5CEE"/>
     <w:rsid w:val="001F6452"/>
     <w:rsid w:val="002014DB"/>
     <w:rsid w:val="002063DF"/>
     <w:rsid w:val="00223A8E"/>
     <w:rsid w:val="00224627"/>
     <w:rsid w:val="002333CB"/>
     <w:rsid w:val="00234B62"/>
     <w:rsid w:val="00236EDE"/>
     <w:rsid w:val="0024444B"/>
     <w:rsid w:val="00246314"/>
     <w:rsid w:val="00255DC9"/>
     <w:rsid w:val="002579F0"/>
     <w:rsid w:val="00263450"/>
     <w:rsid w:val="00277E78"/>
+    <w:rsid w:val="002855C1"/>
     <w:rsid w:val="0028663F"/>
     <w:rsid w:val="00293E25"/>
     <w:rsid w:val="002B029A"/>
     <w:rsid w:val="002B1E80"/>
     <w:rsid w:val="002B4013"/>
     <w:rsid w:val="002B5A6B"/>
     <w:rsid w:val="002C3581"/>
     <w:rsid w:val="002C4A72"/>
     <w:rsid w:val="002C5819"/>
     <w:rsid w:val="002C769B"/>
     <w:rsid w:val="002C7C9E"/>
     <w:rsid w:val="002D6466"/>
     <w:rsid w:val="002E3DF6"/>
     <w:rsid w:val="00301FAE"/>
     <w:rsid w:val="00304AE5"/>
     <w:rsid w:val="00305793"/>
     <w:rsid w:val="00316EED"/>
     <w:rsid w:val="00331F59"/>
     <w:rsid w:val="003322BE"/>
     <w:rsid w:val="0033467E"/>
     <w:rsid w:val="003346A7"/>
     <w:rsid w:val="003402A6"/>
     <w:rsid w:val="003424F8"/>
     <w:rsid w:val="00342D0C"/>
     <w:rsid w:val="00347DEF"/>
@@ -10037,71 +9482,73 @@
     <w:rsid w:val="003D39E5"/>
     <w:rsid w:val="003D79F8"/>
     <w:rsid w:val="003E45EB"/>
     <w:rsid w:val="003E5BC0"/>
     <w:rsid w:val="0040070B"/>
     <w:rsid w:val="0040111C"/>
     <w:rsid w:val="00401FA1"/>
     <w:rsid w:val="0040244C"/>
     <w:rsid w:val="00402A6C"/>
     <w:rsid w:val="004040DF"/>
     <w:rsid w:val="00407D2C"/>
     <w:rsid w:val="0041057D"/>
     <w:rsid w:val="00411447"/>
     <w:rsid w:val="00421D86"/>
     <w:rsid w:val="0043030D"/>
     <w:rsid w:val="00432EC1"/>
     <w:rsid w:val="00433221"/>
     <w:rsid w:val="0043536E"/>
     <w:rsid w:val="0043642C"/>
     <w:rsid w:val="00444692"/>
     <w:rsid w:val="0045289D"/>
     <w:rsid w:val="00464BA1"/>
     <w:rsid w:val="0046542A"/>
     <w:rsid w:val="00465805"/>
     <w:rsid w:val="0046581C"/>
+    <w:rsid w:val="004728DE"/>
     <w:rsid w:val="0048018B"/>
     <w:rsid w:val="00482365"/>
     <w:rsid w:val="004834C7"/>
     <w:rsid w:val="004859E5"/>
     <w:rsid w:val="00485A98"/>
     <w:rsid w:val="00495DD8"/>
     <w:rsid w:val="004A075B"/>
     <w:rsid w:val="004A2875"/>
     <w:rsid w:val="004A41D1"/>
     <w:rsid w:val="004A7590"/>
     <w:rsid w:val="004B316B"/>
     <w:rsid w:val="004B4B3F"/>
     <w:rsid w:val="004B6C52"/>
     <w:rsid w:val="004C13FD"/>
     <w:rsid w:val="004C47C9"/>
     <w:rsid w:val="004C7331"/>
     <w:rsid w:val="004E784B"/>
     <w:rsid w:val="004F00A7"/>
     <w:rsid w:val="004F11DA"/>
     <w:rsid w:val="00514B70"/>
     <w:rsid w:val="00514DBE"/>
+    <w:rsid w:val="00517213"/>
     <w:rsid w:val="00521954"/>
     <w:rsid w:val="00527193"/>
     <w:rsid w:val="00527D0C"/>
     <w:rsid w:val="00537E71"/>
     <w:rsid w:val="00541974"/>
     <w:rsid w:val="00547AED"/>
     <w:rsid w:val="00556835"/>
     <w:rsid w:val="00561CCF"/>
     <w:rsid w:val="00565FD0"/>
     <w:rsid w:val="005712C6"/>
     <w:rsid w:val="00571656"/>
     <w:rsid w:val="00582553"/>
     <w:rsid w:val="005839BE"/>
     <w:rsid w:val="00584086"/>
     <w:rsid w:val="00596E16"/>
     <w:rsid w:val="005C0585"/>
     <w:rsid w:val="005C1C4A"/>
     <w:rsid w:val="005C664A"/>
     <w:rsid w:val="005E15B2"/>
     <w:rsid w:val="005E1A4F"/>
     <w:rsid w:val="005F37BA"/>
     <w:rsid w:val="005F72FB"/>
     <w:rsid w:val="006032CB"/>
     <w:rsid w:val="00611571"/>
     <w:rsid w:val="006120D7"/>
@@ -10266,50 +9713,51 @@
     <w:rsid w:val="00AD689B"/>
     <w:rsid w:val="00AF2FBB"/>
     <w:rsid w:val="00AF52E8"/>
     <w:rsid w:val="00AF6EB1"/>
     <w:rsid w:val="00B05BF8"/>
     <w:rsid w:val="00B13878"/>
     <w:rsid w:val="00B20AAC"/>
     <w:rsid w:val="00B31C8B"/>
     <w:rsid w:val="00B34329"/>
     <w:rsid w:val="00B3566D"/>
     <w:rsid w:val="00B40B98"/>
     <w:rsid w:val="00B4145F"/>
     <w:rsid w:val="00B47095"/>
     <w:rsid w:val="00B51CDC"/>
     <w:rsid w:val="00B521AC"/>
     <w:rsid w:val="00B603C4"/>
     <w:rsid w:val="00B6378B"/>
     <w:rsid w:val="00B7033F"/>
     <w:rsid w:val="00B73EEB"/>
     <w:rsid w:val="00B806DC"/>
     <w:rsid w:val="00B80E33"/>
     <w:rsid w:val="00B83BCA"/>
     <w:rsid w:val="00B92084"/>
     <w:rsid w:val="00B920DA"/>
     <w:rsid w:val="00B93EE7"/>
+    <w:rsid w:val="00BA0C91"/>
     <w:rsid w:val="00BB2478"/>
     <w:rsid w:val="00BB4BE9"/>
     <w:rsid w:val="00BC3AE3"/>
     <w:rsid w:val="00BC55B5"/>
     <w:rsid w:val="00BD1DEA"/>
     <w:rsid w:val="00BD5436"/>
     <w:rsid w:val="00BD5B6C"/>
     <w:rsid w:val="00BE06C4"/>
     <w:rsid w:val="00BF6173"/>
     <w:rsid w:val="00BF66A6"/>
     <w:rsid w:val="00BF716F"/>
     <w:rsid w:val="00C01D9B"/>
     <w:rsid w:val="00C01EEA"/>
     <w:rsid w:val="00C04687"/>
     <w:rsid w:val="00C04D66"/>
     <w:rsid w:val="00C146A4"/>
     <w:rsid w:val="00C15939"/>
     <w:rsid w:val="00C177BE"/>
     <w:rsid w:val="00C2235C"/>
     <w:rsid w:val="00C34496"/>
     <w:rsid w:val="00C34CD5"/>
     <w:rsid w:val="00C354D2"/>
     <w:rsid w:val="00C420D5"/>
     <w:rsid w:val="00C44DB4"/>
     <w:rsid w:val="00C45658"/>
@@ -10379,54 +9827,56 @@
     <w:rsid w:val="00E36305"/>
     <w:rsid w:val="00E417D0"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E470B9"/>
     <w:rsid w:val="00E51CC6"/>
     <w:rsid w:val="00E53272"/>
     <w:rsid w:val="00E55283"/>
     <w:rsid w:val="00E73EA0"/>
     <w:rsid w:val="00E75D28"/>
     <w:rsid w:val="00E811D7"/>
     <w:rsid w:val="00E96254"/>
     <w:rsid w:val="00EB573F"/>
     <w:rsid w:val="00EB6AA4"/>
     <w:rsid w:val="00EC0C69"/>
     <w:rsid w:val="00EC2CB2"/>
     <w:rsid w:val="00EC6B12"/>
     <w:rsid w:val="00ED242D"/>
     <w:rsid w:val="00EE0764"/>
     <w:rsid w:val="00EE285B"/>
     <w:rsid w:val="00EE4586"/>
     <w:rsid w:val="00EE5206"/>
     <w:rsid w:val="00EF38C1"/>
     <w:rsid w:val="00EF71AA"/>
     <w:rsid w:val="00F00BEF"/>
     <w:rsid w:val="00F04357"/>
+    <w:rsid w:val="00F054DC"/>
     <w:rsid w:val="00F12A0A"/>
     <w:rsid w:val="00F27A27"/>
     <w:rsid w:val="00F33D8F"/>
     <w:rsid w:val="00F35BBF"/>
+    <w:rsid w:val="00F42448"/>
     <w:rsid w:val="00F42DA5"/>
     <w:rsid w:val="00F6077A"/>
     <w:rsid w:val="00F60C7D"/>
     <w:rsid w:val="00F62E22"/>
     <w:rsid w:val="00F734C7"/>
     <w:rsid w:val="00F73F3E"/>
     <w:rsid w:val="00F77E95"/>
     <w:rsid w:val="00F811B2"/>
     <w:rsid w:val="00F8340E"/>
     <w:rsid w:val="00F923CE"/>
     <w:rsid w:val="00F927BA"/>
     <w:rsid w:val="00F94920"/>
     <w:rsid w:val="00F97E3A"/>
     <w:rsid w:val="00FA08DB"/>
     <w:rsid w:val="00FA2CAC"/>
     <w:rsid w:val="00FA375D"/>
     <w:rsid w:val="00FB3283"/>
     <w:rsid w:val="00FB5851"/>
     <w:rsid w:val="00FB6D1B"/>
     <w:rsid w:val="00FC0D05"/>
     <w:rsid w:val="00FC6E7F"/>
     <w:rsid w:val="00FD0741"/>
     <w:rsid w:val="00FE1F0C"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7DBD"/>
@@ -11937,75 +11387,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>516</Words>
+  <Words>515</Words>
   <Characters>2942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3452</CharactersWithSpaces>
+  <CharactersWithSpaces>3451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>