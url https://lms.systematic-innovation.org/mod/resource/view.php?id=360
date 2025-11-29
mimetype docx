--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -170,149 +170,179 @@
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>主办单位：国际创新方法学会</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>雅智（厦门）咨询有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751B81E6" w14:textId="6B829903" w:rsidR="00D72259" w:rsidRPr="00D72259" w:rsidRDefault="007344A0" w:rsidP="00632782">
+    <w:p w14:paraId="751B81E6" w14:textId="17831919" w:rsidR="00D72259" w:rsidRPr="00D72259" w:rsidRDefault="007344A0" w:rsidP="00632782">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>上课时间：</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>2025/1</w:t>
       </w:r>
-      <w:r w:rsidR="003B5859" w:rsidRPr="00D72259">
+      <w:r w:rsidR="00BB50FA" w:rsidRPr="00BB50FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB50FA" w:rsidRPr="00BB50FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>/8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D72259">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB50FA" w:rsidRPr="00BB50FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>，</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B5859" w:rsidRPr="00D72259">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB50FA" w:rsidRPr="00BB50FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...9 lines deleted...]
-        <w:t>/9 (</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
@@ -6856,201 +6886,232 @@
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F1DA4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>付款方式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8426" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23BC9E71" w14:textId="688580F3" w:rsidR="00B62B93" w:rsidRPr="00494E5E" w:rsidRDefault="007344A0" w:rsidP="00323859">
+          <w:p w14:paraId="4000F553" w14:textId="77777777" w:rsidR="006B6C9B" w:rsidRDefault="007344A0" w:rsidP="006B6C9B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62B93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>大陆转帐银行：厦门银行股份有限公司政务中心支行</w:t>
+              <w:t>大陆</w:t>
+            </w:r>
+            <w:r w:rsidR="006B6C9B" w:rsidRPr="006B6C9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>银行转账信息</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16170D53" w14:textId="006D4FC0" w:rsidR="00B62B93" w:rsidRPr="00494E5E" w:rsidRDefault="007344A0" w:rsidP="00323859">
+          <w:p w14:paraId="7423FA3D" w14:textId="487EB560" w:rsidR="006B6C9B" w:rsidRPr="006B6C9B" w:rsidRDefault="006B6C9B" w:rsidP="006B6C9B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62B93">
+            <w:r w:rsidRPr="006B6C9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
+              <w:t>银行：厦门银行股份有限公司政务中心支行</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2343F5B1" w14:textId="77777777" w:rsidR="006B6C9B" w:rsidRPr="006B6C9B" w:rsidRDefault="006B6C9B" w:rsidP="006B6C9B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B6C9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
               <w:t>银行行号：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62B93">
+            <w:r w:rsidRPr="006B6C9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>313393087427</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D66EC71" w14:textId="7E54B30B" w:rsidR="00B62B93" w:rsidRPr="00494E5E" w:rsidRDefault="007344A0" w:rsidP="00323859">
+          <w:p w14:paraId="013540C6" w14:textId="77777777" w:rsidR="006B6C9B" w:rsidRPr="006B6C9B" w:rsidRDefault="006B6C9B" w:rsidP="006B6C9B">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62B93">
+            <w:r w:rsidRPr="006B6C9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>收款人姓名：雅智（厦门）咨询有限公司</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="408962DF" w14:textId="0003DC3F" w:rsidR="00B62B93" w:rsidRPr="000422F6" w:rsidRDefault="007344A0" w:rsidP="00323859">
+          <w:p w14:paraId="408962DF" w14:textId="7302AB9E" w:rsidR="00B62B93" w:rsidRPr="000422F6" w:rsidRDefault="006B6C9B" w:rsidP="006B6C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62B93">
+            <w:r w:rsidRPr="006B6C9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>账号：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62B93">
+            <w:r w:rsidRPr="006B6C9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>80121316000359</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7EB719F7" w14:textId="77777777" w:rsidR="00B62B93" w:rsidRPr="00C06097" w:rsidRDefault="00B62B93" w:rsidP="00E25D2B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B62B93" w:rsidRPr="00C06097" w:rsidSect="000453FC">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1077" w:bottom="851" w:left="1077" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4ECF91FE" w14:textId="77777777" w:rsidR="001C13A2" w:rsidRDefault="001C13A2" w:rsidP="00EE0A78">
+    <w:p w14:paraId="7853BA61" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C460331" w14:textId="77777777" w:rsidR="001C13A2" w:rsidRDefault="001C13A2" w:rsidP="00EE0A78">
+    <w:p w14:paraId="16BDBB41" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -7157,103 +7218,104 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D5814E3" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1772270516"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="75EF9810" w14:textId="6D4E4F1F" w:rsidR="00E25D2B" w:rsidRDefault="00E25D2B">
         <w:pPr>
           <w:pStyle w:val="ac"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007344A0" w:rsidRPr="007344A0">
           <w:rPr>
             <w:rFonts w:eastAsia="SimSun"/>
             <w:lang w:val="zh-TW" w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A3ADC2E" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BA68365" w14:textId="77777777" w:rsidR="001C13A2" w:rsidRDefault="001C13A2" w:rsidP="00EE0A78">
+    <w:p w14:paraId="02D2D8F2" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40F60E3D" w14:textId="77777777" w:rsidR="001C13A2" w:rsidRDefault="001C13A2" w:rsidP="00EE0A78">
+    <w:p w14:paraId="4A1A3AEC" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1481CE6B" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D4D25A5" w14:textId="0ADEAEFB" w:rsidR="00EE0A78" w:rsidRPr="00EE0A78" w:rsidRDefault="00B62B93" w:rsidP="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:pBdr>
@@ -9820,138 +9882,144 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="878126279">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1084912393">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="121584959">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1000934405">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE0A78"/>
     <w:rsid w:val="000422F6"/>
     <w:rsid w:val="00043103"/>
     <w:rsid w:val="000453FC"/>
     <w:rsid w:val="00122382"/>
     <w:rsid w:val="00152486"/>
     <w:rsid w:val="00157DBC"/>
     <w:rsid w:val="001827C4"/>
     <w:rsid w:val="001C13A2"/>
     <w:rsid w:val="001D2CA1"/>
     <w:rsid w:val="00236F33"/>
     <w:rsid w:val="00264A32"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="002E268F"/>
     <w:rsid w:val="00324B34"/>
     <w:rsid w:val="00386E78"/>
     <w:rsid w:val="003B5859"/>
     <w:rsid w:val="004044F4"/>
     <w:rsid w:val="004333B5"/>
     <w:rsid w:val="00452562"/>
     <w:rsid w:val="00470235"/>
+    <w:rsid w:val="004727C2"/>
     <w:rsid w:val="004733B8"/>
     <w:rsid w:val="0047401C"/>
     <w:rsid w:val="00477B1B"/>
     <w:rsid w:val="005374CB"/>
     <w:rsid w:val="00566019"/>
     <w:rsid w:val="0059652C"/>
     <w:rsid w:val="005D1B96"/>
     <w:rsid w:val="00632782"/>
     <w:rsid w:val="00657968"/>
     <w:rsid w:val="00692423"/>
+    <w:rsid w:val="006B6C9B"/>
     <w:rsid w:val="006B6CD7"/>
     <w:rsid w:val="006C5C67"/>
     <w:rsid w:val="006D7C23"/>
     <w:rsid w:val="007344A0"/>
     <w:rsid w:val="00797648"/>
     <w:rsid w:val="007B2588"/>
     <w:rsid w:val="007C29CA"/>
     <w:rsid w:val="007C6F05"/>
     <w:rsid w:val="007F620E"/>
     <w:rsid w:val="00812DB4"/>
     <w:rsid w:val="008241DE"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="008A226B"/>
     <w:rsid w:val="008D6B63"/>
     <w:rsid w:val="009135BE"/>
     <w:rsid w:val="00941036"/>
+    <w:rsid w:val="00984F1E"/>
     <w:rsid w:val="009972B5"/>
     <w:rsid w:val="009D2306"/>
     <w:rsid w:val="009E2D95"/>
     <w:rsid w:val="009F012B"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A6463E"/>
     <w:rsid w:val="00A678EA"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA4187"/>
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC4800"/>
     <w:rsid w:val="00AD13FC"/>
     <w:rsid w:val="00B10835"/>
     <w:rsid w:val="00B13981"/>
+    <w:rsid w:val="00B36552"/>
     <w:rsid w:val="00B62B93"/>
     <w:rsid w:val="00B666A3"/>
     <w:rsid w:val="00BB1BB0"/>
+    <w:rsid w:val="00BB50FA"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C53382"/>
     <w:rsid w:val="00C54203"/>
     <w:rsid w:val="00C661DA"/>
     <w:rsid w:val="00C93E64"/>
     <w:rsid w:val="00CB26F3"/>
     <w:rsid w:val="00CC76FA"/>
     <w:rsid w:val="00D038A8"/>
     <w:rsid w:val="00D170FC"/>
     <w:rsid w:val="00D71AB5"/>
     <w:rsid w:val="00D72259"/>
     <w:rsid w:val="00DB5E30"/>
     <w:rsid w:val="00DC004D"/>
     <w:rsid w:val="00DD32E3"/>
     <w:rsid w:val="00E25D2B"/>
     <w:rsid w:val="00E6103E"/>
     <w:rsid w:val="00E77444"/>
     <w:rsid w:val="00E84640"/>
     <w:rsid w:val="00ED7477"/>
     <w:rsid w:val="00EE0A78"/>
     <w:rsid w:val="00EE7CD4"/>
     <w:rsid w:val="00F414A2"/>
     <w:rsid w:val="00F54909"/>
     <w:rsid w:val="00FB55D7"/>
     <w:rsid w:val="00FE7D4F"/>
@@ -11352,54 +11420,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>406</Words>
-  <Characters>2319</Characters>
+  <Words>1865</Words>
+  <Characters>867</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>7</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2720</CharactersWithSpaces>
+  <CharactersWithSpaces>2727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>學會</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>