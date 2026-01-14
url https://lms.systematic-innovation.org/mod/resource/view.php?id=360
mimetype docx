--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -170,169 +170,109 @@
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>主办单位：国际创新方法学会</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>雅智（厦门）咨询有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751B81E6" w14:textId="17831919" w:rsidR="00D72259" w:rsidRPr="00D72259" w:rsidRDefault="007344A0" w:rsidP="00632782">
+    <w:p w14:paraId="751B81E6" w14:textId="49EC4F5E" w:rsidR="00D72259" w:rsidRPr="00D72259" w:rsidRDefault="007344A0" w:rsidP="00632782">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>上课时间：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D72259">
-[...9 lines deleted...]
-      <w:r w:rsidR="00BB50FA" w:rsidRPr="00BB50FA">
+      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="00BB50FA" w:rsidRPr="00BB50FA">
+        <w:t>2026/1/24</w:t>
+      </w:r>
+      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D72259">
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>，</w:t>
-[...39 lines deleted...]
-        <w:t>14</w:t>
+        <w:t>1/25</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
@@ -4309,51 +4249,71 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>连结</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00452562">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
-          <w:t>https://www.systematic-innovation.org/index.php/zh/course2/cert/crcs-229</w:t>
+          <w:t>https://www.systematic-innovation.org/index.php/zh/course2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00452562">
+          <w:rPr>
+            <w:rStyle w:val="ae"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="zh-CN"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00452562">
+          <w:rPr>
+            <w:rStyle w:val="ae"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="zh-CN"/>
+          </w:rPr>
+          <w:t>cert/crcs-229</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007344A0">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="SimSun" w:hAnsi="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9879,88 +9839,89 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1720788779">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="878126279">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1084912393">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="121584959">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1000934405">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE0A78"/>
     <w:rsid w:val="000422F6"/>
     <w:rsid w:val="00043103"/>
     <w:rsid w:val="000453FC"/>
     <w:rsid w:val="00122382"/>
     <w:rsid w:val="00152486"/>
     <w:rsid w:val="00157DBC"/>
     <w:rsid w:val="001827C4"/>
     <w:rsid w:val="001C13A2"/>
     <w:rsid w:val="001D2CA1"/>
+    <w:rsid w:val="00210882"/>
     <w:rsid w:val="00236F33"/>
     <w:rsid w:val="00264A32"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="002E268F"/>
     <w:rsid w:val="00324B34"/>
     <w:rsid w:val="00386E78"/>
     <w:rsid w:val="003B5859"/>
     <w:rsid w:val="004044F4"/>
     <w:rsid w:val="004333B5"/>
     <w:rsid w:val="00452562"/>
     <w:rsid w:val="00470235"/>
     <w:rsid w:val="004727C2"/>
     <w:rsid w:val="004733B8"/>
     <w:rsid w:val="0047401C"/>
     <w:rsid w:val="00477B1B"/>
     <w:rsid w:val="005374CB"/>
     <w:rsid w:val="00566019"/>
     <w:rsid w:val="0059652C"/>
     <w:rsid w:val="005D1B96"/>
     <w:rsid w:val="00632782"/>
     <w:rsid w:val="00657968"/>
     <w:rsid w:val="00692423"/>
     <w:rsid w:val="006B6C9B"/>
     <w:rsid w:val="006B6CD7"/>
     <w:rsid w:val="006C5C67"/>
@@ -9974,50 +9935,51 @@
     <w:rsid w:val="00812DB4"/>
     <w:rsid w:val="008241DE"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="008A226B"/>
     <w:rsid w:val="008D6B63"/>
     <w:rsid w:val="009135BE"/>
     <w:rsid w:val="00941036"/>
     <w:rsid w:val="00984F1E"/>
     <w:rsid w:val="009972B5"/>
     <w:rsid w:val="009D2306"/>
     <w:rsid w:val="009E2D95"/>
     <w:rsid w:val="009F012B"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A6463E"/>
     <w:rsid w:val="00A678EA"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA4187"/>
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC4800"/>
     <w:rsid w:val="00AD13FC"/>
     <w:rsid w:val="00B10835"/>
     <w:rsid w:val="00B13981"/>
     <w:rsid w:val="00B36552"/>
     <w:rsid w:val="00B62B93"/>
     <w:rsid w:val="00B666A3"/>
+    <w:rsid w:val="00BA4710"/>
     <w:rsid w:val="00BB1BB0"/>
     <w:rsid w:val="00BB50FA"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C53382"/>
     <w:rsid w:val="00C54203"/>
     <w:rsid w:val="00C661DA"/>
     <w:rsid w:val="00C93E64"/>
     <w:rsid w:val="00CB26F3"/>
     <w:rsid w:val="00CC76FA"/>
     <w:rsid w:val="00D038A8"/>
     <w:rsid w:val="00D170FC"/>
     <w:rsid w:val="00D71AB5"/>
     <w:rsid w:val="00D72259"/>
     <w:rsid w:val="00DB5E30"/>
     <w:rsid w:val="00DC004D"/>
     <w:rsid w:val="00DD32E3"/>
     <w:rsid w:val="00E25D2B"/>
     <w:rsid w:val="00E6103E"/>
     <w:rsid w:val="00E77444"/>
     <w:rsid w:val="00E84640"/>
     <w:rsid w:val="00ED7477"/>
     <w:rsid w:val="00EE0A78"/>
     <w:rsid w:val="00EE7CD4"/>
     <w:rsid w:val="00F414A2"/>
     <w:rsid w:val="00F54909"/>
@@ -11421,53 +11383,53 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1865</Words>
-  <Characters>867</Characters>
+  <Characters>865</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2727</CharactersWithSpaces>
+  <CharactersWithSpaces>2725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>學會</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>