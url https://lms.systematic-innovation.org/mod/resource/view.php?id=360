--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -170,109 +170,179 @@
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>主办单位：国际创新方法学会</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>雅智（厦门）咨询有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751B81E6" w14:textId="49EC4F5E" w:rsidR="00D72259" w:rsidRPr="00D72259" w:rsidRDefault="007344A0" w:rsidP="00632782">
+    <w:p w14:paraId="751B81E6" w14:textId="2923BB0F" w:rsidR="00D72259" w:rsidRPr="00D72259" w:rsidRDefault="007344A0" w:rsidP="00632782">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>上课时间：</w:t>
       </w:r>
       <w:r w:rsidR="00210882" w:rsidRPr="00210882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>2026/1/24</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1B61" w:rsidRPr="00CB1B61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>，</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00210882" w:rsidRPr="00210882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>1/25</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1B61" w:rsidRPr="00CB1B61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1B61" w:rsidRPr="00CB1B61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1B61" w:rsidRPr="00CB1B61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00210882" w:rsidRPr="00210882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72259">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
@@ -4249,71 +4319,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>连结</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00452562">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
-          <w:t>https://www.systematic-innovation.org/index.php/zh/course2</w:t>
-[...19 lines deleted...]
-          <w:t>cert/crcs-229</w:t>
+          <w:t>https://www.systematic-innovation.org/index.php/zh/course2/cert/crcs-229</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007344A0">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="SimSun" w:hAnsi="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7020,58 +7070,58 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B62B93" w:rsidRPr="00C06097" w:rsidSect="000453FC">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1077" w:bottom="851" w:left="1077" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7853BA61" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
+    <w:p w14:paraId="1D56FE76" w14:textId="77777777" w:rsidR="00550E72" w:rsidRDefault="00550E72" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16BDBB41" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
+    <w:p w14:paraId="40379EF7" w14:textId="77777777" w:rsidR="00550E72" w:rsidRDefault="00550E72" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -7178,104 +7228,103 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D5814E3" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1772270516"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="75EF9810" w14:textId="6D4E4F1F" w:rsidR="00E25D2B" w:rsidRDefault="00E25D2B">
         <w:pPr>
           <w:pStyle w:val="ac"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007344A0" w:rsidRPr="007344A0">
           <w:rPr>
             <w:rFonts w:eastAsia="SimSun"/>
             <w:lang w:val="zh-TW" w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A3ADC2E" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02D2D8F2" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
+    <w:p w14:paraId="5EEADC4C" w14:textId="77777777" w:rsidR="00550E72" w:rsidRDefault="00550E72" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A1A3AEC" w14:textId="77777777" w:rsidR="00984F1E" w:rsidRDefault="00984F1E" w:rsidP="00EE0A78">
+    <w:p w14:paraId="1E1A0C6E" w14:textId="77777777" w:rsidR="00550E72" w:rsidRDefault="00550E72" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1481CE6B" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D4D25A5" w14:textId="0ADEAEFB" w:rsidR="00EE0A78" w:rsidRPr="00EE0A78" w:rsidRDefault="00B62B93" w:rsidP="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:pBdr>
@@ -9839,51 +9888,51 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1720788779">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="878126279">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1084912393">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="121584959">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1000934405">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -9894,99 +9943,102 @@
     <w:rsid w:val="00043103"/>
     <w:rsid w:val="000453FC"/>
     <w:rsid w:val="00122382"/>
     <w:rsid w:val="00152486"/>
     <w:rsid w:val="00157DBC"/>
     <w:rsid w:val="001827C4"/>
     <w:rsid w:val="001C13A2"/>
     <w:rsid w:val="001D2CA1"/>
     <w:rsid w:val="00210882"/>
     <w:rsid w:val="00236F33"/>
     <w:rsid w:val="00264A32"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="002E268F"/>
     <w:rsid w:val="00324B34"/>
     <w:rsid w:val="00386E78"/>
     <w:rsid w:val="003B5859"/>
     <w:rsid w:val="004044F4"/>
     <w:rsid w:val="004333B5"/>
     <w:rsid w:val="00452562"/>
     <w:rsid w:val="00470235"/>
     <w:rsid w:val="004727C2"/>
     <w:rsid w:val="004733B8"/>
     <w:rsid w:val="0047401C"/>
     <w:rsid w:val="00477B1B"/>
     <w:rsid w:val="005374CB"/>
+    <w:rsid w:val="00550E72"/>
     <w:rsid w:val="00566019"/>
     <w:rsid w:val="0059652C"/>
     <w:rsid w:val="005D1B96"/>
     <w:rsid w:val="00632782"/>
     <w:rsid w:val="00657968"/>
     <w:rsid w:val="00692423"/>
     <w:rsid w:val="006B6C9B"/>
     <w:rsid w:val="006B6CD7"/>
     <w:rsid w:val="006C5C67"/>
     <w:rsid w:val="006D7C23"/>
     <w:rsid w:val="007344A0"/>
     <w:rsid w:val="00797648"/>
     <w:rsid w:val="007B2588"/>
     <w:rsid w:val="007C29CA"/>
     <w:rsid w:val="007C6F05"/>
     <w:rsid w:val="007F620E"/>
     <w:rsid w:val="00812DB4"/>
     <w:rsid w:val="008241DE"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="008A226B"/>
     <w:rsid w:val="008D6B63"/>
     <w:rsid w:val="009135BE"/>
     <w:rsid w:val="00941036"/>
     <w:rsid w:val="00984F1E"/>
     <w:rsid w:val="009972B5"/>
     <w:rsid w:val="009D2306"/>
     <w:rsid w:val="009E2D95"/>
     <w:rsid w:val="009F012B"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A6463E"/>
     <w:rsid w:val="00A678EA"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA4187"/>
+    <w:rsid w:val="00AA45FD"/>
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC4800"/>
     <w:rsid w:val="00AD13FC"/>
     <w:rsid w:val="00B10835"/>
     <w:rsid w:val="00B13981"/>
     <w:rsid w:val="00B36552"/>
     <w:rsid w:val="00B62B93"/>
     <w:rsid w:val="00B666A3"/>
     <w:rsid w:val="00BA4710"/>
     <w:rsid w:val="00BB1BB0"/>
     <w:rsid w:val="00BB50FA"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C53382"/>
     <w:rsid w:val="00C54203"/>
     <w:rsid w:val="00C661DA"/>
     <w:rsid w:val="00C93E64"/>
+    <w:rsid w:val="00CB1B61"/>
     <w:rsid w:val="00CB26F3"/>
     <w:rsid w:val="00CC76FA"/>
     <w:rsid w:val="00D038A8"/>
     <w:rsid w:val="00D170FC"/>
     <w:rsid w:val="00D71AB5"/>
     <w:rsid w:val="00D72259"/>
     <w:rsid w:val="00DB5E30"/>
     <w:rsid w:val="00DC004D"/>
     <w:rsid w:val="00DD32E3"/>
     <w:rsid w:val="00E25D2B"/>
     <w:rsid w:val="00E6103E"/>
     <w:rsid w:val="00E77444"/>
     <w:rsid w:val="00E84640"/>
     <w:rsid w:val="00ED7477"/>
     <w:rsid w:val="00EE0A78"/>
     <w:rsid w:val="00EE7CD4"/>
     <w:rsid w:val="00F414A2"/>
     <w:rsid w:val="00F54909"/>
     <w:rsid w:val="00FB55D7"/>
     <w:rsid w:val="00FE7D4F"/>
     <w:rsid w:val="00FF2F95"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -11064,50 +11116,51 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1869026879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lms.systematic-innovation.org/mod/resource/view.php?id=181" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh/course2/cert/crcs-229" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -11381,55 +11434,55 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>865</Characters>
+  <Pages>1</Pages>
+  <Words>407</Words>
+  <Characters>2323</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>學會</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>