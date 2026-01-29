--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -32,132 +32,132 @@
     <w:p w14:paraId="0CF85CB0" w14:textId="361AAE8F" w:rsidR="00262C19" w:rsidRPr="005318B5" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005318B5">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>生管、物管實務技巧方法</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="264E19AC" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="12512C74" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="005E37F2" w:rsidRPr="005E37F2">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00423EAC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="005E37F2" w:rsidRPr="005E37F2">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:r w:rsidR="00F379CF">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00841600" w:rsidRPr="00841600">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
       <w:r w:rsidR="00423EAC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00841600" w:rsidRPr="00841600">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00423EAC">
+        <w:t xml:space="preserve"> (週</w:t>
+      </w:r>
+      <w:r w:rsidR="00F379CF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...15 lines deleted...]
-        <w:t>二</w:t>
+        <w:t>五</w:t>
       </w:r>
       <w:r w:rsidR="00841600" w:rsidRPr="00841600">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00262C19" w:rsidRPr="00C51F0E">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>9:00-17:00，計7小時。</w:t>
       </w:r>
@@ -2178,83 +2178,115 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="2EFD2DA8" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="284D0320" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="00262C19">
+    <w:p w14:paraId="2643D92F" w14:textId="745AF00B" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="00262C19">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課</w:t>
       </w:r>
       <w:r w:rsidR="00262C19" w:rsidRPr="00262C19">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>時間：</w:t>
       </w:r>
       <w:r w:rsidR="00423EAC" w:rsidRPr="00423EAC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve">2026/1/6 (週二) </w:t>
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F379CF">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00423EAC" w:rsidRPr="00423EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>/6 (週</w:t>
+      </w:r>
+      <w:r w:rsidR="00F379CF">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>五</w:t>
+      </w:r>
+      <w:r w:rsidR="00423EAC" w:rsidRPr="00423EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00262C19" w:rsidRPr="00262C19">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-17:00，計7小時。</w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
@@ -2298,60 +2330,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00001BC8">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>報名方式:</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BC8">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00176DBD" w:rsidRPr="00A547BF">
           <w:rPr>
             <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
             <w:bCs/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
-          <w:t>線上報</w:t>
-[...8 lines deleted...]
-          <w:t>名</w:t>
+          <w:t>線上報名</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00176DBD" w:rsidRPr="00176DBD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 填寫報名表。或請填妥報名表後，Email至 service@ssi.org.tw</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BC8">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; </w:t>
       </w:r>
       <w:r w:rsidRPr="00001BC8">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>連絡電話03-5723200</w:t>
@@ -4421,58 +4444,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D3E51EF" w14:textId="77777777" w:rsidR="005067F9" w:rsidRDefault="005067F9">
+    <w:p w14:paraId="12CA1D3A" w14:textId="77777777" w:rsidR="00B071F0" w:rsidRDefault="00B071F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15F6C98D" w14:textId="77777777" w:rsidR="005067F9" w:rsidRDefault="005067F9">
+    <w:p w14:paraId="3AAABC17" w14:textId="77777777" w:rsidR="00B071F0" w:rsidRDefault="00B071F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4595,58 +4618,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BBFF357" w14:textId="77777777" w:rsidR="005067F9" w:rsidRDefault="005067F9">
+    <w:p w14:paraId="5BDE1C60" w14:textId="77777777" w:rsidR="00B071F0" w:rsidRDefault="00B071F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="023E2F2F" w14:textId="77777777" w:rsidR="005067F9" w:rsidRDefault="005067F9">
+    <w:p w14:paraId="02749E95" w14:textId="77777777" w:rsidR="00B071F0" w:rsidRDefault="00B071F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8826,50 +8849,51 @@
     <w:rsid w:val="00A53461"/>
     <w:rsid w:val="00A547BF"/>
     <w:rsid w:val="00A61B71"/>
     <w:rsid w:val="00A631C8"/>
     <w:rsid w:val="00A66E80"/>
     <w:rsid w:val="00A71E1E"/>
     <w:rsid w:val="00A73323"/>
     <w:rsid w:val="00A73BBE"/>
     <w:rsid w:val="00A7451F"/>
     <w:rsid w:val="00A769E8"/>
     <w:rsid w:val="00A80EE8"/>
     <w:rsid w:val="00A82146"/>
     <w:rsid w:val="00A84BB4"/>
     <w:rsid w:val="00A91B08"/>
     <w:rsid w:val="00A920A2"/>
     <w:rsid w:val="00AA5466"/>
     <w:rsid w:val="00AB0721"/>
     <w:rsid w:val="00AB66A5"/>
     <w:rsid w:val="00AD0C45"/>
     <w:rsid w:val="00AD2482"/>
     <w:rsid w:val="00AD689B"/>
     <w:rsid w:val="00AF2FBB"/>
     <w:rsid w:val="00AF52E8"/>
     <w:rsid w:val="00AF6EB1"/>
     <w:rsid w:val="00B05BF8"/>
+    <w:rsid w:val="00B071F0"/>
     <w:rsid w:val="00B13878"/>
     <w:rsid w:val="00B20AAC"/>
     <w:rsid w:val="00B31C8B"/>
     <w:rsid w:val="00B34329"/>
     <w:rsid w:val="00B3566D"/>
     <w:rsid w:val="00B40B98"/>
     <w:rsid w:val="00B4145F"/>
     <w:rsid w:val="00B47095"/>
     <w:rsid w:val="00B51CDC"/>
     <w:rsid w:val="00B521AC"/>
     <w:rsid w:val="00B603C4"/>
     <w:rsid w:val="00B6378B"/>
     <w:rsid w:val="00B7033F"/>
     <w:rsid w:val="00B73EEB"/>
     <w:rsid w:val="00B806DC"/>
     <w:rsid w:val="00B80E33"/>
     <w:rsid w:val="00B83BCA"/>
     <w:rsid w:val="00B92084"/>
     <w:rsid w:val="00B920DA"/>
     <w:rsid w:val="00B93EE7"/>
     <w:rsid w:val="00BB2478"/>
     <w:rsid w:val="00BB267E"/>
     <w:rsid w:val="00BB4BE9"/>
     <w:rsid w:val="00BC32EF"/>
     <w:rsid w:val="00BC3AE3"/>
@@ -8949,67 +8973,69 @@
     <w:rsid w:val="00DE2407"/>
     <w:rsid w:val="00DE4704"/>
     <w:rsid w:val="00DE751F"/>
     <w:rsid w:val="00DF12E4"/>
     <w:rsid w:val="00E00D92"/>
     <w:rsid w:val="00E03950"/>
     <w:rsid w:val="00E07575"/>
     <w:rsid w:val="00E11D09"/>
     <w:rsid w:val="00E12E75"/>
     <w:rsid w:val="00E30771"/>
     <w:rsid w:val="00E30777"/>
     <w:rsid w:val="00E34E51"/>
     <w:rsid w:val="00E36305"/>
     <w:rsid w:val="00E417D0"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E470B9"/>
     <w:rsid w:val="00E47C23"/>
     <w:rsid w:val="00E51CC6"/>
     <w:rsid w:val="00E53272"/>
     <w:rsid w:val="00E55283"/>
     <w:rsid w:val="00E5559B"/>
     <w:rsid w:val="00E73EA0"/>
     <w:rsid w:val="00E75D28"/>
     <w:rsid w:val="00E811D7"/>
     <w:rsid w:val="00E96254"/>
+    <w:rsid w:val="00EA6960"/>
     <w:rsid w:val="00EB573F"/>
     <w:rsid w:val="00EB6AA4"/>
     <w:rsid w:val="00EC2CB2"/>
     <w:rsid w:val="00ED242D"/>
     <w:rsid w:val="00EE0764"/>
     <w:rsid w:val="00EE285B"/>
     <w:rsid w:val="00EE4586"/>
     <w:rsid w:val="00EE5206"/>
     <w:rsid w:val="00EF38C1"/>
     <w:rsid w:val="00EF71AA"/>
     <w:rsid w:val="00F00BEF"/>
     <w:rsid w:val="00F04357"/>
     <w:rsid w:val="00F12A0A"/>
     <w:rsid w:val="00F27A27"/>
     <w:rsid w:val="00F314A7"/>
     <w:rsid w:val="00F33D8F"/>
     <w:rsid w:val="00F35BBF"/>
+    <w:rsid w:val="00F379CF"/>
     <w:rsid w:val="00F42DA5"/>
     <w:rsid w:val="00F6077A"/>
     <w:rsid w:val="00F60C7D"/>
     <w:rsid w:val="00F734C7"/>
     <w:rsid w:val="00F73F3E"/>
     <w:rsid w:val="00F77E95"/>
     <w:rsid w:val="00F811B2"/>
     <w:rsid w:val="00F8340E"/>
     <w:rsid w:val="00F923CE"/>
     <w:rsid w:val="00F927BA"/>
     <w:rsid w:val="00F94920"/>
     <w:rsid w:val="00F97E3A"/>
     <w:rsid w:val="00FA08DB"/>
     <w:rsid w:val="00FA2CAC"/>
     <w:rsid w:val="00FA375D"/>
     <w:rsid w:val="00FB3283"/>
     <w:rsid w:val="00FB5851"/>
     <w:rsid w:val="00FB6D1B"/>
     <w:rsid w:val="00FB76B0"/>
     <w:rsid w:val="00FC0D05"/>
     <w:rsid w:val="00FC6E7F"/>
     <w:rsid w:val="00FD0741"/>
     <w:rsid w:val="00FE1F0C"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7DBD"/>
@@ -10202,50 +10228,52 @@
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1788044936">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/course/general/crcs-239" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -10528,51 +10556,51 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>1</Pages>
   <Words>416</Words>
   <Characters>2372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2783</CharactersWithSpaces>