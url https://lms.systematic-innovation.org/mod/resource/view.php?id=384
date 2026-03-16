--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -32,132 +32,132 @@
     <w:p w14:paraId="0CF85CB0" w14:textId="361AAE8F" w:rsidR="00262C19" w:rsidRPr="005318B5" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005318B5">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>生管、物管實務技巧方法</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="12512C74" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="4E9078F3" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="005E37F2" w:rsidRPr="005E37F2">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00423EAC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="005E37F2" w:rsidRPr="005E37F2">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00F379CF">
+      <w:r w:rsidR="00FE6A13">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00841600" w:rsidRPr="00841600">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00423EAC">
+      <w:r w:rsidR="00FE6A13">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00841600" w:rsidRPr="00841600">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (週</w:t>
       </w:r>
-      <w:r w:rsidR="00F379CF">
+      <w:r w:rsidR="00FE6A13">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>五</w:t>
+        <w:t>四</w:t>
       </w:r>
       <w:r w:rsidR="00841600" w:rsidRPr="00841600">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00262C19" w:rsidRPr="00C51F0E">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>9:00-17:00，計7小時。</w:t>
       </w:r>
@@ -235,71 +235,51 @@
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>說明</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="427E81E7" w14:textId="77777777" w:rsidR="00262C19" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="380" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007045F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>在企業製造管理系統中，生管與物管</w:t>
-[...19 lines deleted...]
-        <w:t>著重要一環，也是工廠實際運作順利與否的重要關鍵，生管扮演著產銷協調的橋樑，物管則負責材料之供應管理，對於生產中所需的原料（</w:t>
+        <w:t>在企業製造管理系統中，生管與物管佔著重要一環，也是工廠實際運作順利與否的重要關鍵，生管扮演著產銷協調的橋樑，物管則負責材料之供應管理，對於生產中所需的原料（</w:t>
       </w:r>
       <w:r w:rsidRPr="0007045F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>raw material</w:t>
       </w:r>
       <w:r w:rsidRPr="0007045F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>）、半成品（或在製品），加以規劃、協調、與控制，以使生產／作業系統更加順暢，進而達到提高生產力、品質、效率、彈性等目標。本課程藉由實務教學、理論引導，希望藉此培育製造業製造管理人才，學以致用增進產業競爭力。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4A48B2" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="0007045F" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="380" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
@@ -351,71 +331,51 @@
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>特色</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7739BACB" w14:textId="77777777" w:rsidR="00262C19" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:line="380" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007045F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>本課程特別適合製造業之生產管理、物料管理、運籌管理、供應鏈管理、製造部門及資訊系統等部門人員研習。課程結合了理論及實務經驗，完整呈現生管與物管的實務技巧方法，透過本課程的介紹，將能帶領您學會有效作好</w:t>
-[...19 lines deleted...]
-        <w:t>、產銷協調、主生產排程、重排程、工程變更</w:t>
+        <w:t>本課程特別適合製造業之生產管理、物料管理、運籌管理、供應鏈管理、製造部門及資訊系統等部門人員研習。課程結合了理論及實務經驗，完整呈現生管與物管的實務技巧方法，透過本課程的介紹，將能帶領您學會有效作好訂單答交、產銷協調、主生產排程、重排程、工程變更</w:t>
       </w:r>
       <w:r w:rsidRPr="0007045F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(Engineering Change)</w:t>
       </w:r>
       <w:r w:rsidRPr="0007045F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>之控管、材料</w:t>
       </w:r>
       <w:r w:rsidRPr="0007045F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -565,91 +525,51 @@
         </w:rPr>
         <w:tab/>
         <w:t>課程大綱</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3986CE72" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="003E468C" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>1. 生管如何作</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 押交期 </w:t>
+        <w:t xml:space="preserve">1. 生管如何作訂單答交 (Order commitments) ─ 押交期 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AAB958" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="003E468C" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2. 生管如何與業務作好產銷協調 </w:t>
       </w:r>
     </w:p>
@@ -660,71 +580,51 @@
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="117" w:firstLine="281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>訂單變更</w:t>
-[...19 lines deleted...]
-        <w:t>取消訂單、訂單數量增加或減少、訂單交期提早或延後、客戶更改產品規格</w:t>
+        <w:t>訂單變更─取消訂單、訂單數量增加或減少、訂單交期提早或延後、客戶更改產品規格</w:t>
       </w:r>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4DA54B" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="003E468C" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="117" w:firstLine="281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
@@ -744,63 +644,52 @@
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="117" w:firstLine="281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(3). </w:t>
       </w:r>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>銷售預測不</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>銷售預測不準</w:t>
+      </w:r>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D6BC19" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="003E468C" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="117" w:firstLine="281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
@@ -828,114 +717,74 @@
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FAC00E" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="003E468C" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>3. 生管</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">(細部)生產排程(Production schedule) </w:t>
+        <w:t xml:space="preserve">3. 生管如何作日(細部)生產排程(Production schedule) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA6C309" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="003E468C" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>4. 生管如何運用生產排</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Dispatching rule) </w:t>
+        <w:t xml:space="preserve">4. 生管如何運用生產排程派工法則 (Dispatching rule) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449503F7" w14:textId="77777777" w:rsidR="00262C19" w:rsidRPr="003E468C" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="117" w:firstLine="281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">(1). EDD </w:t>
       </w:r>
@@ -1517,71 +1366,51 @@
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14. </w:t>
       </w:r>
       <w:r w:rsidRPr="003E468C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>實例演練</w:t>
-[...19 lines deleted...]
-        <w:t>結論及綜合研討</w:t>
+        <w:t>實例演練‧結論及綜合研討</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="716D35FD" w14:textId="77777777" w:rsidR="00262C19" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="380" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05BD275F" w14:textId="77777777" w:rsidR="00262C19" w:rsidRDefault="00262C19" w:rsidP="00262C19">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="380" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
@@ -1751,71 +1580,51 @@
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>、美商安普</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(AMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>等公司之生管、</w:t>
-[...19 lines deleted...]
-        <w:t>、製造工程處等部門經理，及導入開發</w:t>
+        <w:t>等公司之生管、物料處、製造工程處等部門經理，及導入開發</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>系統專案經理，從事相關業界工作經驗</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -2178,115 +1987,99 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="2EFD2DA8" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="745AF00B" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="00262C19">
+    <w:p w14:paraId="2643D92F" w14:textId="08B23BE8" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="00262C19">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課</w:t>
       </w:r>
       <w:r w:rsidR="00262C19" w:rsidRPr="00262C19">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>時間：</w:t>
       </w:r>
       <w:r w:rsidR="00423EAC" w:rsidRPr="00423EAC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>2026/</w:t>
       </w:r>
-      <w:r w:rsidR="00F379CF">
+      <w:r w:rsidR="00FE6A13" w:rsidRPr="00FE6A13">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00423EAC" w:rsidRPr="00423EAC">
+        <w:t>4/16 (週四)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6A13">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>/6 (週</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00262C19" w:rsidRPr="00262C19">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>9:00-17:00，計7小時。</w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
@@ -4246,71 +4039,59 @@
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>因學員個人因素，上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天後即不得退費，但得轉讓、</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>轉課</w:t>
-[...10 lines deleted...]
-        <w:t>、或保留。上課前</w:t>
+        <w:t>轉課、或保留。上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天以上申請退費，退費時扣除手續費10%。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104B6729" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="0075667D" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4338,138 +4119,82 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>需</w:t>
-[...21 lines deleted...]
-        <w:t>者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
+        <w:t>需報帳者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4B304F" w14:textId="77777777" w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>團報時</w:t>
-[...32 lines deleted...]
-        <w:t>聯絡人聯絡資料。</w:t>
+        <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12CA1D3A" w14:textId="77777777" w:rsidR="00B071F0" w:rsidRDefault="00B071F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -8449,51 +8174,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -8892,50 +8617,51 @@
     <w:rsid w:val="00B92084"/>
     <w:rsid w:val="00B920DA"/>
     <w:rsid w:val="00B93EE7"/>
     <w:rsid w:val="00BB2478"/>
     <w:rsid w:val="00BB267E"/>
     <w:rsid w:val="00BB4BE9"/>
     <w:rsid w:val="00BC32EF"/>
     <w:rsid w:val="00BC3AE3"/>
     <w:rsid w:val="00BC55B5"/>
     <w:rsid w:val="00BD1DEA"/>
     <w:rsid w:val="00BD5436"/>
     <w:rsid w:val="00BD5B6C"/>
     <w:rsid w:val="00BE06C4"/>
     <w:rsid w:val="00BF6173"/>
     <w:rsid w:val="00BF66A6"/>
     <w:rsid w:val="00BF716F"/>
     <w:rsid w:val="00C01D9B"/>
     <w:rsid w:val="00C01EEA"/>
     <w:rsid w:val="00C04687"/>
     <w:rsid w:val="00C04D66"/>
     <w:rsid w:val="00C14263"/>
     <w:rsid w:val="00C146A4"/>
     <w:rsid w:val="00C15939"/>
     <w:rsid w:val="00C177BE"/>
     <w:rsid w:val="00C2235C"/>
+    <w:rsid w:val="00C27DCB"/>
     <w:rsid w:val="00C34496"/>
     <w:rsid w:val="00C34CD5"/>
     <w:rsid w:val="00C354D2"/>
     <w:rsid w:val="00C420D5"/>
     <w:rsid w:val="00C44DB4"/>
     <w:rsid w:val="00C45658"/>
     <w:rsid w:val="00C5376A"/>
     <w:rsid w:val="00C53918"/>
     <w:rsid w:val="00C5688E"/>
     <w:rsid w:val="00C60A09"/>
     <w:rsid w:val="00C712A5"/>
     <w:rsid w:val="00C835BD"/>
     <w:rsid w:val="00C926C3"/>
     <w:rsid w:val="00C93B74"/>
     <w:rsid w:val="00C949E4"/>
     <w:rsid w:val="00C979FA"/>
     <w:rsid w:val="00CA002B"/>
     <w:rsid w:val="00CA3620"/>
     <w:rsid w:val="00CA7795"/>
     <w:rsid w:val="00CB48F1"/>
     <w:rsid w:val="00CB6602"/>
     <w:rsid w:val="00CC1D7E"/>
     <w:rsid w:val="00CC219F"/>
     <w:rsid w:val="00CC3E7F"/>
     <w:rsid w:val="00CC65AB"/>
@@ -9016,50 +8742,51 @@
     <w:rsid w:val="00F379CF"/>
     <w:rsid w:val="00F42DA5"/>
     <w:rsid w:val="00F6077A"/>
     <w:rsid w:val="00F60C7D"/>
     <w:rsid w:val="00F734C7"/>
     <w:rsid w:val="00F73F3E"/>
     <w:rsid w:val="00F77E95"/>
     <w:rsid w:val="00F811B2"/>
     <w:rsid w:val="00F8340E"/>
     <w:rsid w:val="00F923CE"/>
     <w:rsid w:val="00F927BA"/>
     <w:rsid w:val="00F94920"/>
     <w:rsid w:val="00F97E3A"/>
     <w:rsid w:val="00FA08DB"/>
     <w:rsid w:val="00FA2CAC"/>
     <w:rsid w:val="00FA375D"/>
     <w:rsid w:val="00FB3283"/>
     <w:rsid w:val="00FB5851"/>
     <w:rsid w:val="00FB6D1B"/>
     <w:rsid w:val="00FB76B0"/>
     <w:rsid w:val="00FC0D05"/>
     <w:rsid w:val="00FC6E7F"/>
     <w:rsid w:val="00FD0741"/>
     <w:rsid w:val="00FE1F0C"/>
     <w:rsid w:val="00FE6538"/>
+    <w:rsid w:val="00FE6A13"/>
     <w:rsid w:val="00FE7DBD"/>
     <w:rsid w:val="00FF0180"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -10556,76 +10283,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2372</Characters>
+  <Pages>3</Pages>
+  <Words>1791</Words>
+  <Characters>999</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2783</CharactersWithSpaces>
+  <CharactersWithSpaces>2785</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>