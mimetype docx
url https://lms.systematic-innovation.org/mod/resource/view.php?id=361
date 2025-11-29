--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -170,152 +170,163 @@
         <w:t>主辦單位</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>國際創新方法學會、中華系統性創新學會</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8D5E88" w14:textId="4A2310AD" w:rsidR="002479B3" w:rsidRPr="002479B3" w:rsidRDefault="002479B3" w:rsidP="002479B3">
+    <w:p w14:paraId="0B8D5E88" w14:textId="1DEF7FAE" w:rsidR="002479B3" w:rsidRPr="002479B3" w:rsidRDefault="002479B3" w:rsidP="002479B3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="614" w:hangingChars="236" w:hanging="614"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>時間：</w:t>
       </w:r>
       <w:r w:rsidRPr="00494429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2025/</w:t>
       </w:r>
       <w:r w:rsidRPr="00494429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00851964" w:rsidRPr="00494429">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00494429">
+      <w:r w:rsidR="00DD66DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00851964" w:rsidRPr="00494429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD66DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00851964" w:rsidRPr="00494429">
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00494429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00851964" w:rsidRPr="00494429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD66DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12/14</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
@@ -5983,69 +5994,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>天</w:t>
             </w:r>
             <w:r w:rsidR="00157DBC" w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>課程費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69BDCF26" w14:textId="29F78635" w:rsidR="000453FC" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
+          <w:p w14:paraId="69BDCF26" w14:textId="115E9EBB" w:rsidR="000453FC" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>現場上課</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E0F30">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(新竹市教室)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66465B29" w14:textId="6553535F" w:rsidR="00EE0A78" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7025,58 +7045,58 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE0A78" w:rsidRPr="00C06097" w:rsidSect="000453FC">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1077" w:bottom="851" w:left="1077" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1282F014" w14:textId="77777777" w:rsidR="00DF5758" w:rsidRDefault="00DF5758" w:rsidP="00EE0A78">
+    <w:p w14:paraId="580CBC0D" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09CB733D" w14:textId="77777777" w:rsidR="00DF5758" w:rsidRDefault="00DF5758" w:rsidP="00EE0A78">
+    <w:p w14:paraId="71CC38FF" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -7227,58 +7247,58 @@
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A3ADC2E" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="205D17AD" w14:textId="77777777" w:rsidR="00DF5758" w:rsidRDefault="00DF5758" w:rsidP="00EE0A78">
+    <w:p w14:paraId="4762F56A" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="002A0E5F" w14:textId="77777777" w:rsidR="00DF5758" w:rsidRDefault="00DF5758" w:rsidP="00EE0A78">
+    <w:p w14:paraId="211C78F4" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1481CE6B" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D4D25A5" w14:textId="1BC696F9" w:rsidR="00EE0A78" w:rsidRPr="00EE0A78" w:rsidRDefault="00D71AB5" w:rsidP="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:pBdr>
@@ -10474,107 +10494,110 @@
     <w:rsid w:val="001D2CA1"/>
     <w:rsid w:val="001E0F30"/>
     <w:rsid w:val="00200BFB"/>
     <w:rsid w:val="002267DD"/>
     <w:rsid w:val="0023050D"/>
     <w:rsid w:val="00236ABA"/>
     <w:rsid w:val="00236F33"/>
     <w:rsid w:val="002479B3"/>
     <w:rsid w:val="00265216"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="002C17DC"/>
     <w:rsid w:val="002E268F"/>
     <w:rsid w:val="002E5FF7"/>
     <w:rsid w:val="00324B34"/>
     <w:rsid w:val="003A079B"/>
     <w:rsid w:val="003C687D"/>
     <w:rsid w:val="003D0611"/>
     <w:rsid w:val="0040759C"/>
     <w:rsid w:val="00413F35"/>
     <w:rsid w:val="004171E8"/>
     <w:rsid w:val="00470235"/>
     <w:rsid w:val="004733B8"/>
     <w:rsid w:val="0047401C"/>
     <w:rsid w:val="00477B1B"/>
     <w:rsid w:val="00494429"/>
+    <w:rsid w:val="004D2EBD"/>
     <w:rsid w:val="00523A1B"/>
     <w:rsid w:val="005374CB"/>
     <w:rsid w:val="00566019"/>
     <w:rsid w:val="0059652C"/>
     <w:rsid w:val="005B15EB"/>
     <w:rsid w:val="006008B7"/>
     <w:rsid w:val="00632787"/>
     <w:rsid w:val="0065060C"/>
     <w:rsid w:val="00692423"/>
     <w:rsid w:val="006A2E9A"/>
     <w:rsid w:val="006B6CD7"/>
     <w:rsid w:val="006C5C67"/>
     <w:rsid w:val="006C76C8"/>
     <w:rsid w:val="006F3DFC"/>
     <w:rsid w:val="00797648"/>
     <w:rsid w:val="007A1448"/>
     <w:rsid w:val="007B2588"/>
     <w:rsid w:val="007C29CA"/>
     <w:rsid w:val="007C6F05"/>
     <w:rsid w:val="007D40DD"/>
     <w:rsid w:val="007F620E"/>
     <w:rsid w:val="00812DB4"/>
     <w:rsid w:val="00851964"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="008A226B"/>
     <w:rsid w:val="008D6B63"/>
     <w:rsid w:val="008F6F21"/>
     <w:rsid w:val="009278FA"/>
     <w:rsid w:val="009972B5"/>
     <w:rsid w:val="009D2306"/>
     <w:rsid w:val="009E2D95"/>
     <w:rsid w:val="009E35A2"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A547DF"/>
     <w:rsid w:val="00A6463E"/>
     <w:rsid w:val="00A678EA"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA4187"/>
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC4800"/>
+    <w:rsid w:val="00AF19B1"/>
     <w:rsid w:val="00B13981"/>
     <w:rsid w:val="00B337D5"/>
     <w:rsid w:val="00B647D2"/>
     <w:rsid w:val="00B72943"/>
     <w:rsid w:val="00BF6370"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C53382"/>
     <w:rsid w:val="00C54203"/>
     <w:rsid w:val="00C8432D"/>
     <w:rsid w:val="00CB26F3"/>
     <w:rsid w:val="00CC76FA"/>
     <w:rsid w:val="00D038A8"/>
     <w:rsid w:val="00D20526"/>
     <w:rsid w:val="00D3143B"/>
     <w:rsid w:val="00D71AB5"/>
     <w:rsid w:val="00DC004D"/>
     <w:rsid w:val="00DD32E3"/>
+    <w:rsid w:val="00DD66DF"/>
     <w:rsid w:val="00DF5758"/>
     <w:rsid w:val="00DF6A63"/>
     <w:rsid w:val="00E25D2B"/>
     <w:rsid w:val="00E35C29"/>
     <w:rsid w:val="00E6103E"/>
     <w:rsid w:val="00E77444"/>
     <w:rsid w:val="00E84640"/>
     <w:rsid w:val="00EE0A78"/>
     <w:rsid w:val="00EE7CD4"/>
     <w:rsid w:val="00F54909"/>
     <w:rsid w:val="00F85B6D"/>
     <w:rsid w:val="00FB438B"/>
     <w:rsid w:val="00FB55D7"/>
     <w:rsid w:val="00FE7D4F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -12044,54 +12067,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>429</Words>
-  <Characters>2451</Characters>
+  <Words>430</Words>
+  <Characters>2454</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2875</CharactersWithSpaces>
+  <CharactersWithSpaces>2879</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>學會</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>