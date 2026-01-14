--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -71,69 +71,58 @@
         <w:t>與</w:t>
       </w:r>
       <w:r w:rsidRPr="00236ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>再生工作坊</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6662EFEE" w14:textId="74E2A428" w:rsidR="00EE0A78" w:rsidRPr="00C06097" w:rsidRDefault="00C06097" w:rsidP="0047401C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>【</w:t>
-[...9 lines deleted...]
-        <w:t>高價值專利手法</w:t>
+        <w:t>【高價值專利手法</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>轉變專利的支出點爲專利的收入點】</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D63DCB0" w14:textId="77777777" w:rsidR="009D2306" w:rsidRDefault="009D2306" w:rsidP="0047401C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -170,287 +159,219 @@
         <w:t>主辦單位</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>國際創新方法學會、中華系統性創新學會</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8D5E88" w14:textId="1DEF7FAE" w:rsidR="002479B3" w:rsidRPr="002479B3" w:rsidRDefault="002479B3" w:rsidP="002479B3">
+    <w:p w14:paraId="0B8D5E88" w14:textId="3BB4ED82" w:rsidR="002479B3" w:rsidRPr="002479B3" w:rsidRDefault="002479B3" w:rsidP="002479B3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="614" w:hangingChars="236" w:hanging="614"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>時間：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00494429">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00494429">
+      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD66DF">
+        <w:t>2026/1/24</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="00DD66DF">
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        <w:t>1/25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002479B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00851964" w:rsidRPr="00494429">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        <w:t>六</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002479B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12/14</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>日，</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>六</w:t>
+        <w:t>09:00~17:00</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>日，</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>09:00~17:00</w:t>
+        <w:t>天共</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>，</w:t>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...46 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>小時）</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="497037CF" w14:textId="407468F9" w:rsidR="002479B3" w:rsidRPr="002479B3" w:rsidRDefault="002479B3" w:rsidP="002479B3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="614" w:hangingChars="236" w:hanging="614"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -1396,61 +1317,52 @@
               </w:rPr>
               <w:t>價值 階層觀</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07A86E21" w14:textId="77777777" w:rsidR="006008B7" w:rsidRPr="006008B7" w:rsidRDefault="006008B7" w:rsidP="006008B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006008B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>智慧財產概</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>智慧財產概覽</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="311E3930" w14:textId="77777777" w:rsidR="00DF6A63" w:rsidRDefault="00DF6A63" w:rsidP="00DF6A63">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>專利技術分析階段簡介</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F84C43F" w14:textId="77777777" w:rsidR="00DF6A63" w:rsidRDefault="00DF6A63" w:rsidP="00DF6A63">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -1605,65 +1517,56 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>TRIZ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>專利技術分析模式簡介</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="057DE55D" w14:textId="3F1431CC" w:rsidR="00DF6A63" w:rsidRDefault="00DF6A63" w:rsidP="00523A1B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006C76C8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>萃</w:t>
-[...7 lines deleted...]
-              <w:t>智如何解命題</w:t>
+              <w:t>萃智如何解命題</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523A1B" w14:paraId="3E7F4CBD" w14:textId="77777777" w:rsidTr="00557E7A">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C2CA4A" w14:textId="77777777" w:rsidR="00523A1B" w:rsidRDefault="00523A1B" w:rsidP="00523A1B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
@@ -2394,61 +2297,52 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>屬性</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>換</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>換加減拆合</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="462F72A3" w14:textId="77777777" w:rsidR="00523A1B" w:rsidRDefault="00523A1B" w:rsidP="00523A1B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="960"/>
                 <w:tab w:val="left" w:pos="606"/>
                 <w:tab w:val="left" w:pos="1457"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="606" w:hanging="338"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
@@ -2562,61 +2456,52 @@
           <w:p w14:paraId="03E3A148" w14:textId="77777777" w:rsidR="00523A1B" w:rsidRDefault="00523A1B" w:rsidP="007A1448">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="960"/>
                 <w:tab w:val="left" w:pos="606"/>
                 <w:tab w:val="left" w:pos="1457"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="606" w:hanging="338"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>多</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>多階取置法</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>價值、功能、工作原理、元件</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52DDDB0E" w14:textId="1271B5C9" w:rsidR="00632787" w:rsidRDefault="00632787" w:rsidP="00632787">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="960"/>
                 <w:tab w:val="left" w:pos="606"/>
@@ -3169,69 +3054,51 @@
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>教學</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>人工智能導論、</w:t>
-[...17 lines deleted...]
-        <w:t>智系統化創新方法、專利規避再生與强化、萃智系統化商業管理創新、創新産品與服務機會辨識、研發與設計管理、生産系統設計、失效模式與效應分析。</w:t>
+        <w:t>人工智能導論、萃智系統化創新方法、專利規避再生與强化、萃智系統化商業管理創新、創新産品與服務機會辨識、研發與設計管理、生産系統設計、失效模式與效應分析。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13635E2C" w14:textId="77F10EF9" w:rsidR="00C06097" w:rsidRPr="00C06097" w:rsidRDefault="00C06097" w:rsidP="00C06097">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66206DA3" w14:textId="75D85892" w:rsidR="00C06097" w:rsidRPr="00C06097" w:rsidRDefault="00C06097" w:rsidP="00C06097">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -4233,137 +4100,83 @@
       </w:pPr>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>國際創新方法學會</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I-SIM (International Society of Innovation Methods)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>，總會在美國創新中心的矽</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>，總會在美國創新中心的矽穀，爲世界上第一個，也是唯一以創新方法爲名的國際社團組織。有別於一般萃智（</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>穀</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>TRIZ</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>，爲世界上第一個，也是唯一以創新方法爲名的國際社團組織。有別於一般</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>）的學會</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>萃</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>/</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>智（</w:t>
-[...49 lines deleted...]
-        <w:t>智系統化創新，與其他各種創新方法，均爲創新方法的一部分。國際創新方法學會已成爲國際推動創新方法整合與綜效的最重要單位，除了提供創新方法領域人員交流切磋的平臺外，也提供此領域最豐富的學習與應用資源。</w:t>
+        <w:t>協會，國際創新方法學會，宗旨爲研究、開發、整合、傳播、應用，各種創新方法幷形成綜效，以爲産官學研界創新的助力。其中萃智系統化創新，與其他各種創新方法，均爲創新方法的一部分。國際創新方法學會已成爲國際推動創新方法整合與綜效的最重要單位，除了提供創新方法領域人員交流切磋的平臺外，也提供此領域最豐富的學習與應用資源。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A01EC8" w14:textId="77777777" w:rsidR="00C06097" w:rsidRPr="00C06097" w:rsidRDefault="00C06097" w:rsidP="00C06097">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>中華系統性創新學會</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
@@ -4381,87 +4194,51 @@
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>制程之能力。本會乃引入國際創新方法學會（</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I-SIM</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>）各種創新證照與培訓，其</w:t>
-[...35 lines deleted...]
-        <w:t>智系列課程。也提供國內最完整深入的國際專業證照【</w:t>
+        <w:t>）各種創新證照與培訓，其萃智證照提供華人區，最完整且最深入的萃智系列課程。也提供國內最完整深入的國際專業證照【</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I-SIM TRIZ</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>】。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C5DBE88" w14:textId="77777777" w:rsidR="00C06097" w:rsidRPr="00C06097" w:rsidRDefault="00C06097" w:rsidP="00E77444">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4502,68 +4279,66 @@
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C8432D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>報名方式：</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002479B3" w:rsidRPr="00C8432D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>線</w:t>
       </w:r>
       <w:r w:rsidRPr="00C8432D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>上報名</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C8432D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C8432D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>連結</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00C8432D" w:rsidRPr="00C8432D">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.systematic-innovation.org/index.php/zh-tw/course/open/crcs-230</w:t>
@@ -5514,60 +5289,58 @@
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>學</w:t>
             </w:r>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>曆</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8446" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19811A00" w14:textId="20C0B772" w:rsidR="00EE0A78" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="008A226B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5994,87 +5767,105 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>天</w:t>
             </w:r>
             <w:r w:rsidR="00157DBC" w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>課程費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69BDCF26" w14:textId="115E9EBB" w:rsidR="000453FC" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
+          <w:p w14:paraId="69BDCF26" w14:textId="11BB7E3D" w:rsidR="000453FC" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>現場上課</w:t>
             </w:r>
             <w:r w:rsidR="00DD66DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E0F30">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(新竹市教室)</w:t>
+              <w:t>(新竹</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE522B">
+              <w:rPr>
+                <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>班</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0F30">
+              <w:rPr>
+                <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>教室)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66465B29" w14:textId="6553535F" w:rsidR="00EE0A78" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>一般報名費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6160,69 +5951,58 @@
           <w:tcPr>
             <w:tcW w:w="2634" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5520B091" w14:textId="0FDBF6B0" w:rsidR="00EE0A78" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C06097">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>線上同步</w:t>
-[...9 lines deleted...]
-              <w:t>上課</w:t>
+              <w:t>線上同步上課</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00157DBC" w:rsidRPr="00C06097" w14:paraId="257152AF" w14:textId="77777777" w:rsidTr="000453FC">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="637BB404" w14:textId="77777777" w:rsidR="00157DBC" w:rsidRPr="00C06097" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="300" w:lineRule="exact"/>
@@ -7203,50 +6983,51 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D5814E3" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1772270516"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="75EF9810" w14:textId="6711E6D4" w:rsidR="00E25D2B" w:rsidRDefault="00E25D2B">
         <w:pPr>
           <w:pStyle w:val="ac"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
@@ -10431,51 +10212,50 @@
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="464202377">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1955207661">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="347028922">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="711075849">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="50156563">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE0A78"/>
@@ -10540,64 +10320,66 @@
     <w:rsid w:val="007F620E"/>
     <w:rsid w:val="00812DB4"/>
     <w:rsid w:val="00851964"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="008A226B"/>
     <w:rsid w:val="008D6B63"/>
     <w:rsid w:val="008F6F21"/>
     <w:rsid w:val="009278FA"/>
     <w:rsid w:val="009972B5"/>
     <w:rsid w:val="009D2306"/>
     <w:rsid w:val="009E2D95"/>
     <w:rsid w:val="009E35A2"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A547DF"/>
     <w:rsid w:val="00A6463E"/>
     <w:rsid w:val="00A678EA"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA4187"/>
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC4800"/>
     <w:rsid w:val="00AF19B1"/>
     <w:rsid w:val="00B13981"/>
     <w:rsid w:val="00B337D5"/>
     <w:rsid w:val="00B647D2"/>
     <w:rsid w:val="00B72943"/>
+    <w:rsid w:val="00BA4710"/>
     <w:rsid w:val="00BF6370"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C53382"/>
     <w:rsid w:val="00C54203"/>
     <w:rsid w:val="00C8432D"/>
     <w:rsid w:val="00CB26F3"/>
     <w:rsid w:val="00CC76FA"/>
     <w:rsid w:val="00D038A8"/>
     <w:rsid w:val="00D20526"/>
     <w:rsid w:val="00D3143B"/>
     <w:rsid w:val="00D71AB5"/>
     <w:rsid w:val="00DC004D"/>
     <w:rsid w:val="00DD32E3"/>
     <w:rsid w:val="00DD66DF"/>
+    <w:rsid w:val="00DE522B"/>
     <w:rsid w:val="00DF5758"/>
     <w:rsid w:val="00DF6A63"/>
     <w:rsid w:val="00E25D2B"/>
     <w:rsid w:val="00E35C29"/>
     <w:rsid w:val="00E6103E"/>
     <w:rsid w:val="00E77444"/>
     <w:rsid w:val="00E84640"/>
     <w:rsid w:val="00EE0A78"/>
     <w:rsid w:val="00EE7CD4"/>
     <w:rsid w:val="00F54909"/>
     <w:rsid w:val="00F85B6D"/>
     <w:rsid w:val="00FB438B"/>
     <w:rsid w:val="00FB55D7"/>
     <w:rsid w:val="00FE7D4F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -12067,54 +11849,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>430</Words>
-  <Characters>2454</Characters>
+  <Words>1993</Words>
+  <Characters>888</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>7</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2879</CharactersWithSpaces>
+  <CharactersWithSpaces>2876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>學會</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>