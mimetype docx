--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -159,108 +159,185 @@
         <w:t>主辦單位</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>國際創新方法學會、中華系統性創新學會</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8D5E88" w14:textId="3BB4ED82" w:rsidR="002479B3" w:rsidRPr="002479B3" w:rsidRDefault="002479B3" w:rsidP="002479B3">
+    <w:p w14:paraId="0B8D5E88" w14:textId="766650A9" w:rsidR="002479B3" w:rsidRPr="002479B3" w:rsidRDefault="002479B3" w:rsidP="002479B3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="614" w:hangingChars="236" w:hanging="614"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>時間：</w:t>
       </w:r>
       <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2026/1/24</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
+        <w:t>2026/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C923B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>，</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1/25</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C923B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00C923B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C923B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE522B" w:rsidRPr="00DE522B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r w:rsidRPr="002479B3">
         <w:rPr>
@@ -4253,161 +4330,164 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>課程諮詢</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1091449C" w14:textId="2AB9CEAA" w:rsidR="00692423" w:rsidRPr="00C8432D" w:rsidRDefault="00C06097" w:rsidP="002F6F46">
+    <w:p w14:paraId="1091449C" w14:textId="5BCAF212" w:rsidR="00692423" w:rsidRPr="002D40A0" w:rsidRDefault="00C06097" w:rsidP="009460D9">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>報名方式：</w:t>
       </w:r>
-      <w:r w:rsidR="002479B3" w:rsidRPr="00C8432D">
+      <w:r w:rsidR="002479B3" w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>線</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>上報名</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>連結</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00C8432D" w:rsidRPr="00C8432D">
+        <w:r w:rsidR="002D40A0" w:rsidRPr="00B23444">
           <w:rPr>
             <w:rStyle w:val="ae"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.systematic-innovation.org/index.php/zh-tw/course/open/crcs-230</w:t>
+          <w:t>https://www.systematic-innovation.org/index.php/zh-tw/course/cert/crcs-230</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidR="002D40A0">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>填寫報名表。或請填妥報名表後，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>至</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8432D">
+      <w:r w:rsidRPr="002D40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00C8432D">
+        <w:r w:rsidRPr="002D40A0">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>service@i-sim.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6DCEED3D" w14:textId="3B760377" w:rsidR="00692423" w:rsidRPr="00C06097" w:rsidRDefault="00C06097" w:rsidP="00E77444">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6825,58 +6905,58 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE0A78" w:rsidRPr="00C06097" w:rsidSect="000453FC">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1077" w:bottom="851" w:left="1077" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="580CBC0D" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
+    <w:p w14:paraId="6B174DE4" w14:textId="77777777" w:rsidR="00FA6C11" w:rsidRDefault="00FA6C11" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71CC38FF" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
+    <w:p w14:paraId="37DF56D8" w14:textId="77777777" w:rsidR="00FA6C11" w:rsidRDefault="00FA6C11" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -6983,103 +7063,102 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D5814E3" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1772270516"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="75EF9810" w14:textId="6711E6D4" w:rsidR="00E25D2B" w:rsidRDefault="00E25D2B">
         <w:pPr>
           <w:pStyle w:val="ac"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A3ADC2E" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4762F56A" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
+    <w:p w14:paraId="1F1DD216" w14:textId="77777777" w:rsidR="00FA6C11" w:rsidRDefault="00FA6C11" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="211C78F4" w14:textId="77777777" w:rsidR="004D2EBD" w:rsidRDefault="004D2EBD" w:rsidP="00EE0A78">
+    <w:p w14:paraId="722ABC05" w14:textId="77777777" w:rsidR="00FA6C11" w:rsidRDefault="00FA6C11" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1481CE6B" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D4D25A5" w14:textId="1BC696F9" w:rsidR="00EE0A78" w:rsidRPr="00EE0A78" w:rsidRDefault="00D71AB5" w:rsidP="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:pBdr>
@@ -10212,185 +10291,192 @@
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="464202377">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1955207661">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="347028922">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="711075849">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="50156563">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE0A78"/>
     <w:rsid w:val="0002675C"/>
     <w:rsid w:val="000422F6"/>
     <w:rsid w:val="00043103"/>
     <w:rsid w:val="000453FC"/>
     <w:rsid w:val="00064722"/>
     <w:rsid w:val="00122382"/>
     <w:rsid w:val="001433F5"/>
     <w:rsid w:val="00152486"/>
     <w:rsid w:val="00157DBC"/>
     <w:rsid w:val="001810C3"/>
     <w:rsid w:val="001827C4"/>
     <w:rsid w:val="001876AD"/>
     <w:rsid w:val="001D2CA1"/>
     <w:rsid w:val="001E0F30"/>
     <w:rsid w:val="00200BFB"/>
     <w:rsid w:val="002267DD"/>
     <w:rsid w:val="0023050D"/>
     <w:rsid w:val="00236ABA"/>
     <w:rsid w:val="00236F33"/>
     <w:rsid w:val="002479B3"/>
     <w:rsid w:val="00265216"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="002C17DC"/>
+    <w:rsid w:val="002D40A0"/>
     <w:rsid w:val="002E268F"/>
     <w:rsid w:val="002E5FF7"/>
     <w:rsid w:val="00324B34"/>
     <w:rsid w:val="003A079B"/>
     <w:rsid w:val="003C687D"/>
     <w:rsid w:val="003D0611"/>
     <w:rsid w:val="0040759C"/>
     <w:rsid w:val="00413F35"/>
     <w:rsid w:val="004171E8"/>
     <w:rsid w:val="00470235"/>
     <w:rsid w:val="004733B8"/>
     <w:rsid w:val="0047401C"/>
     <w:rsid w:val="00477B1B"/>
     <w:rsid w:val="00494429"/>
     <w:rsid w:val="004D2EBD"/>
+    <w:rsid w:val="00506E83"/>
     <w:rsid w:val="00523A1B"/>
     <w:rsid w:val="005374CB"/>
     <w:rsid w:val="00566019"/>
     <w:rsid w:val="0059652C"/>
     <w:rsid w:val="005B15EB"/>
     <w:rsid w:val="006008B7"/>
     <w:rsid w:val="00632787"/>
     <w:rsid w:val="0065060C"/>
     <w:rsid w:val="00692423"/>
     <w:rsid w:val="006A2E9A"/>
     <w:rsid w:val="006B6CD7"/>
     <w:rsid w:val="006C5C67"/>
     <w:rsid w:val="006C76C8"/>
     <w:rsid w:val="006F3DFC"/>
     <w:rsid w:val="00797648"/>
     <w:rsid w:val="007A1448"/>
     <w:rsid w:val="007B2588"/>
     <w:rsid w:val="007C29CA"/>
     <w:rsid w:val="007C6F05"/>
     <w:rsid w:val="007D40DD"/>
     <w:rsid w:val="007F620E"/>
     <w:rsid w:val="00812DB4"/>
     <w:rsid w:val="00851964"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="008A226B"/>
     <w:rsid w:val="008D6B63"/>
     <w:rsid w:val="008F6F21"/>
     <w:rsid w:val="009278FA"/>
     <w:rsid w:val="009972B5"/>
     <w:rsid w:val="009D2306"/>
     <w:rsid w:val="009E2D95"/>
     <w:rsid w:val="009E35A2"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A547DF"/>
     <w:rsid w:val="00A6463E"/>
     <w:rsid w:val="00A678EA"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA4187"/>
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC4800"/>
     <w:rsid w:val="00AF19B1"/>
     <w:rsid w:val="00B13981"/>
     <w:rsid w:val="00B337D5"/>
     <w:rsid w:val="00B647D2"/>
     <w:rsid w:val="00B72943"/>
     <w:rsid w:val="00BA4710"/>
+    <w:rsid w:val="00BD7A4F"/>
     <w:rsid w:val="00BF6370"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C53382"/>
     <w:rsid w:val="00C54203"/>
     <w:rsid w:val="00C8432D"/>
+    <w:rsid w:val="00C923B5"/>
     <w:rsid w:val="00CB26F3"/>
+    <w:rsid w:val="00CB7771"/>
     <w:rsid w:val="00CC76FA"/>
     <w:rsid w:val="00D038A8"/>
     <w:rsid w:val="00D20526"/>
     <w:rsid w:val="00D3143B"/>
     <w:rsid w:val="00D71AB5"/>
     <w:rsid w:val="00DC004D"/>
     <w:rsid w:val="00DD32E3"/>
     <w:rsid w:val="00DD66DF"/>
     <w:rsid w:val="00DE522B"/>
     <w:rsid w:val="00DF5758"/>
     <w:rsid w:val="00DF6A63"/>
     <w:rsid w:val="00E25D2B"/>
     <w:rsid w:val="00E35C29"/>
     <w:rsid w:val="00E6103E"/>
     <w:rsid w:val="00E77444"/>
     <w:rsid w:val="00E84640"/>
     <w:rsid w:val="00EE0A78"/>
     <w:rsid w:val="00EE7CD4"/>
     <w:rsid w:val="00F54909"/>
     <w:rsid w:val="00F85B6D"/>
+    <w:rsid w:val="00FA6C11"/>
     <w:rsid w:val="00FB438B"/>
     <w:rsid w:val="00FB55D7"/>
     <w:rsid w:val="00FE7D4F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -11536,51 +11622,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1869026879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lms.systematic-innovation.org/mod/resource/view.php?id=181" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/course/open/crcs-230" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lms.systematic-innovation.org/mod/resource/view.php?id=181" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/course/cert/crcs-230" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11849,54 +11935,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1993</Words>
-  <Characters>888</Characters>
+  <Words>430</Words>
+  <Characters>2451</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>學會</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>