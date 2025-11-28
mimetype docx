--- v0 (2025-10-02)
+++ v1 (2025-11-28)
@@ -32,116 +32,100 @@
     <w:p w14:paraId="42A6D438" w14:textId="00FFC835" w:rsidR="00157E36" w:rsidRDefault="00157E36" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>物料存量控管與呆滯料分析處理實務</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="29CC0725" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="69E861AD" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00157E36" w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>2025/</w:t>
       </w:r>
-      <w:r w:rsidR="00DA08DF">
+      <w:r w:rsidR="00242EC7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C43B79">
+        <w:t>12/17</w:t>
+      </w:r>
+      <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DA08DF">
+        <w:t>，週</w:t>
+      </w:r>
+      <w:r w:rsidR="00242EC7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...15 lines deleted...]
-        <w:t>二</w:t>
+        <w:t>三</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -1918,91 +1902,83 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="3047D722" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="594F003B" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="0C95E2DD" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00DA08DF" w:rsidRPr="00DA08DF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2025/11/11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C43B79" w:rsidRPr="00C43B79">
+        <w:t>2025/</w:t>
+      </w:r>
+      <w:r w:rsidR="00242EC7" w:rsidRPr="00242EC7">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>，週二</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>12/17，週三</w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4153,58 +4129,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03985529" w14:textId="77777777" w:rsidR="00605AB3" w:rsidRDefault="00605AB3">
+    <w:p w14:paraId="4F753C78" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7236D97B" w14:textId="77777777" w:rsidR="00605AB3" w:rsidRDefault="00605AB3">
+    <w:p w14:paraId="40017D09" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4328,58 +4304,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40F2F0A0" w14:textId="77777777" w:rsidR="00605AB3" w:rsidRDefault="00605AB3">
+    <w:p w14:paraId="65B09D93" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56ED2242" w14:textId="77777777" w:rsidR="00605AB3" w:rsidRDefault="00605AB3">
+    <w:p w14:paraId="07090CAB" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8272,50 +8248,51 @@
     <w:rsid w:val="001946BA"/>
     <w:rsid w:val="001A6B91"/>
     <w:rsid w:val="001B0A85"/>
     <w:rsid w:val="001B2B83"/>
     <w:rsid w:val="001B3FDE"/>
     <w:rsid w:val="001B7513"/>
     <w:rsid w:val="001C057D"/>
     <w:rsid w:val="001C3EDE"/>
     <w:rsid w:val="001D042D"/>
     <w:rsid w:val="001D1B7A"/>
     <w:rsid w:val="001D2746"/>
     <w:rsid w:val="001E2C61"/>
     <w:rsid w:val="001E65F2"/>
     <w:rsid w:val="001F100E"/>
     <w:rsid w:val="001F346D"/>
     <w:rsid w:val="001F5CEE"/>
     <w:rsid w:val="001F6452"/>
     <w:rsid w:val="002014DB"/>
     <w:rsid w:val="002063DF"/>
     <w:rsid w:val="00223417"/>
     <w:rsid w:val="00223A8E"/>
     <w:rsid w:val="00224627"/>
     <w:rsid w:val="002333CB"/>
     <w:rsid w:val="00234B62"/>
     <w:rsid w:val="00236EDE"/>
+    <w:rsid w:val="00242EC7"/>
     <w:rsid w:val="0024444B"/>
     <w:rsid w:val="00255DC9"/>
     <w:rsid w:val="002579F0"/>
     <w:rsid w:val="00263450"/>
     <w:rsid w:val="00277E78"/>
     <w:rsid w:val="0028663F"/>
     <w:rsid w:val="00293E25"/>
     <w:rsid w:val="002B029A"/>
     <w:rsid w:val="002B1E80"/>
     <w:rsid w:val="002B4013"/>
     <w:rsid w:val="002B5A6B"/>
     <w:rsid w:val="002C3581"/>
     <w:rsid w:val="002C4A72"/>
     <w:rsid w:val="002C5819"/>
     <w:rsid w:val="002C769B"/>
     <w:rsid w:val="002C7C9E"/>
     <w:rsid w:val="002D6466"/>
     <w:rsid w:val="002E3DF6"/>
     <w:rsid w:val="00301FAE"/>
     <w:rsid w:val="00304AE5"/>
     <w:rsid w:val="00305793"/>
     <w:rsid w:val="00316EED"/>
     <w:rsid w:val="00331F59"/>
     <w:rsid w:val="003322BE"/>
     <w:rsid w:val="0033467E"/>
@@ -8555,50 +8532,51 @@
     <w:rsid w:val="00A412EC"/>
     <w:rsid w:val="00A419DF"/>
     <w:rsid w:val="00A45E42"/>
     <w:rsid w:val="00A50699"/>
     <w:rsid w:val="00A52D8E"/>
     <w:rsid w:val="00A53461"/>
     <w:rsid w:val="00A61B71"/>
     <w:rsid w:val="00A61BAB"/>
     <w:rsid w:val="00A62A15"/>
     <w:rsid w:val="00A631C8"/>
     <w:rsid w:val="00A66E80"/>
     <w:rsid w:val="00A71E1E"/>
     <w:rsid w:val="00A73323"/>
     <w:rsid w:val="00A73BBE"/>
     <w:rsid w:val="00A7451F"/>
     <w:rsid w:val="00A769E8"/>
     <w:rsid w:val="00A80EE8"/>
     <w:rsid w:val="00A84BB4"/>
     <w:rsid w:val="00A91B08"/>
     <w:rsid w:val="00A920A2"/>
     <w:rsid w:val="00AA5466"/>
     <w:rsid w:val="00AB0721"/>
     <w:rsid w:val="00AB66A5"/>
     <w:rsid w:val="00AD0C45"/>
     <w:rsid w:val="00AD2482"/>
+    <w:rsid w:val="00AD5FCA"/>
     <w:rsid w:val="00AD689B"/>
     <w:rsid w:val="00AF2FBB"/>
     <w:rsid w:val="00AF52E8"/>
     <w:rsid w:val="00AF6EB1"/>
     <w:rsid w:val="00B05BF8"/>
     <w:rsid w:val="00B13878"/>
     <w:rsid w:val="00B20AAC"/>
     <w:rsid w:val="00B31C8B"/>
     <w:rsid w:val="00B34329"/>
     <w:rsid w:val="00B3566D"/>
     <w:rsid w:val="00B40B98"/>
     <w:rsid w:val="00B4145F"/>
     <w:rsid w:val="00B47095"/>
     <w:rsid w:val="00B51CDC"/>
     <w:rsid w:val="00B521AC"/>
     <w:rsid w:val="00B603C4"/>
     <w:rsid w:val="00B6378B"/>
     <w:rsid w:val="00B7033F"/>
     <w:rsid w:val="00B73EEB"/>
     <w:rsid w:val="00B76B41"/>
     <w:rsid w:val="00B806DC"/>
     <w:rsid w:val="00B80E33"/>
     <w:rsid w:val="00B83BCA"/>
     <w:rsid w:val="00B92084"/>
     <w:rsid w:val="00B920DA"/>
@@ -8633,50 +8611,51 @@
     <w:rsid w:val="00C44DB4"/>
     <w:rsid w:val="00C45658"/>
     <w:rsid w:val="00C5376A"/>
     <w:rsid w:val="00C53918"/>
     <w:rsid w:val="00C5688E"/>
     <w:rsid w:val="00C60A09"/>
     <w:rsid w:val="00C6692E"/>
     <w:rsid w:val="00C712A5"/>
     <w:rsid w:val="00C835BD"/>
     <w:rsid w:val="00C926C3"/>
     <w:rsid w:val="00C93B74"/>
     <w:rsid w:val="00C949E4"/>
     <w:rsid w:val="00C979FA"/>
     <w:rsid w:val="00CA002B"/>
     <w:rsid w:val="00CA3620"/>
     <w:rsid w:val="00CA7795"/>
     <w:rsid w:val="00CB48F1"/>
     <w:rsid w:val="00CB6602"/>
     <w:rsid w:val="00CC1D7E"/>
     <w:rsid w:val="00CC219F"/>
     <w:rsid w:val="00CC3E7F"/>
     <w:rsid w:val="00CC65AB"/>
     <w:rsid w:val="00CC6BA3"/>
     <w:rsid w:val="00CC6EEA"/>
     <w:rsid w:val="00CD5026"/>
+    <w:rsid w:val="00CD5F89"/>
     <w:rsid w:val="00CD76D8"/>
     <w:rsid w:val="00CF2FFF"/>
     <w:rsid w:val="00D0373B"/>
     <w:rsid w:val="00D04103"/>
     <w:rsid w:val="00D12366"/>
     <w:rsid w:val="00D2584C"/>
     <w:rsid w:val="00D36782"/>
     <w:rsid w:val="00D55F8B"/>
     <w:rsid w:val="00D56E8D"/>
     <w:rsid w:val="00D627D2"/>
     <w:rsid w:val="00D64117"/>
     <w:rsid w:val="00D749C8"/>
     <w:rsid w:val="00D77EB7"/>
     <w:rsid w:val="00D8135E"/>
     <w:rsid w:val="00D83667"/>
     <w:rsid w:val="00D842E5"/>
     <w:rsid w:val="00D869AE"/>
     <w:rsid w:val="00D91963"/>
     <w:rsid w:val="00D921C9"/>
     <w:rsid w:val="00D92C04"/>
     <w:rsid w:val="00D931C2"/>
     <w:rsid w:val="00D96A25"/>
     <w:rsid w:val="00DA08DF"/>
     <w:rsid w:val="00DA2CEF"/>
     <w:rsid w:val="00DA57FC"/>
@@ -10272,75 +10251,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1789</Words>
-  <Characters>953</Characters>
+  <Words>409</Words>
+  <Characters>2332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2737</CharactersWithSpaces>
+  <CharactersWithSpaces>2736</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>