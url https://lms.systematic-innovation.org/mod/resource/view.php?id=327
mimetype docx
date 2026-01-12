--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -32,100 +32,92 @@
     <w:p w14:paraId="42A6D438" w14:textId="00FFC835" w:rsidR="00157E36" w:rsidRDefault="00157E36" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>物料存量控管與呆滯料分析處理實務</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="69E861AD" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
+    <w:p w14:paraId="1BC77435" w14:textId="0C230EAE" w:rsidR="00433221" w:rsidRPr="00D56E8D" w:rsidRDefault="00433221" w:rsidP="00C14263">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="00157E36" w:rsidRPr="00157E36">
-[...7 lines deleted...]
-      <w:r w:rsidR="00242EC7">
+      <w:r w:rsidR="002C2892">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>12/17</w:t>
+        <w:t>2026/4/24</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>，週</w:t>
       </w:r>
-      <w:r w:rsidR="00242EC7">
+      <w:r w:rsidR="002C2892">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>三</w:t>
+        <w:t>五</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -183,71 +175,51 @@
         </w:rPr>
         <w:tab/>
         <w:t>課程說明</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18133C8B" w14:textId="77777777" w:rsidR="00157E36" w:rsidRDefault="00157E36" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>在製造管理中，常見物料存量控管不佳以致呆滯料發生，造成資金積壓，庫存空間被侵佔，盤點工作 負荷增加，實為製造業頭痛而難解之問題；本課程有系統探討</w:t>
-[...19 lines deleted...]
-        <w:t>不佳及呆滯料發生原因，並 分析如何防止呆滯料產生；若呆滯料發生，如何有效降低及消除處理呆滯料。同時配合提昇物料存量 規劃技巧能力，提昇製造系統的績效與物料管理手法, 降低原物料庫存、避免資金積壓，庫存空間被 侵佔。</w:t>
+        <w:t>在製造管理中，常見物料存量控管不佳以致呆滯料發生，造成資金積壓，庫存空間被侵佔，盤點工作 負荷增加，實為製造業頭痛而難解之問題；本課程有系統探討物料控管不佳及呆滯料發生原因，並 分析如何防止呆滯料產生；若呆滯料發生，如何有效降低及消除處理呆滯料。同時配合提昇物料存量 規劃技巧能力，提昇製造系統的績效與物料管理手法, 降低原物料庫存、避免資金積壓，庫存空間被 侵佔。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF5CA7D" w14:textId="77777777" w:rsidR="00157E36" w:rsidRDefault="00157E36" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60932989" w14:textId="09F826D1" w:rsidR="00E56B82" w:rsidRPr="00407D2C" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
@@ -269,71 +241,51 @@
         </w:rPr>
         <w:tab/>
         <w:t>課程效益</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4845E6AE" w14:textId="77777777" w:rsidR="00157E36" w:rsidRDefault="00157E36" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>課程結合了理論及實務經驗，完整呈現存貨控管、物料管理及呆滯料分析處理的制定做法， 透過本課程的介紹，將能帶領您學會有效</w:t>
-[...19 lines deleted...]
-        <w:t>存量控管、防止呆滯料產生及控管處理 呆滯料，以符合企業電子化製造管理的需求與資訊技術建置。</w:t>
+        <w:t>課程結合了理論及實務經驗，完整呈現存貨控管、物料管理及呆滯料分析處理的制定做法， 透過本課程的介紹，將能帶領您學會有效作好物料存量控管、防止呆滯料產生及控管處理 呆滯料，以符合企業電子化製造管理的需求與資訊技術建置。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55085AC1" w14:textId="77777777" w:rsidR="00157E36" w:rsidRDefault="00157E36" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B9453AB" w14:textId="6365D77A" w:rsidR="00E56B82" w:rsidRPr="00EE4586" w:rsidRDefault="00E56B82" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
@@ -473,73 +425,51 @@
         <w:t xml:space="preserve">2. 物料ABC分析作業、分類管理 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="539556C1" w14:textId="77777777" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>3. 針對材料製程損耗率、產品不良率，</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">如何額外備料 ? </w:t>
+        <w:t xml:space="preserve">3. 針對材料製程損耗率、產品不良率，物管資材如何額外備料 ? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DBD37E" w14:textId="77777777" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">4. 每次生產無法計算單位使用量 (不可以建BOM )，針對此種現象如何備料問題 ? </w:t>
@@ -840,73 +770,51 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(2).訂單變更(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>OrderChanges</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...21 lines deleted...]
-        <w:t>訂單數量減少(砍單)</w:t>
+        <w:t>)─訂單數量減少(砍單)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF17EBF" w14:textId="49DAB1E1" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="00157E36">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="163" w:firstLine="424"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(3).客戶更改產品規格或工程變更(EC；</w:t>
@@ -934,73 +842,51 @@
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C2D160" w14:textId="16FADCF9" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="00157E36">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="163" w:firstLine="424"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>(4).銷售預測不</w:t>
-[...21 lines deleted...]
-        <w:t>(高估)</w:t>
+        <w:t>(4).銷售預測不準(高估)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729986E4" w14:textId="01B3F2C9" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="00157E36">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="163" w:firstLine="424"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(5).生產零頭</w:t>
@@ -1125,182 +1011,126 @@
         <w:t>(8).MC(物管、資材)控管不嚴，安全存量設定控管不嚴</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F13DF6" w14:textId="247B9BC7" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="00157E36">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="163" w:firstLine="424"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>(9).</w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(9).料帳不符</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="245B70B6" w14:textId="77777777" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="00157E36">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367" w:firstLineChars="163" w:firstLine="424"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>(10).進</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 裝錯料 </w:t>
+        <w:t xml:space="preserve">(10).進料短溢裝 ─ 裝錯料 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083BF9D0" w14:textId="77777777" w:rsidR="00157E36" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">14. 如何降低消除及處理呆滯料 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B513282" w14:textId="62FFBE7F" w:rsidR="006D5AFF" w:rsidRPr="00157E36" w:rsidRDefault="00157E36" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157E36">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>15. 實例演練</w:t>
-[...21 lines deleted...]
-        <w:t>結論及綜合研討</w:t>
+        <w:t>15. 實例演練‧結論及綜合研討</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E84813" w14:textId="77777777" w:rsidR="00157E36" w:rsidRDefault="00157E36" w:rsidP="006D5AFF">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D061C09" w14:textId="77777777" w:rsidR="00E56B82" w:rsidRPr="00B83BCA" w:rsidRDefault="00E56B82" w:rsidP="00E56B82">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="240" w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
@@ -1466,71 +1296,51 @@
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>、美商安普</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>(AMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t>等公司之生管、</w:t>
-[...19 lines deleted...]
-        <w:t>、製造工程處等部門經理，及導入開發</w:t>
+        <w:t>等公司之生管、物料處、製造工程處等部門經理，及導入開發</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>系統專案經理，從事相關業界工作經驗</w:t>
       </w:r>
       <w:r w:rsidRPr="002C3581">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -1902,83 +1712,75 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="3047D722" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="0C95E2DD" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="55351504" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="00DA08DF" w:rsidRPr="00DA08DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+      <w:r w:rsidR="002C2892" w:rsidRPr="002C2892">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2025/</w:t>
-[...7 lines deleted...]
-        <w:t>12/17，週三</w:t>
+        <w:t>2026/4/24，週五</w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -3931,71 +3733,59 @@
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>因學員個人因素，上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天後即不得退費，但得轉讓、</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>轉課</w:t>
-[...10 lines deleted...]
-        <w:t>、或保留。上課前</w:t>
+        <w:t>轉課、或保留。上課前</w:t>
       </w:r>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>7天以上申請退費，退費時扣除手續費10%。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104B6729" w14:textId="77777777" w:rsidR="00611571" w:rsidRPr="0075667D" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4023,164 +3813,108 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>需</w:t>
-[...21 lines deleted...]
-        <w:t>者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
+        <w:t>需報帳者，請務必填寫「公司抬頭」及「統一編號」欄，以利開立收據。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4B304F" w14:textId="77777777" w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidRDefault="00611571" w:rsidP="00ED242D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="-119" w:left="-1" w:hangingChars="150" w:hanging="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0075667D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>團報時</w:t>
-[...32 lines deleted...]
-        <w:t>聯絡人聯絡資料。</w:t>
+        <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F753C78" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
+    <w:p w14:paraId="45BA754B" w14:textId="77777777" w:rsidR="00E57C5E" w:rsidRDefault="00E57C5E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40017D09" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
+    <w:p w14:paraId="3A828456" w14:textId="77777777" w:rsidR="00E57C5E" w:rsidRDefault="00E57C5E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4304,58 +4038,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65B09D93" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
+    <w:p w14:paraId="7F1F8DC8" w14:textId="77777777" w:rsidR="00E57C5E" w:rsidRDefault="00E57C5E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07090CAB" w14:textId="77777777" w:rsidR="00CD5F89" w:rsidRDefault="00CD5F89">
+    <w:p w14:paraId="262E310E" w14:textId="77777777" w:rsidR="00E57C5E" w:rsidRDefault="00E57C5E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8135,51 +7869,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -8260,50 +7994,51 @@
     <w:rsid w:val="001E65F2"/>
     <w:rsid w:val="001F100E"/>
     <w:rsid w:val="001F346D"/>
     <w:rsid w:val="001F5CEE"/>
     <w:rsid w:val="001F6452"/>
     <w:rsid w:val="002014DB"/>
     <w:rsid w:val="002063DF"/>
     <w:rsid w:val="00223417"/>
     <w:rsid w:val="00223A8E"/>
     <w:rsid w:val="00224627"/>
     <w:rsid w:val="002333CB"/>
     <w:rsid w:val="00234B62"/>
     <w:rsid w:val="00236EDE"/>
     <w:rsid w:val="00242EC7"/>
     <w:rsid w:val="0024444B"/>
     <w:rsid w:val="00255DC9"/>
     <w:rsid w:val="002579F0"/>
     <w:rsid w:val="00263450"/>
     <w:rsid w:val="00277E78"/>
     <w:rsid w:val="0028663F"/>
     <w:rsid w:val="00293E25"/>
     <w:rsid w:val="002B029A"/>
     <w:rsid w:val="002B1E80"/>
     <w:rsid w:val="002B4013"/>
     <w:rsid w:val="002B5A6B"/>
+    <w:rsid w:val="002C2892"/>
     <w:rsid w:val="002C3581"/>
     <w:rsid w:val="002C4A72"/>
     <w:rsid w:val="002C5819"/>
     <w:rsid w:val="002C769B"/>
     <w:rsid w:val="002C7C9E"/>
     <w:rsid w:val="002D6466"/>
     <w:rsid w:val="002E3DF6"/>
     <w:rsid w:val="00301FAE"/>
     <w:rsid w:val="00304AE5"/>
     <w:rsid w:val="00305793"/>
     <w:rsid w:val="00316EED"/>
     <w:rsid w:val="00331F59"/>
     <w:rsid w:val="003322BE"/>
     <w:rsid w:val="0033467E"/>
     <w:rsid w:val="003346A7"/>
     <w:rsid w:val="0034037E"/>
     <w:rsid w:val="003424F8"/>
     <w:rsid w:val="00342D0C"/>
     <w:rsid w:val="00347DEF"/>
     <w:rsid w:val="00364FEC"/>
     <w:rsid w:val="00366A0F"/>
     <w:rsid w:val="0037182C"/>
     <w:rsid w:val="00374734"/>
     <w:rsid w:val="00375C89"/>
     <w:rsid w:val="00375CF0"/>
@@ -8466,50 +8201,51 @@
     <w:rsid w:val="00852CB3"/>
     <w:rsid w:val="008662F2"/>
     <w:rsid w:val="00874A1C"/>
     <w:rsid w:val="00882675"/>
     <w:rsid w:val="00882F12"/>
     <w:rsid w:val="008863B5"/>
     <w:rsid w:val="0089094F"/>
     <w:rsid w:val="00890B44"/>
     <w:rsid w:val="00895187"/>
     <w:rsid w:val="0089677E"/>
     <w:rsid w:val="008A40B5"/>
     <w:rsid w:val="008B05FD"/>
     <w:rsid w:val="008B5580"/>
     <w:rsid w:val="008B7D97"/>
     <w:rsid w:val="008C093C"/>
     <w:rsid w:val="008C44B8"/>
     <w:rsid w:val="008D0B9E"/>
     <w:rsid w:val="008D23E3"/>
     <w:rsid w:val="008E101D"/>
     <w:rsid w:val="00901AB3"/>
     <w:rsid w:val="009041EB"/>
     <w:rsid w:val="00907996"/>
     <w:rsid w:val="00916910"/>
     <w:rsid w:val="00920DC0"/>
     <w:rsid w:val="009223DB"/>
+    <w:rsid w:val="00923A5A"/>
     <w:rsid w:val="009243B1"/>
     <w:rsid w:val="00925EE7"/>
     <w:rsid w:val="00940F75"/>
     <w:rsid w:val="00941C10"/>
     <w:rsid w:val="00941DC6"/>
     <w:rsid w:val="009454EA"/>
     <w:rsid w:val="0094614A"/>
     <w:rsid w:val="009526EC"/>
     <w:rsid w:val="0095276C"/>
     <w:rsid w:val="00955C16"/>
     <w:rsid w:val="0096155A"/>
     <w:rsid w:val="0096754C"/>
     <w:rsid w:val="00976C76"/>
     <w:rsid w:val="00985774"/>
     <w:rsid w:val="00985D55"/>
     <w:rsid w:val="009A0954"/>
     <w:rsid w:val="009A5741"/>
     <w:rsid w:val="009B05FC"/>
     <w:rsid w:val="009B14F6"/>
     <w:rsid w:val="009B70D9"/>
     <w:rsid w:val="009B7EB7"/>
     <w:rsid w:val="009C229A"/>
     <w:rsid w:val="009C620E"/>
     <w:rsid w:val="009C6E6B"/>
     <w:rsid w:val="009D340D"/>
@@ -8663,50 +8399,51 @@
     <w:rsid w:val="00DA5B0D"/>
     <w:rsid w:val="00DB48EE"/>
     <w:rsid w:val="00DE1C96"/>
     <w:rsid w:val="00DE2407"/>
     <w:rsid w:val="00DE4704"/>
     <w:rsid w:val="00DE751F"/>
     <w:rsid w:val="00DF12E4"/>
     <w:rsid w:val="00E00D92"/>
     <w:rsid w:val="00E03950"/>
     <w:rsid w:val="00E07575"/>
     <w:rsid w:val="00E11D09"/>
     <w:rsid w:val="00E12E75"/>
     <w:rsid w:val="00E30771"/>
     <w:rsid w:val="00E30777"/>
     <w:rsid w:val="00E34E51"/>
     <w:rsid w:val="00E36305"/>
     <w:rsid w:val="00E417D0"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E454EE"/>
     <w:rsid w:val="00E470B9"/>
     <w:rsid w:val="00E51CC6"/>
     <w:rsid w:val="00E5243B"/>
     <w:rsid w:val="00E53272"/>
     <w:rsid w:val="00E55283"/>
     <w:rsid w:val="00E56B82"/>
+    <w:rsid w:val="00E57C5E"/>
     <w:rsid w:val="00E60C64"/>
     <w:rsid w:val="00E73EA0"/>
     <w:rsid w:val="00E75D28"/>
     <w:rsid w:val="00E811D7"/>
     <w:rsid w:val="00E92502"/>
     <w:rsid w:val="00E96254"/>
     <w:rsid w:val="00EB573F"/>
     <w:rsid w:val="00EB6AA4"/>
     <w:rsid w:val="00EC2CB2"/>
     <w:rsid w:val="00ED242D"/>
     <w:rsid w:val="00EE0764"/>
     <w:rsid w:val="00EE285B"/>
     <w:rsid w:val="00EE4586"/>
     <w:rsid w:val="00EE5206"/>
     <w:rsid w:val="00EF38C1"/>
     <w:rsid w:val="00EF71AA"/>
     <w:rsid w:val="00F00BEF"/>
     <w:rsid w:val="00F04357"/>
     <w:rsid w:val="00F12A0A"/>
     <w:rsid w:val="00F14ACA"/>
     <w:rsid w:val="00F27A27"/>
     <w:rsid w:val="00F314A7"/>
     <w:rsid w:val="00F33D8F"/>
     <w:rsid w:val="00F35BBF"/>
     <w:rsid w:val="00F42DA5"/>
@@ -10251,75 +9988,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>409</Words>
-  <Characters>2332</Characters>
+  <Words>408</Words>
+  <Characters>2331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2736</CharactersWithSpaces>
+  <CharactersWithSpaces>2734</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>