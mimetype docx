--- v0 (2025-10-02)
+++ v1 (2025-11-28)
@@ -32,78 +32,110 @@
     <w:p w14:paraId="2588059C" w14:textId="77777777" w:rsidR="00AC39BD" w:rsidRDefault="00AC39BD" w:rsidP="00AC39BD">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC39BD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>產能需求規劃(CRP)與物料需求規劃(MRP)實務</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="3E5BCDEA" w:rsidR="00433221" w:rsidRPr="00AC39BD" w:rsidRDefault="00433221" w:rsidP="00AC39BD">
+    <w:p w14:paraId="1BC77435" w14:textId="1BB9CAB7" w:rsidR="00433221" w:rsidRPr="00AC39BD" w:rsidRDefault="00433221" w:rsidP="00AC39BD">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="-118" w:left="142" w:rightChars="57" w:right="137" w:hangingChars="177" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00894883" w:rsidRPr="00894883">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2025/11/18 周二</w:t>
+        <w:t>2025/1</w:t>
+      </w:r>
+      <w:r w:rsidR="0089780E">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00894883" w:rsidRPr="00894883">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0089780E">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00894883" w:rsidRPr="00894883">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 周二</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="406AE3E7" w14:textId="4DC1CA74" w:rsidR="00433221" w:rsidRDefault="00433221" w:rsidP="00433221">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
@@ -1166,73 +1198,51 @@
         <w:t xml:space="preserve">6.產能規劃 (Capacity Planning) 之應用 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6880D133" w14:textId="77777777" w:rsidR="00935E9C" w:rsidRPr="00935E9C" w:rsidRDefault="00935E9C" w:rsidP="00935E9C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935E9C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>7.自製 (</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">) 或外購 (Buyout) 之決策分析 </w:t>
+        <w:t xml:space="preserve">7.自製 (Self build) 或外購 (Buyout) 之決策分析 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E68F09" w14:textId="77777777" w:rsidR="00935E9C" w:rsidRPr="00935E9C" w:rsidRDefault="00935E9C" w:rsidP="00935E9C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935E9C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>8.</w:t>
@@ -2594,75 +2604,107 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="3047D722" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="18B1F2EE" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="7D4BE7C0" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00894883" w:rsidRPr="00894883">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2025/11/18 周二</w:t>
+        <w:t>2025/1</w:t>
+      </w:r>
+      <w:r w:rsidR="0089780E">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00894883" w:rsidRPr="00894883">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0089780E">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00894883" w:rsidRPr="00894883">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 周二</w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4745,58 +4787,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C6C24F5" w14:textId="77777777" w:rsidR="00AA5F5B" w:rsidRDefault="00AA5F5B">
+    <w:p w14:paraId="67A26F80" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C4F9587" w14:textId="77777777" w:rsidR="00AA5F5B" w:rsidRDefault="00AA5F5B">
+    <w:p w14:paraId="5476F29C" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4920,58 +4962,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A8DE1F3" w14:textId="77777777" w:rsidR="00AA5F5B" w:rsidRDefault="00AA5F5B">
+    <w:p w14:paraId="06768699" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B3455B5" w14:textId="77777777" w:rsidR="00AA5F5B" w:rsidRDefault="00AA5F5B">
+    <w:p w14:paraId="4EEC63BC" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8751,101 +8793,101 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C979FA"/>
     <w:rsid w:val="00001BC8"/>
     <w:rsid w:val="000037C2"/>
     <w:rsid w:val="00003F5C"/>
     <w:rsid w:val="000073AF"/>
     <w:rsid w:val="00014643"/>
     <w:rsid w:val="000155BA"/>
     <w:rsid w:val="0002421D"/>
     <w:rsid w:val="00026826"/>
     <w:rsid w:val="00032553"/>
     <w:rsid w:val="0003407C"/>
     <w:rsid w:val="00034B24"/>
     <w:rsid w:val="00034DAB"/>
     <w:rsid w:val="00036024"/>
     <w:rsid w:val="00040825"/>
     <w:rsid w:val="00041B5D"/>
+    <w:rsid w:val="00046F11"/>
     <w:rsid w:val="00047F31"/>
     <w:rsid w:val="00050B80"/>
     <w:rsid w:val="00055549"/>
     <w:rsid w:val="00057359"/>
     <w:rsid w:val="0007045F"/>
     <w:rsid w:val="000724AA"/>
     <w:rsid w:val="00072D60"/>
     <w:rsid w:val="00073680"/>
     <w:rsid w:val="00073DDC"/>
     <w:rsid w:val="00082577"/>
     <w:rsid w:val="00090C98"/>
     <w:rsid w:val="00091A19"/>
     <w:rsid w:val="000933FA"/>
     <w:rsid w:val="000A3222"/>
     <w:rsid w:val="000C4BDC"/>
     <w:rsid w:val="000C6730"/>
     <w:rsid w:val="000E25EB"/>
     <w:rsid w:val="000E7B38"/>
     <w:rsid w:val="000F4493"/>
     <w:rsid w:val="00101A15"/>
     <w:rsid w:val="00110D58"/>
     <w:rsid w:val="001171D3"/>
     <w:rsid w:val="001278A4"/>
     <w:rsid w:val="001357B1"/>
     <w:rsid w:val="00147596"/>
@@ -9069,50 +9111,51 @@
     <w:rsid w:val="007E4FF8"/>
     <w:rsid w:val="007E7785"/>
     <w:rsid w:val="0080680F"/>
     <w:rsid w:val="00813E48"/>
     <w:rsid w:val="00817320"/>
     <w:rsid w:val="008173D6"/>
     <w:rsid w:val="00823EBF"/>
     <w:rsid w:val="00830FAC"/>
     <w:rsid w:val="008337C2"/>
     <w:rsid w:val="00836F8D"/>
     <w:rsid w:val="008423D8"/>
     <w:rsid w:val="00843798"/>
     <w:rsid w:val="00845647"/>
     <w:rsid w:val="00852B8F"/>
     <w:rsid w:val="00852CB3"/>
     <w:rsid w:val="008662F2"/>
     <w:rsid w:val="00874A1C"/>
     <w:rsid w:val="00882675"/>
     <w:rsid w:val="00882F12"/>
     <w:rsid w:val="008863B5"/>
     <w:rsid w:val="0089094F"/>
     <w:rsid w:val="00890B44"/>
     <w:rsid w:val="00894883"/>
     <w:rsid w:val="00895187"/>
     <w:rsid w:val="0089677E"/>
+    <w:rsid w:val="0089780E"/>
     <w:rsid w:val="008A40B5"/>
     <w:rsid w:val="008B05FD"/>
     <w:rsid w:val="008B5580"/>
     <w:rsid w:val="008B7D97"/>
     <w:rsid w:val="008C093C"/>
     <w:rsid w:val="008C44B8"/>
     <w:rsid w:val="008C7676"/>
     <w:rsid w:val="008D0B9E"/>
     <w:rsid w:val="008D23E3"/>
     <w:rsid w:val="008E101D"/>
     <w:rsid w:val="00901AB3"/>
     <w:rsid w:val="009041EB"/>
     <w:rsid w:val="00907996"/>
     <w:rsid w:val="00916910"/>
     <w:rsid w:val="00920DC0"/>
     <w:rsid w:val="009223DB"/>
     <w:rsid w:val="009243B1"/>
     <w:rsid w:val="00925EE7"/>
     <w:rsid w:val="00935E9C"/>
     <w:rsid w:val="00940F75"/>
     <w:rsid w:val="00941C10"/>
     <w:rsid w:val="00941DC6"/>
     <w:rsid w:val="009454EA"/>
     <w:rsid w:val="0094614A"/>
     <w:rsid w:val="009526EC"/>
@@ -9278,50 +9321,51 @@
     <w:rsid w:val="00DA57FC"/>
     <w:rsid w:val="00DA5872"/>
     <w:rsid w:val="00DA5B0D"/>
     <w:rsid w:val="00DB48EE"/>
     <w:rsid w:val="00DE1C96"/>
     <w:rsid w:val="00DE2407"/>
     <w:rsid w:val="00DE4704"/>
     <w:rsid w:val="00DE751F"/>
     <w:rsid w:val="00DF12E4"/>
     <w:rsid w:val="00E00D92"/>
     <w:rsid w:val="00E03950"/>
     <w:rsid w:val="00E07575"/>
     <w:rsid w:val="00E11D09"/>
     <w:rsid w:val="00E12E75"/>
     <w:rsid w:val="00E30771"/>
     <w:rsid w:val="00E30777"/>
     <w:rsid w:val="00E34E51"/>
     <w:rsid w:val="00E36305"/>
     <w:rsid w:val="00E417D0"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E454EE"/>
     <w:rsid w:val="00E470B9"/>
     <w:rsid w:val="00E51CC6"/>
     <w:rsid w:val="00E5243B"/>
     <w:rsid w:val="00E53272"/>
+    <w:rsid w:val="00E5513E"/>
     <w:rsid w:val="00E55283"/>
     <w:rsid w:val="00E56B82"/>
     <w:rsid w:val="00E60C64"/>
     <w:rsid w:val="00E73EA0"/>
     <w:rsid w:val="00E75D28"/>
     <w:rsid w:val="00E811D7"/>
     <w:rsid w:val="00E92502"/>
     <w:rsid w:val="00E96254"/>
     <w:rsid w:val="00EB573F"/>
     <w:rsid w:val="00EB6AA4"/>
     <w:rsid w:val="00EC2CB2"/>
     <w:rsid w:val="00ED242D"/>
     <w:rsid w:val="00EE0764"/>
     <w:rsid w:val="00EE285B"/>
     <w:rsid w:val="00EE4586"/>
     <w:rsid w:val="00EE5206"/>
     <w:rsid w:val="00EF38C1"/>
     <w:rsid w:val="00EF71AA"/>
     <w:rsid w:val="00F00BEF"/>
     <w:rsid w:val="00F04357"/>
     <w:rsid w:val="00F12A0A"/>
     <w:rsid w:val="00F27A27"/>
     <w:rsid w:val="00F314A7"/>
     <w:rsid w:val="00F33D8F"/>
     <w:rsid w:val="00F35BBF"/>
@@ -10867,55 +10911,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2211</Words>
-  <Characters>1312</Characters>
+  <Words>525</Words>
+  <Characters>2998</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>24</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3516</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>