--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -32,102 +32,118 @@
     <w:p w14:paraId="2588059C" w14:textId="77777777" w:rsidR="00AC39BD" w:rsidRDefault="00AC39BD" w:rsidP="00AC39BD">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="59" w:left="142" w:rightChars="57" w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC39BD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>產能需求規劃(CRP)與物料需求規劃(MRP)實務</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC77435" w14:textId="1BB9CAB7" w:rsidR="00433221" w:rsidRPr="00AC39BD" w:rsidRDefault="00433221" w:rsidP="00AC39BD">
+    <w:p w14:paraId="1BC77435" w14:textId="7AF095B6" w:rsidR="00433221" w:rsidRPr="00AC39BD" w:rsidRDefault="00433221" w:rsidP="00AC39BD">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:ind w:leftChars="-118" w:left="142" w:rightChars="57" w:right="137" w:hangingChars="177" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E8D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
       <w:r w:rsidR="00894883" w:rsidRPr="00894883">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2025/1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0089780E">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6096D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00894883" w:rsidRPr="00894883">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="0089780E">
+      <w:r w:rsidR="00F6096D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00894883" w:rsidRPr="00894883">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6096D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0C02CE"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="00894883" w:rsidRPr="00894883">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 周二</w:t>
       </w:r>
       <w:r w:rsidR="00760F06" w:rsidRPr="00760F06">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時</w:t>
       </w:r>
       <w:r w:rsidR="000073AF" w:rsidRPr="000073AF">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0C02CE"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
@@ -1198,51 +1214,73 @@
         <w:t xml:space="preserve">6.產能規劃 (Capacity Planning) 之應用 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6880D133" w14:textId="77777777" w:rsidR="00935E9C" w:rsidRPr="00935E9C" w:rsidRDefault="00935E9C" w:rsidP="00935E9C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935E9C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">7.自製 (Self build) 或外購 (Buyout) 之決策分析 </w:t>
+        <w:t>7.自製 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00935E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Self build</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00935E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) 或外購 (Buyout) 之決策分析 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E68F09" w14:textId="77777777" w:rsidR="00935E9C" w:rsidRPr="00935E9C" w:rsidRDefault="00935E9C" w:rsidP="00935E9C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-283" w:rightChars="-153" w:right="-367"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00935E9C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>8.</w:t>
@@ -2604,99 +2642,75 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C14C44" w14:textId="3047D722" w:rsidR="00F27A27" w:rsidRPr="00F50825" w:rsidRDefault="00F27A27" w:rsidP="001F100E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:afterLines="50" w:after="180" w:line="280" w:lineRule="exact"/>
         <w:ind w:leftChars="-118" w:left="-282" w:rightChars="-153" w:right="-367" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>--------------------------------------報名表------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2643D92F" w14:textId="7D4BE7C0" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
+    <w:p w14:paraId="2643D92F" w14:textId="101C1A07" w:rsidR="00611571" w:rsidRPr="00B806DC" w:rsidRDefault="00611571" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043030D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>授課時間：</w:t>
       </w:r>
-      <w:r w:rsidR="00894883" w:rsidRPr="00894883">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+      <w:r w:rsidR="00F6096D" w:rsidRPr="00F6096D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>2025/1</w:t>
-[...23 lines deleted...]
-        <w:t>23</w:t>
+        <w:t>2026/3/17</w:t>
       </w:r>
       <w:r w:rsidR="00894883" w:rsidRPr="00894883">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 周二</w:t>
       </w:r>
       <w:r w:rsidR="00B806DC" w:rsidRPr="00B806DC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9:00-16:00，計6小時。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF9653" w14:textId="7109F499" w:rsidR="00611571" w:rsidRPr="00001BC8" w:rsidRDefault="00224627" w:rsidP="008E101D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:bCs/>
@@ -4787,58 +4801,58 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>團報時每人仍需填一份資料，並加註團報聯絡人聯絡資料。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C2235C" w:rsidRPr="009E661B" w:rsidSect="00F6077A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1021" w:left="1418" w:header="539" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67A26F80" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
+    <w:p w14:paraId="109CAEEE" w14:textId="77777777" w:rsidR="00573DA4" w:rsidRDefault="00573DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5476F29C" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
+    <w:p w14:paraId="336CEB77" w14:textId="77777777" w:rsidR="00573DA4" w:rsidRDefault="00573DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4962,58 +4976,58 @@
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:rPr>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00001BC8">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06768699" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
+    <w:p w14:paraId="064DB17E" w14:textId="77777777" w:rsidR="00573DA4" w:rsidRDefault="00573DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EEC63BC" w14:textId="77777777" w:rsidR="00E5513E" w:rsidRDefault="00E5513E">
+    <w:p w14:paraId="02075230" w14:textId="77777777" w:rsidR="00573DA4" w:rsidRDefault="00573DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D95ED5D" w14:textId="4A62A6BC" w:rsidR="00ED242D" w:rsidRPr="00611571" w:rsidRDefault="006D4929" w:rsidP="00611571">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:right="-34"/>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -8793,50 +8807,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="569577080">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1090126588">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -8976,84 +8991,86 @@
     <w:rsid w:val="003D79F8"/>
     <w:rsid w:val="003E06B8"/>
     <w:rsid w:val="003E45EB"/>
     <w:rsid w:val="003E5BC0"/>
     <w:rsid w:val="0040070B"/>
     <w:rsid w:val="0040111C"/>
     <w:rsid w:val="00401FA1"/>
     <w:rsid w:val="0040244C"/>
     <w:rsid w:val="00402A6C"/>
     <w:rsid w:val="00407D2C"/>
     <w:rsid w:val="0041057D"/>
     <w:rsid w:val="00411447"/>
     <w:rsid w:val="00421D86"/>
     <w:rsid w:val="00423927"/>
     <w:rsid w:val="0043030D"/>
     <w:rsid w:val="00432EC1"/>
     <w:rsid w:val="00433221"/>
     <w:rsid w:val="0043536E"/>
     <w:rsid w:val="0043642C"/>
     <w:rsid w:val="0045289D"/>
     <w:rsid w:val="00464BA1"/>
     <w:rsid w:val="0046542A"/>
     <w:rsid w:val="00465805"/>
     <w:rsid w:val="0046581C"/>
     <w:rsid w:val="004702D2"/>
+    <w:rsid w:val="00476D57"/>
     <w:rsid w:val="0048018B"/>
     <w:rsid w:val="00482365"/>
     <w:rsid w:val="004834C7"/>
     <w:rsid w:val="004859E5"/>
     <w:rsid w:val="00485A98"/>
     <w:rsid w:val="00495DD8"/>
     <w:rsid w:val="00497D54"/>
     <w:rsid w:val="004A075B"/>
     <w:rsid w:val="004A2875"/>
     <w:rsid w:val="004A41D1"/>
     <w:rsid w:val="004A7590"/>
     <w:rsid w:val="004B316B"/>
     <w:rsid w:val="004B4B3F"/>
     <w:rsid w:val="004B6C52"/>
     <w:rsid w:val="004C13FD"/>
     <w:rsid w:val="004C47C9"/>
     <w:rsid w:val="004C7331"/>
     <w:rsid w:val="004E784B"/>
     <w:rsid w:val="004F00A7"/>
     <w:rsid w:val="004F11DA"/>
     <w:rsid w:val="00514B70"/>
     <w:rsid w:val="00514DBE"/>
     <w:rsid w:val="00521954"/>
     <w:rsid w:val="00527193"/>
     <w:rsid w:val="00527D0C"/>
     <w:rsid w:val="00537E71"/>
     <w:rsid w:val="00541974"/>
     <w:rsid w:val="00547AED"/>
     <w:rsid w:val="005559FD"/>
     <w:rsid w:val="00556835"/>
     <w:rsid w:val="00561CCF"/>
     <w:rsid w:val="00565FD0"/>
     <w:rsid w:val="005712C6"/>
     <w:rsid w:val="00571656"/>
+    <w:rsid w:val="00573DA4"/>
     <w:rsid w:val="00582553"/>
     <w:rsid w:val="005839BE"/>
     <w:rsid w:val="00584086"/>
     <w:rsid w:val="00596E16"/>
     <w:rsid w:val="005C0585"/>
     <w:rsid w:val="005C1C4A"/>
     <w:rsid w:val="005C664A"/>
     <w:rsid w:val="005C7EED"/>
     <w:rsid w:val="005E15B2"/>
     <w:rsid w:val="005F37BA"/>
     <w:rsid w:val="005F72FB"/>
     <w:rsid w:val="006032CB"/>
     <w:rsid w:val="00611571"/>
     <w:rsid w:val="006120D7"/>
     <w:rsid w:val="00621542"/>
     <w:rsid w:val="00624863"/>
     <w:rsid w:val="006645D9"/>
     <w:rsid w:val="00664EB9"/>
     <w:rsid w:val="006653D0"/>
     <w:rsid w:val="0067715D"/>
     <w:rsid w:val="00681050"/>
     <w:rsid w:val="00684BF3"/>
     <w:rsid w:val="00696A70"/>
     <w:rsid w:val="006A076A"/>
     <w:rsid w:val="006A0D7C"/>
@@ -9349,50 +9366,51 @@
     <w:rsid w:val="00E60C64"/>
     <w:rsid w:val="00E73EA0"/>
     <w:rsid w:val="00E75D28"/>
     <w:rsid w:val="00E811D7"/>
     <w:rsid w:val="00E92502"/>
     <w:rsid w:val="00E96254"/>
     <w:rsid w:val="00EB573F"/>
     <w:rsid w:val="00EB6AA4"/>
     <w:rsid w:val="00EC2CB2"/>
     <w:rsid w:val="00ED242D"/>
     <w:rsid w:val="00EE0764"/>
     <w:rsid w:val="00EE285B"/>
     <w:rsid w:val="00EE4586"/>
     <w:rsid w:val="00EE5206"/>
     <w:rsid w:val="00EF38C1"/>
     <w:rsid w:val="00EF71AA"/>
     <w:rsid w:val="00F00BEF"/>
     <w:rsid w:val="00F04357"/>
     <w:rsid w:val="00F12A0A"/>
     <w:rsid w:val="00F27A27"/>
     <w:rsid w:val="00F314A7"/>
     <w:rsid w:val="00F33D8F"/>
     <w:rsid w:val="00F35BBF"/>
     <w:rsid w:val="00F42DA5"/>
     <w:rsid w:val="00F6077A"/>
+    <w:rsid w:val="00F6096D"/>
     <w:rsid w:val="00F60C7D"/>
     <w:rsid w:val="00F734C7"/>
     <w:rsid w:val="00F73F3E"/>
     <w:rsid w:val="00F77E95"/>
     <w:rsid w:val="00F811B2"/>
     <w:rsid w:val="00F8340E"/>
     <w:rsid w:val="00F923CE"/>
     <w:rsid w:val="00F927BA"/>
     <w:rsid w:val="00F94920"/>
     <w:rsid w:val="00F97E3A"/>
     <w:rsid w:val="00FA08DB"/>
     <w:rsid w:val="00FA2CAC"/>
     <w:rsid w:val="00FA375D"/>
     <w:rsid w:val="00FB3283"/>
     <w:rsid w:val="00FB5851"/>
     <w:rsid w:val="00FB6D1B"/>
     <w:rsid w:val="00FC0D05"/>
     <w:rsid w:val="00FC2119"/>
     <w:rsid w:val="00FC6E7F"/>
     <w:rsid w:val="00FD0741"/>
     <w:rsid w:val="00FE1F0C"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7DBD"/>
     <w:rsid w:val="00FF0180"/>
     <w:rsid w:val="00FF3EE7"/>
@@ -10912,74 +10930,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269BC75B-9CFB-4A3D-A572-333ABDBDB215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>525</Words>
-  <Characters>2998</Characters>
+  <Characters>2996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3516</CharactersWithSpaces>
+  <CharactersWithSpaces>3514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589947</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>