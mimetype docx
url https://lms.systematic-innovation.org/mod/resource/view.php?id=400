--- v0 (2026-02-08)
+++ v1 (2026-03-25)
@@ -11,5468 +11,6202 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="38DC01DB" w14:textId="18F938E6" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
+    <w:p w14:paraId="38DC01DB" w14:textId="18F938E6" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00157E84">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>先進封裝演進與關鍵技術</w:t>
       </w:r>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>新竹班</w:t>
       </w:r>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7845E4" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="0047401C">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6E3BF15E" w14:textId="0C722A29" w:rsidR="004733B8" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>課程</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk189558475"/>
+      <w:r w:rsidR="000B7448" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>介紹</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6E3BF15E" w14:textId="0C722A29" w:rsidR="004733B8" w:rsidRPr="00225AFC" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
+    <w:p w14:paraId="41435CFE" w14:textId="15C84787" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="480" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>在</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>HPC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、自駕車與機械人日益需求下，晶圓製造不斷的提高單位面積</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I/O </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>數和傳輸速度、以符合高效運算、無延遲的通訊與巨量儲存需求。晶圓製造技術依循</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Moore's Law </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>以每</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>個</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>月提升一倍的密度，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">More Moore </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>的SoC已達到物理和經濟極限。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>先進封裝技術結合晶圓製造和封裝的關鍵技術，能以更經濟拆</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>分模塊又</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>不影響效能的</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Chiplets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.5DIC組合方式超越</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Moore</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s Law (More Than Moore) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>滿足趨勢需求，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>大擅其</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">場，半導體相關從業人員不可不知其內涵。 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505349F9" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2649BD29" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="480" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>本課程主要規劃，先由封裝形式演進、和主要製程及終端應用做整體性的闡述。讓學員得以瞭解目前炙手可熱的先進封裝型式</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FOWLP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2.5DIC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoWoS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>InFo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3DIC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>SoIC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>和其相關的關鍵技術</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>如</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Flip Chip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>RDL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bumping</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>TSV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoW</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>WoW</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hybrid bonding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>等</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>並瞭解各型式設計目的和其中優缺點與適用性。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066684CB" w14:textId="77777777" w:rsidR="000B7448" w:rsidRPr="007957AE" w:rsidRDefault="000B7448" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:left="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57AE5518" w14:textId="1516FA41" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>課程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>效益</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129955F3" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="480" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>讓學員瞭解先進封裝之關鍵技術應用製程、設備基本原理、材料選用等基本知識。工程人員與管理者可以迅速觸類旁通，應用於現有工作和發展其他產品。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471F30A0" w14:textId="1F830D5E" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="480" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>各相關產業</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>如</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>MEMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>LED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>等</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>有關之研發、製程、品保或維護工程師，在瞭解先進封裝製程技術後，予以結合應用，得以發展</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>最佳之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>製程組合技術，生產專屬產品。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C30ABFF" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="426" w:rightChars="-38" w:right="-84" w:firstLineChars="200" w:firstLine="520"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CA50D12" w14:textId="6856FF8E" w:rsidR="0068476B" w:rsidRPr="007957AE" w:rsidRDefault="0068476B" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>授課對象:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547FD8F0" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="567" w:rightChars="-38" w:right="-84"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">半導體產業鏈中之製程、研發、品保、維護工程師或工程管理主管、外包、行銷人員等欲瞭解封裝技術與製程以迅速跟進先進封裝潮流，應用發展於現有產品者。 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B260EE" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="567" w:rightChars="-38" w:right="-84"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>大專</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>以上理</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>工背景人員及應屆畢業生，為就業或轉職厚植實力，有志於向半導體製造、封測、產業發展者。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5E8777" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411C1305" w14:textId="681A6A91" w:rsidR="000B7448" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>課程大綱:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6A54DD" w14:textId="2224453C" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>IC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>封裝概論</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79468184" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">封裝在電子構裝的價值 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E39FFD" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>主流封裝與先進封裝的定義</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577D6A46" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">常見的封裝型式與演進驅動力 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C99EB2C" w14:textId="5BF8E792" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>先進封裝技術之緣起和推動因數</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DFD04D" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>摩爾定律瓶頸</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> More Moore</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7046ECB1" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>後摩爾時代</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (More Than Moore)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF33085" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3 SoC Vs. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Chiplets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>SiP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2.5DIC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712B9B58" w14:textId="6D6B48F7" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>先進封裝</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.5D IC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>挑戰與關鍵技術</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fan out, (Recon Wafer,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>RDL,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bumping) FC (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoW</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>),TSV for Vertical stack, Hybrid Bond (W2W)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051B3280" w14:textId="2C6C1A40" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>先進封裝關鍵技術與製程之</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, Fan Out</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6CFA37" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>扇出型</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Fan Out)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">封裝之型式、流程與關鍵製程 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C80625" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>重組晶圓</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(Reconstitution Wafer)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA07E27" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>晶圓切割</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Mechanical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Blade,Laser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; SDBG, Plasma Dicing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E14674D" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>吸取對位暫時接合</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Pick &amp; Place Temporarily Bonding )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCBB33D" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>載具</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Carrier), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>與脫附</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(Debonding),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A802D5" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Molding,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C81466C" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CTE Mismatch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>翹曲</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46777B0B" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>3.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">先進封裝關鍵技術與製程之二, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>RDL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>流程與關鍵技術</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B83EB8" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>PVD Vs. CVD Vs. ALD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674AFDFF" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>光刻</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>對位與</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reticle Size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FF01DE" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>刻蝕、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>電鍍、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CMP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>與</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>清洗</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF78082" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RDL L/S &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>層數</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7109D36A" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>3.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">先進封裝關鍵技術與製程之三, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bumping </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">流程與關鍵技術 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210081B2" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bump Type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pitch &amp; Size:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7C4AA1" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>SAC305/SAC405/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>SnBi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A47C878" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:leftChars="322" w:left="708" w:firstLineChars="163" w:firstLine="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>UBM &amp; IMC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE29676" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>3.5 FOWLP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>FOPLP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>及</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FCCSP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>比較</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF32382" w14:textId="26445F2A" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>先進封裝關鍵技術與製程之四</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, Flip  Chip (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoW</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A60A7D" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>對位焊接</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>迴</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>流焊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Mass Reflow),Thermal Compression Bond, Laser</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AED5C90" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Assist Bond</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F04E397" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2 Laser </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>於先進封裝應用</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599C0B8B" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>關鍵材料與特性</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>: ABF, BT &amp; Underfill</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D686FE9" w14:textId="709F3402" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">先進封裝之異質整合  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9A1A07" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1 2.5D IC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>之封裝型式與應用</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E57D53" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoWoS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63059984" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.3 Si, Substrate, Glass </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">仲介板 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DF37EA" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>先進封裝關鍵技術與製程之五</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>矽通孔</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TSV, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>與</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TGV </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>玻璃通孔</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5670F97A" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoWoS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-L / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoWoS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-R / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoPoS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="471FA59F" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6 HBM to die </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>與</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Die to Die SerDes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2421989C" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>InFo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>InFo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>PoP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>應用</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E855F7" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>5.8 EMIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6736AE88" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9 EMIB Vs. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoWoS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>優缺點與應用選擇</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249372E8" w14:textId="259899EA" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3D IC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">流程與關鍵技術   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47ABF90F" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6.1 Chip on Wafer (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CoW</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>) Wafer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7E98EE" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on Wafer (WoW)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BDAC31" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">先進封裝關鍵技術與製程之六, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hybrid Bonding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">流程 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3183A373" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6.3 3D IC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>型式與應用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22224FD7" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>SoIC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Foveros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Co-EMIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B09243A" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Reliability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEC9A8F" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>產業鏈與市場趨勢</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F22842" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>產業鏈</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FF2A51" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>市場概況</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7507440F" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:ind w:leftChars="322" w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>先進封裝對設備、材料供應鏈影響</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F035EA4" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">總結與討論 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B33C0F9" w14:textId="657A3228" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Q&amp;A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547837AA" w14:textId="77777777" w:rsidR="00157E84" w:rsidRPr="007957AE" w:rsidRDefault="00157E84" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="050EFD61" w14:textId="6DCE5437" w:rsidR="00C0681F" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">課程講師： </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0681F" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>楊</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0681F" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>老師</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FFEB8C" w14:textId="27C02261" w:rsidR="00D95039" w:rsidRPr="007957AE" w:rsidRDefault="00D95039" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>學歷: 國立中央大學 機械工程學系 碩士</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E2499F" w14:textId="77777777" w:rsidR="00483B32" w:rsidRPr="007957AE" w:rsidRDefault="00C0681F" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">經歷: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95039" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>銀</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D95039" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>翰</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D95039" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>科技有限公司顧問，任職Amkor Technology Taiwan EVP、日月欣半導體 VP、Motorola Taiwan處長、TRW、台塑、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D95039" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>瑞享等</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D95039" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>，近30多年IC封裝相關業界經驗。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9449E3" w14:textId="71707454" w:rsidR="00483B32" w:rsidRPr="007957AE" w:rsidRDefault="00483B32" w:rsidP="00CA0AFD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>專長:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IC封測工程技術、IC封裝自動化實務、問題解決之思維模式與手法、工廠管理。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5387A7CA" w14:textId="77777777" w:rsidR="00C0681F" w:rsidRPr="007957AE" w:rsidRDefault="00C0681F" w:rsidP="00AC69F4">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="697CB8C8" w14:textId="78533FE9" w:rsidR="00EE0A78" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225AFC">
-[...22 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>課程諮詢</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3364483A" w14:textId="23D42381" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
-[...3442 lines deleted...]
-    <w:p w14:paraId="69DBA59C" w14:textId="5D9D9BDC" w:rsidR="00E25D2B" w:rsidRPr="00225AFC" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
+    <w:p w14:paraId="69DBA59C" w14:textId="5D9D9BDC" w:rsidR="00E25D2B" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>上課時間：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00225AFC">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00286F54" w:rsidRPr="00225AFC">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00286F54" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00225AFC">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00225AFC" w:rsidRPr="00225AFC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+      <w:r w:rsidR="00225AFC" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00225AFC" w:rsidRPr="00225AFC">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00225AFC" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>5/13，5/20 周三</w:t>
       </w:r>
-      <w:r w:rsidR="00286F54" w:rsidRPr="00225AFC">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00286F54" w:rsidRPr="007957AE">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00A85A79" w:rsidRPr="00225AFC">
+      <w:r w:rsidR="00A85A79" w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09:00~17:00</w:t>
       </w:r>
-      <w:r w:rsidR="000A5ED7" w:rsidRPr="00225AFC">
+      <w:r w:rsidR="000A5ED7" w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
-      <w:r w:rsidR="000A5ED7" w:rsidRPr="00225AFC">
+      <w:r w:rsidR="000A5ED7" w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>共14小時.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79DF4712" w14:textId="4C7BE61F" w:rsidR="00EE0A78" w:rsidRPr="00225AFC" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
+    <w:p w14:paraId="79DF4712" w14:textId="4C7BE61F" w:rsidR="00EE0A78" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>上課地點：</w:t>
       </w:r>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>新竹班</w:t>
       </w:r>
-      <w:r w:rsidR="00A85A79" w:rsidRPr="00225AFC">
+      <w:r w:rsidR="00A85A79" w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>教室 (課前一周通知上課教室地址)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1091449C" w14:textId="6532BD8C" w:rsidR="00692423" w:rsidRPr="00225AFC" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
+    <w:p w14:paraId="1091449C" w14:textId="141FC742" w:rsidR="00692423" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>報名方式：</w:t>
       </w:r>
-      <w:r w:rsidR="00AC69F4" w:rsidRPr="00225AFC">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00225AFC">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00AC69F4" w:rsidRPr="007957AE">
+          <w:rPr>
+            <w:rStyle w:val="ae"/>
+            <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>線上報名連</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007957AE">
+          <w:rPr>
+            <w:rStyle w:val="ae"/>
+            <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>結</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> 填寫</w:t>
       </w:r>
-      <w:r w:rsidR="00AC69F4" w:rsidRPr="00225AFC">
+      <w:r w:rsidR="00AC69F4" w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>資料</w:t>
       </w:r>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">。或請填妥報名表後，Email至 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00A85A79" w:rsidRPr="00225AFC">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00A85A79" w:rsidRPr="007957AE">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>service@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DCEED3D" w14:textId="3B760377" w:rsidR="00692423" w:rsidRPr="00225AFC" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
+    <w:p w14:paraId="6DCEED3D" w14:textId="3B760377" w:rsidR="00692423" w:rsidRPr="007957AE" w:rsidRDefault="00C06097" w:rsidP="00AC69F4">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="426" w:hanging="54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>聯絡單位：中華系統性創新學會，電話：03-5723200</w:t>
       </w:r>
-      <w:r w:rsidR="000453FC" w:rsidRPr="00225AFC">
+      <w:r w:rsidR="000453FC" w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B726E73" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
+    <w:p w14:paraId="4B726E73" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="292CE0D0" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
+    <w:p w14:paraId="292CE0D0" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225AFC">
+      <w:r w:rsidRPr="007957AE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>報名表:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10156" w:type="dxa"/>
         <w:tblInd w:w="-152" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="3211"/>
         <w:gridCol w:w="758"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="3615"/>
         <w:gridCol w:w="20"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="13F905B2" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="13F905B2" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10156" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39B94781" w14:textId="6578677B" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00D1401A" w:rsidP="00225AFC">
+          <w:p w14:paraId="39B94781" w14:textId="6578677B" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00D1401A" w:rsidP="00225AFC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1401A">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">先進封裝演進與關鍵技術 </w:t>
             </w:r>
-            <w:r w:rsidR="00225AFC" w:rsidRPr="00225AFC">
+            <w:r w:rsidR="00225AFC" w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">  (新竹班)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="5E7D21AD" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="5E7D21AD" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="535C2B5F" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="535C2B5F" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>姓</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>名*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11F8ADB6" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="11F8ADB6" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C2CDC90" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="0C2CDC90" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>手  機</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="301631B1" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="301631B1" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLine="460"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="5376FEDC" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="5376FEDC" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0181C38A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="0181C38A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>單</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>位*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3748DE" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="6A3748DE" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65F34E47" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="65F34E47" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>部  門*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="420EF919" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="420EF919" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLine="460"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="1AEAA072" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="1AEAA072" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="171C2267" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="171C2267" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>職  稱*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D609326" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="2D609326" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF9E873" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="6CF9E873" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>E-MAIL*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A578734" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="4A578734" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLine="460"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="5C4AA836" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="5C4AA836" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="361A04FD" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="361A04FD" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>電  話</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3E3401" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="1F3E3401" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305DD8E4" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="305DD8E4" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Line帳號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B566418" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="1B566418" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLine="460"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="32E4F246" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="32E4F246" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37240200" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="37240200" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>地  址</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8880" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6D806E" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="7B6D806E" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLine="460"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="4332078C" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="4332078C" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="142F3A14" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="142F3A14" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>學  曆</w:t>
+              <w:t xml:space="preserve">學  </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007957AE">
+              <w:rPr>
+                <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>曆</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8880" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72D3D227" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="72D3D227" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>□博士    □碩士    □大學    □專科    □其他    科系：____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="6ADD60C1" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="6ADD60C1" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7158568E" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="7158568E" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>團體報名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8880" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64FD777A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="64FD777A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>聯絡人姓名：                       電話：                           E-mail：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="3067DEE0" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="3067DEE0" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49D5B95C" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="49D5B95C" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>訊息來源*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8880" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2734D1F8" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="2734D1F8" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>□學會網站</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>□Email</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">    □學會電子報</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">   □Line組群□朋友   □其他:_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="37156AE4" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="37156AE4" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDE11AB" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="1BDE11AB" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>課程費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31587BE1" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="31587BE1" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>一般報名費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A952767" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="2A952767" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>I-SIM / SSI 會員/2人同行</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="57559D75" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="57559D75" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB289D0" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="4BB289D0" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3211" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5DDA5D" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="1B5DDA5D" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLineChars="100" w:firstLine="260"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">□NT$  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>,000/人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5649" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8EE78A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="7A8EE78A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">□ NT$  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>00/人</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="66787936" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="66787936" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8662F4" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="0A8662F4" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>發票</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8860" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="608EEF20" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="608EEF20" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLineChars="100" w:firstLine="260"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>發票抬頭：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                          </w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>統一編號：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="73B4AFF3" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="73B4AFF3" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36CEFD9C" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="36CEFD9C" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLineChars="100" w:firstLine="260"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">以上報名費不含轉帳匯款手續費用 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DE42037" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="3DE42037" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:firstLineChars="100" w:firstLine="260"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="Cambria Math"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>◎</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">完成匯款請將繳費證明(轉帳後5碼) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00225AFC">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="007957AE">
                 <w:rPr>
                   <w:rStyle w:val="ae"/>
                   <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:t>mail至service@ssi.org.tw</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> 以便核對。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w14:paraId="3505A356" w14:textId="77777777" w:rsidTr="00725078">
+      <w:tr w:rsidR="007957AE" w:rsidRPr="007957AE" w14:paraId="3505A356" w14:textId="77777777" w:rsidTr="00725078">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="20" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75CEF28A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="75CEF28A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>付款方式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8860" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3B7C50" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="1F3B7C50" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">銀行：兆豐國際商業銀行 竹科新安分行，總行代號 017 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="481CDD5B" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="481CDD5B" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">帳號：020-09-10136-1   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1664D32A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00725078">
+          <w:p w14:paraId="1664D32A" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00725078">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00225AFC">
+            <w:r w:rsidRPr="007957AE">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>戶名：中華系統性創新學會</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3457F31C" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
+    <w:p w14:paraId="3457F31C" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="299E17BF" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
+    <w:p w14:paraId="299E17BF" w14:textId="77777777" w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidRDefault="00225AFC" w:rsidP="00225AFC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00225AFC" w:rsidRPr="00225AFC" w:rsidSect="00AE6EFE">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="00225AFC" w:rsidRPr="007957AE" w:rsidSect="00AE6EFE">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1133" w:bottom="851" w:left="1077" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55D5AC9D" w14:textId="77777777" w:rsidR="00044CD9" w:rsidRDefault="00044CD9" w:rsidP="00EE0A78">
+    <w:p w14:paraId="1FDCFF14" w14:textId="77777777" w:rsidR="004F33BB" w:rsidRDefault="004F33BB" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59D7C758" w14:textId="77777777" w:rsidR="00044CD9" w:rsidRDefault="00044CD9" w:rsidP="00EE0A78">
+    <w:p w14:paraId="36BED5C4" w14:textId="77777777" w:rsidR="004F33BB" w:rsidRDefault="004F33BB" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -5615,58 +6349,58 @@
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A3ADC2E" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7501102B" w14:textId="77777777" w:rsidR="00044CD9" w:rsidRDefault="00044CD9" w:rsidP="00EE0A78">
+    <w:p w14:paraId="404908D6" w14:textId="77777777" w:rsidR="004F33BB" w:rsidRDefault="004F33BB" w:rsidP="00EE0A78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B51A5D7" w14:textId="77777777" w:rsidR="00044CD9" w:rsidRDefault="00044CD9" w:rsidP="00EE0A78">
+    <w:p w14:paraId="03E3124B" w14:textId="77777777" w:rsidR="004F33BB" w:rsidRDefault="004F33BB" w:rsidP="00EE0A78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1481CE6B" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D4D25A5" w14:textId="50294C80" w:rsidR="00EE0A78" w:rsidRPr="00EE0A78" w:rsidRDefault="00A85A79" w:rsidP="00286F54">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:pBdr>
@@ -6528,50 +7262,394 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="183F67BC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5F8BA8C"/>
+    <w:lvl w:ilvl="0" w:tplc="D9E6EBE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:b/>
+        <w:u w:color="FF0000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18CB4F90"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F9A837C"/>
+    <w:lvl w:ilvl="0" w:tplc="B5B0BC68">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5C20BD62" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0B82B4B4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D5C81AF0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B546E884" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BD2E0B48" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14A67EF4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F768FA82" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D974C8EA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CF809EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E0E2592"/>
+    <w:lvl w:ilvl="0" w:tplc="B83A1C44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="840"/>
+        </w:tabs>
+        <w:ind w:left="840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A7527CAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="1560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D08629C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2280"/>
+        </w:tabs>
+        <w:ind w:left="2280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="82B279CE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3000"/>
+        </w:tabs>
+        <w:ind w:left="3000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="68864AEC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3720"/>
+        </w:tabs>
+        <w:ind w:left="3720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C09A47B2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4440"/>
+        </w:tabs>
+        <w:ind w:left="4440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D058732E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5160"/>
+        </w:tabs>
+        <w:ind w:left="5160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="450413BE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5880"/>
+        </w:tabs>
+        <w:ind w:left="5880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AB0C980C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6600"/>
+        </w:tabs>
+        <w:ind w:left="6600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DFA3594"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D40EC13A"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographLegalTraditional"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6616,51 +7694,191 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E5A07A8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E390B4FA"/>
+    <w:lvl w:ilvl="0" w:tplc="90BA9A9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="840"/>
+        </w:tabs>
+        <w:ind w:left="840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CB18F956">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="1560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2578C47E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2280"/>
+        </w:tabs>
+        <w:ind w:left="2280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CE3EA536" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3000"/>
+        </w:tabs>
+        <w:ind w:left="3000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7B0628D2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3720"/>
+        </w:tabs>
+        <w:ind w:left="3720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7D688EE4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4440"/>
+        </w:tabs>
+        <w:ind w:left="4440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="63869FFA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5160"/>
+        </w:tabs>
+        <w:ind w:left="5160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BF3C0A36" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5880"/>
+        </w:tabs>
+        <w:ind w:left="5880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="09C29430" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6600"/>
+        </w:tabs>
+        <w:ind w:left="6600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="208E112D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B3083FC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -6729,51 +7947,420 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="274A6F57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71C651D8"/>
+    <w:lvl w:ilvl="0" w:tplc="57782FCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="840"/>
+        </w:tabs>
+        <w:ind w:left="840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C36CBAB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="1560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4BA457C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2280"/>
+        </w:tabs>
+        <w:ind w:left="2280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3E64CF16" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3000"/>
+        </w:tabs>
+        <w:ind w:left="3000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="027810F8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3720"/>
+        </w:tabs>
+        <w:ind w:left="3720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3B1275E8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4440"/>
+        </w:tabs>
+        <w:ind w:left="4440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B62C6698" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5160"/>
+        </w:tabs>
+        <w:ind w:left="5160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="52A05E0C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5880"/>
+        </w:tabs>
+        <w:ind w:left="5880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="71F436E4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6600"/>
+        </w:tabs>
+        <w:ind w:left="6600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B46652C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0CD6E4F2"/>
+    <w:lvl w:ilvl="0" w:tplc="B2B43016">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="840"/>
+        </w:tabs>
+        <w:ind w:left="840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B4C0C6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="1560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F3F6E93A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2280"/>
+        </w:tabs>
+        <w:ind w:left="2280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F1F28A4A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3000"/>
+        </w:tabs>
+        <w:ind w:left="3000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C4D49184" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3720"/>
+        </w:tabs>
+        <w:ind w:left="3720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0442A6A2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4440"/>
+        </w:tabs>
+        <w:ind w:left="4440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="360A8F3C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5160"/>
+        </w:tabs>
+        <w:ind w:left="5160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="587C1502" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5880"/>
+        </w:tabs>
+        <w:ind w:left="5880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3752B03C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6600"/>
+        </w:tabs>
+        <w:ind w:left="6600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E8F54D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DA22DF8"/>
+    <w:lvl w:ilvl="0" w:tplc="A7BAFA86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="815" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1385" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2345" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2825" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3785" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4265" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EDF520C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB94CCCE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -6842,51 +8429,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F0647F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47862DF0"/>
     <w:lvl w:ilvl="0" w:tplc="962A326A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6931,51 +8518,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="329418DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29F4CD7C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7044,51 +8631,285 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33A335D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01A8C1A6"/>
+    <w:lvl w:ilvl="0" w:tplc="A78C47E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="840"/>
+        </w:tabs>
+        <w:ind w:left="840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E88275A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:left="1560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="36D86436">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2280"/>
+        </w:tabs>
+        <w:ind w:left="2280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="05502C4C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3000"/>
+        </w:tabs>
+        <w:ind w:left="3000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E04096B0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3720"/>
+        </w:tabs>
+        <w:ind w:left="3720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="42F8B736" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4440"/>
+        </w:tabs>
+        <w:ind w:left="4440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="260CDEE4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5160"/>
+        </w:tabs>
+        <w:ind w:left="5160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="57560244" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5880"/>
+        </w:tabs>
+        <w:ind w:left="5880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2D92BCBA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6600"/>
+        </w:tabs>
+        <w:ind w:left="6600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="387D57ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9328F34"/>
+    <w:lvl w:ilvl="0" w:tplc="8FA89F76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:u w:color="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EA8644A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80000048"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7157,51 +8978,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D0E5BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EABCBEA4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7270,51 +9091,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4800" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5280" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DFC0EBC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="99B08E22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="992"/>
         </w:tabs>
         <w:ind w:left="992" w:hanging="567"/>
@@ -7387,51 +9208,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4776"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5202"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5179606C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50B0D4CC"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2400" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7500,51 +9321,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52D73719"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6CEF312"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7613,51 +9434,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4800" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5280" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B701636"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="192E77D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7726,51 +9547,253 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CAB5CB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8462397E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1426" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1906" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2386" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2866" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3346" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3826" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4306" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4786" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5266" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F7B3219"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="724EB6A2"/>
+    <w:lvl w:ilvl="0" w:tplc="9536DB2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="905" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1385" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2345" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2825" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3785" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4265" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FC13582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE549B8A"/>
     <w:lvl w:ilvl="0" w:tplc="EF24F4B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7815,51 +9838,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64611F53"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6D6E862E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="992" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
@@ -7928,51 +9951,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64863EF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7943102"/>
     <w:lvl w:ilvl="0" w:tplc="D74061A8">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="961" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8017,51 +10040,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3361" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3841" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4321" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6708726E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="99B08E22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="992"/>
         </w:tabs>
         <w:ind w:left="992" w:hanging="567"/>
@@ -8134,51 +10157,142 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4776"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5202"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68426A8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C08EBED0"/>
+    <w:lvl w:ilvl="0" w:tplc="D9E6EBE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:b/>
+        <w:u w:color="FF0000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="689561FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A4C562E"/>
     <w:lvl w:ilvl="0" w:tplc="9536DB2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8223,51 +10337,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D5115B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4223724"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -8336,51 +10450,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DC73383"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDB4EA6C"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2400" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -8449,51 +10563,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E0C05EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28C69A32"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1323" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -8562,51 +10676,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4203" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4683" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72834A97"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="99B08E22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="992"/>
         </w:tabs>
         <w:ind w:left="992" w:hanging="567"/>
@@ -8679,51 +10793,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4776"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5202"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="739D3044"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="155E16B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="992"/>
         </w:tabs>
         <w:ind w:left="992" w:hanging="567"/>
@@ -8796,51 +10910,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4776"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5202"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77D867C8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="20EAF5FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8920,270 +11034,317 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4776"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5202"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1378775530">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="611672884">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1269700252">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="187062473">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1808477009">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1399131350">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1549608806">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="761683584">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1384136405">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1218517109">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1499660344">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1732263297">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1343897953">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2013482557">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="555894580">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1357191498">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1389256405">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="815151425">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1164904144">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="163471729">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="269558047">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="572155237">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1566987217">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1495337367">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1511216629">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="106774877">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1281689185">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1282223297">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1836267070">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1800100295">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="872231748">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1143812544">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="540825778">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1455521652">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1071003451">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1120877905">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1060205030">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="277102840">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1281689185">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="39" w16cid:durableId="455873175">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1282223297">
+  <w:num w:numId="40" w16cid:durableId="585308977">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="191115465">
     <w:abstractNumId w:val="15"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE0A78"/>
     <w:rsid w:val="00012305"/>
     <w:rsid w:val="0003742A"/>
     <w:rsid w:val="000422F6"/>
     <w:rsid w:val="00043103"/>
     <w:rsid w:val="00044CD9"/>
     <w:rsid w:val="000453FC"/>
     <w:rsid w:val="000A5ED7"/>
     <w:rsid w:val="000B7448"/>
     <w:rsid w:val="000E6C83"/>
+    <w:rsid w:val="001148EC"/>
     <w:rsid w:val="00122382"/>
     <w:rsid w:val="00152486"/>
     <w:rsid w:val="00157DBC"/>
+    <w:rsid w:val="00157E84"/>
     <w:rsid w:val="001827C4"/>
     <w:rsid w:val="001D2CA1"/>
+    <w:rsid w:val="00212411"/>
     <w:rsid w:val="00225AFC"/>
     <w:rsid w:val="00236F33"/>
     <w:rsid w:val="00286F54"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="002E268F"/>
     <w:rsid w:val="00324B34"/>
     <w:rsid w:val="00362A85"/>
+    <w:rsid w:val="003A5032"/>
     <w:rsid w:val="0043774F"/>
     <w:rsid w:val="00470235"/>
     <w:rsid w:val="004733B8"/>
     <w:rsid w:val="0047401C"/>
     <w:rsid w:val="00474A8E"/>
     <w:rsid w:val="00477B1B"/>
     <w:rsid w:val="00483B32"/>
     <w:rsid w:val="004D1904"/>
+    <w:rsid w:val="004F33BB"/>
     <w:rsid w:val="0051760B"/>
     <w:rsid w:val="005374CB"/>
     <w:rsid w:val="00552A20"/>
     <w:rsid w:val="00566019"/>
     <w:rsid w:val="0058565B"/>
     <w:rsid w:val="0059652C"/>
     <w:rsid w:val="006467ED"/>
     <w:rsid w:val="0064774B"/>
     <w:rsid w:val="00647E42"/>
+    <w:rsid w:val="00667A5F"/>
     <w:rsid w:val="0068444D"/>
     <w:rsid w:val="0068476B"/>
     <w:rsid w:val="00692423"/>
     <w:rsid w:val="006B6CD7"/>
     <w:rsid w:val="006C5C67"/>
     <w:rsid w:val="00710F22"/>
     <w:rsid w:val="00723E2F"/>
     <w:rsid w:val="00744A22"/>
     <w:rsid w:val="00774034"/>
+    <w:rsid w:val="007957AE"/>
     <w:rsid w:val="00797648"/>
     <w:rsid w:val="007B2588"/>
     <w:rsid w:val="007C6F05"/>
     <w:rsid w:val="007F620E"/>
     <w:rsid w:val="00812DB4"/>
+    <w:rsid w:val="00851E96"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="008A226B"/>
     <w:rsid w:val="008D6B63"/>
     <w:rsid w:val="009278FA"/>
     <w:rsid w:val="0093761B"/>
     <w:rsid w:val="009972B5"/>
     <w:rsid w:val="009B6C54"/>
     <w:rsid w:val="009D2306"/>
     <w:rsid w:val="009E2D95"/>
     <w:rsid w:val="00A42622"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A6463E"/>
     <w:rsid w:val="00A678EA"/>
     <w:rsid w:val="00A80047"/>
     <w:rsid w:val="00A85A79"/>
     <w:rsid w:val="00A9684D"/>
     <w:rsid w:val="00AA0096"/>
     <w:rsid w:val="00AA4187"/>
     <w:rsid w:val="00AC0ABA"/>
     <w:rsid w:val="00AC4800"/>
     <w:rsid w:val="00AC69F4"/>
     <w:rsid w:val="00AE6EFE"/>
     <w:rsid w:val="00B07360"/>
     <w:rsid w:val="00B13981"/>
     <w:rsid w:val="00B60208"/>
     <w:rsid w:val="00B9549F"/>
     <w:rsid w:val="00B97382"/>
     <w:rsid w:val="00C06097"/>
     <w:rsid w:val="00C0681F"/>
     <w:rsid w:val="00C53382"/>
     <w:rsid w:val="00C54203"/>
+    <w:rsid w:val="00CA0AFD"/>
     <w:rsid w:val="00CB26F3"/>
     <w:rsid w:val="00CC76FA"/>
     <w:rsid w:val="00CD0CD4"/>
     <w:rsid w:val="00CE7672"/>
     <w:rsid w:val="00D038A8"/>
     <w:rsid w:val="00D1401A"/>
     <w:rsid w:val="00D71AB5"/>
     <w:rsid w:val="00D95039"/>
     <w:rsid w:val="00DC004D"/>
     <w:rsid w:val="00DD32E3"/>
     <w:rsid w:val="00E16D8D"/>
     <w:rsid w:val="00E25D2B"/>
     <w:rsid w:val="00E6103E"/>
     <w:rsid w:val="00E77444"/>
     <w:rsid w:val="00E84640"/>
+    <w:rsid w:val="00EB2EE8"/>
     <w:rsid w:val="00EC6454"/>
     <w:rsid w:val="00EE0A78"/>
     <w:rsid w:val="00EE7CD4"/>
     <w:rsid w:val="00F54909"/>
     <w:rsid w:val="00F96216"/>
+    <w:rsid w:val="00FB4BA5"/>
     <w:rsid w:val="00FB55D7"/>
     <w:rsid w:val="00FE7D4F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -10236,77 +12397,82 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00692423"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="aff1">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B7448"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="chi13px1">
+    <w:name w:val="chi13px1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00157E84"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1869026879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail&#33267;service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/course/general/crcs-242" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail&#33267;service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10575,54 +12741,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>470</Words>
-  <Characters>2685</Characters>
+  <Words>473</Words>
+  <Characters>2698</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3149</CharactersWithSpaces>
+  <CharactersWithSpaces>3165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>學會</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>