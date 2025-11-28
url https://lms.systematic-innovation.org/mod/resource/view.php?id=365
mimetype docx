--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,7668 +1,11809 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="59C1AF2D" w14:textId="2A97B0FB" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00880554" w:rsidP="0047401C">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="15AB6C81" w14:textId="1E4BE27A" w:rsidR="0013258F" w:rsidRPr="001A2E50" w:rsidRDefault="006C4B85" w:rsidP="00CE0CA6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="480" w:hanging="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK22"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK23"/>
+      <w:bookmarkStart w:id="2" w:name="OLE_LINK6"/>
+      <w:bookmarkStart w:id="3" w:name="OLE_LINK3"/>
+      <w:bookmarkStart w:id="4" w:name="OLE_LINK4"/>
+      <w:r w:rsidRPr="001A2E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="60"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>萃智</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D430D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="001A2E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="60"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>(TRIZ)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D430D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="001A2E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t>系統性技術創新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-        <w:t>-L2</w:t>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>師資培訓</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6662EFEE" w14:textId="1BB0CC7F" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="0047401C">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="25CBD66D" w14:textId="77777777" w:rsidR="00CE0CA6" w:rsidRPr="001A2E50" w:rsidRDefault="00CE0CA6" w:rsidP="00CE0CA6">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:widowControl w:val="0"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="1" w:left="946" w:hangingChars="295" w:hanging="944"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rStyle w:val="af"/>
+          <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2E50">
+        <w:rPr>
+          <w:rStyle w:val="af"/>
+          <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>【</w:t>
       </w:r>
-      <w:r w:rsidR="00880554" w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="001A2E50">
+        <w:rPr>
+          <w:rStyle w:val="af"/>
+          <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>晉升國際認證TRIZ講師，開啟專業授證與顧問的黃金大門</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2E50">
+        <w:rPr>
+          <w:rStyle w:val="af"/>
+          <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...16 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D63DCB0" w14:textId="77777777" w:rsidR="009D2306" w:rsidRPr="00D430D7" w:rsidRDefault="009D2306" w:rsidP="0047401C">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0CBFA15F" w14:textId="47198BC9" w:rsidR="00BC2D93" w:rsidRDefault="006C4B85" w:rsidP="00BE7511">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:widowControl w:val="0"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>日期：</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2358" w:rsidRPr="003D2358">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>2025/11/29,30;12/6,7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>L2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>(09-12; 13:00-17:30) + 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>小時講師網路研習會（另行安排）</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1B84">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="31A252D9" w14:textId="0F0BD6BD" w:rsidR="00E820E8" w:rsidRPr="00D430D7" w:rsidRDefault="00E820E8" w:rsidP="00E820E8">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="03FE327F" w14:textId="2DB7900C" w:rsidR="00FA19A0" w:rsidRPr="00DA41CE" w:rsidRDefault="006C4B85" w:rsidP="00BE7511">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:widowControl w:val="0"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>課程訊息</w:t>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>地點：遠距同步網路上課</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA644D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA644D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>活動前一周通知會議教室地點</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA644D">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>，遠距同步網路上課。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7E54CE" w14:textId="77777777" w:rsidR="00E820E8" w:rsidRPr="00D430D7" w:rsidRDefault="00E820E8" w:rsidP="00E820E8">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="6E9D9691" w14:textId="783FE190" w:rsidR="00305966" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00DB6416">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>【</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>目的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E052697" w14:textId="49F33E28" w:rsidR="000249C8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000249C8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="177" w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk101550730"/>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>本「系統性技術創新講師培訓」之目的在培訓大</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>專</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>創新課程的講師</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsiaTheme="minorEastAsia" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>及</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>產業公司內部技術創新課程講師及顧問，通過本課程講師資格者由國際創新方法學會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>授予國際創新方法第一階技術創新合格講師證。通過相關認定考試者</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>其福利如下</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A678E0" w14:textId="1054C3F5" w:rsidR="000249C8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000249C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:hanging="54"/>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>主辦單位：國際創新方法學會</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>得以取得</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>國際創新方法學會技術創新師</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>中華系統性創新學會</w:t>
+        <w:t>L1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>證照</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>及</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>技術創新講師證照</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>資格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B780556" w14:textId="537F3161" w:rsidR="00E820E8" w:rsidRPr="00D430D7" w:rsidRDefault="00E820E8" w:rsidP="00E820E8">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="5B77F354" w14:textId="74C5016C" w:rsidR="000249C8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000249C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:hanging="54"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>得以</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...113 lines deleted...]
-        <w:t>小時）</w:t>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>代表學會在產業或大專院校授課</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TRIZ(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>萃智</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>技術創新第一階課程。其授課學員得以參加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>萃智技術創新師</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (L1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>認證檢定。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06719760" w14:textId="5AC5DBFE" w:rsidR="00E820E8" w:rsidRPr="00D430D7" w:rsidRDefault="00E820E8" w:rsidP="00E820E8">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="23BEC212" w14:textId="1B15FF37" w:rsidR="000249C8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000249C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:hanging="54"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>得以</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>合法使用國際創新方法學會標準教材</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ppt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>檔於其上課中。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>需簽教材保密協定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6827FD3C" w14:textId="52525F03" w:rsidR="000249C8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000249C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>得以參加國際創新方法學會教師群</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>年度創新教學與產業應用研討會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>交流新知和經驗。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612AD8B0" w14:textId="2EF6958F" w:rsidR="000249C8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000249C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>得以合法取得國際創新方法學會不定</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>教材更新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(.ppt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>檔</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C7B560" w14:textId="085DEF70" w:rsidR="000249C8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000249C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E592B">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>附贈</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E592B">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E592B">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>「萃智創新精通」上冊及上冊參考解答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>上冊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>價值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NT 750/RMB 188; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>參考解答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>價值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000249C8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NT 500/RMB125.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5986D418" w14:textId="47E57685" w:rsidR="0061304E" w:rsidRPr="00D1411F" w:rsidRDefault="0061304E" w:rsidP="0061304E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="240" w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="905"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="3EDCBF3E" w14:textId="16B86DF9" w:rsidR="00E64DBF" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00DB6416">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>【</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>學會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>簡介】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A1717C" w14:textId="4CA1D565" w:rsidR="00F20FF8" w:rsidRPr="00F20FF8" w:rsidRDefault="006C4B85" w:rsidP="00F20FF8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>國際創新方法學會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-SIM (International Society of Innovation Methods)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>，總會在美國創新中心的矽</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71272" w:rsidRPr="00C71272">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>谷</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>立會。為世界上第一個，也是至今唯一以創新方法為名的國際社團組織。有別於一般萃智（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>）的學會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>協會，國際創新方法學會，宗旨為研究、開發、整合、傳播、應用，各種創新方法並形成綜效，以為產官學研界創新的助力。其中萃智系統化創新，與其他各種創新方法，均為創新方法的一部分。國際創新方法學會已成為國際推動創新方法整合與綜效的最重要單位之一，除了提供創新方法領域人員交流切磋的平臺外，也提供此領域最豐富的學習與應用資源。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A9B5D2" w14:textId="14F099A7" w:rsidR="00E64DBF" w:rsidRPr="00DA41CE" w:rsidRDefault="006C4B85" w:rsidP="00DA41CE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>中華系統性創新學會長期與國際和國內單位合作，並提供華人區完整與深入的系統化創新課程、輔導、學習與應用資源。為促進系統性創新理論及工具之研究開發、應用與傳佈，以期系統性且大幅提昇個人及企業解決問題及創新產品</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>製程之能力。本會乃引入國際創新方法學會（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-SIM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>）各種創新證照與培訓，其萃智證照提供華人區，最完整且最深入的萃智系列課</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>程。也提供國內最完整深入的國際專業</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>創新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>證照【</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-SIM TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>】。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB10D36" w14:textId="4C063BAE" w:rsidR="00E64DBF" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>【適合對象】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333EC0D8" w14:textId="0EEB2F5D" w:rsidR="00095747" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="00095747">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>感興趣之專科以上之教師、產業顧問</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295494E1" w14:textId="4E037C5E" w:rsidR="00CB6358" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="007E01B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>產品</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>製程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>設備等研發人員、工程經理、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>內部培訓</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>師。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE0416C" w14:textId="48C9C116" w:rsidR="00CB6358" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="007E01B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>欲學習系統化技術創新方法，以培養產業菁英之技術創新思維模式者。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB32444" w14:textId="5D38D4D9" w:rsidR="006C3BE6" w:rsidRPr="00FB23FC" w:rsidRDefault="005A1EA8" w:rsidP="006C3BE6">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB23FC">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>【參加學員資格】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A6584F" w14:textId="282BE6DA" w:rsidR="005A1EA8" w:rsidRDefault="005A1EA8" w:rsidP="005A1EA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="DengXian" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>萃智背景資格</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>已通過</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TRIZ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>第一階</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>課程至少</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>小時培訓證明者。沒有</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TRIZ 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>小時</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>培訓經驗者</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>需另行補足學會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRIZ L1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>技術第一階網路課程。（另行與學會聯繫安排）</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DF04E9C" w14:textId="48892B6D" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00D430D7">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="7396BCD7" w14:textId="434E2536" w:rsidR="005A1EA8" w:rsidRDefault="005A1EA8" w:rsidP="005A1EA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="DengXian" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-        <w:t>課程目的</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>講師資格</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>大專院校</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>具有講師以上身份者</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>年以上產業主管或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>年以上工程師經驗。未達講師資格者</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>具備</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>萃智背景資格</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>者</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>得參加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1EA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>創新師部分。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270482A7" w14:textId="0821741E" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00D430D7">
-[...89 lines deleted...]
-        <w:t>天基礎萃智訓練，含因果鏈、發明原理、技術矛盾、物理矛盾。</w:t>
+    <w:p w14:paraId="53079156" w14:textId="79E28635" w:rsidR="00E64DBF" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>【課程效益】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7314FB2F" w14:textId="77777777" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00D430D7">
-[...12 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="78C8123A" w14:textId="756632F9" w:rsidR="000816D8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>提升學員的創新思維與邏輯能力，協助求解產業工程問題。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E702612" w14:textId="14CC0FEF" w:rsidR="000816D8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>提升學員對產業實務（產品、制程</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>設備）的深度分析與問題解決能力。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7142B4" w14:textId="5C13D136" w:rsidR="000816D8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>提升學員的工程創新之實務教學能力，亦能在日常生活產生創新發明的點子。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5718B5C7" w14:textId="45B369F5" w:rsidR="000816D8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>行銷與研發人員</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>用於</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>激發創新產品的點子。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A026A95" w14:textId="5A812D34" w:rsidR="000816D8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>公司主管，用於突破思維慣性，提升創新認知，識別創新機會。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BFC76B" w14:textId="045D8CD3" w:rsidR="000816D8" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>大專院校教師取得欲從事「系統化創新」課程之教學。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D524649" w14:textId="2C8B0C22" w:rsidR="000816D8" w:rsidRPr="00783E40" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="DengXian" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>習得作為</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>萃智</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>講師應注意的事項。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685F4671" w14:textId="2BE74981" w:rsidR="000816D8" w:rsidRPr="00783E40" w:rsidRDefault="006C4B85" w:rsidP="000816D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="845" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="DengXian" w:hAnsi="微軟正黑體"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000816D8">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>若取得國際創新證照，可以證明有相對應層級的創新解題或發想的能力。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C15D0FA" w14:textId="6C9A1887" w:rsidR="00E64DBF" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>【專業證照】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFEC516" w14:textId="33E7D8AA" w:rsidR="000824B1" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="000824B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>於實體課程出席率達八成，可取得</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>相關階層的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>【結業證書】。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754DFCF2" w14:textId="355D01C8" w:rsidR="003119BA" w:rsidRPr="00783E40" w:rsidRDefault="006C4B85" w:rsidP="003119BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="DengXian" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>課程結束並通過相對應的考試和培訓演練，可取得【</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...169 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-SIM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>系統化技術創新師</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...203 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>】和【</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-SIM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-        <w:t>課程大綱：</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>系統化技術創新講師】證照</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496D1A">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>及講師資格</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003119BA">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8881" w:type="dxa"/>
+        <w:tblStyle w:val="afc"/>
+        <w:tblW w:w="6804" w:type="dxa"/>
+        <w:tblInd w:w="1555" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3425"/>
+        <w:gridCol w:w="3379"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE61F6" w:rsidRPr="00B256F9" w14:paraId="09FD46A6" w14:textId="77777777" w:rsidTr="00BB1645">
+        <w:trPr>
+          <w:trHeight w:val="1546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4702F5C7" w14:textId="77777777" w:rsidR="00CE61F6" w:rsidRPr="00B256F9" w:rsidRDefault="00CE61F6" w:rsidP="00BB1645">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B256F9">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-SIM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B256F9">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>系統化技術創新師</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B256F9">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="579BAB08" w14:textId="77777777" w:rsidR="00CE61F6" w:rsidRPr="00B256F9" w:rsidRDefault="00CE61F6" w:rsidP="00BB1645">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B256F9">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F8CE41A" wp14:editId="4B178C64">
+                  <wp:extent cx="1440000" cy="1080000"/>
+                  <wp:effectExtent l="0" t="0" r="8255" b="6350"/>
+                  <wp:docPr id="210579986" name="圖片 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1585360227" name="圖片 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1440000" cy="1080000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE61F6" w:rsidRPr="00B256F9" w14:paraId="74BDC71F" w14:textId="77777777" w:rsidTr="00BB1645">
+        <w:trPr>
+          <w:trHeight w:val="1560"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="548C01A1" w14:textId="77777777" w:rsidR="00CE61F6" w:rsidRPr="00B256F9" w:rsidRDefault="00CE61F6" w:rsidP="00BB1645">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B256F9">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-SIM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B256F9">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>系統化技術創新講師</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A276797" w14:textId="77777777" w:rsidR="00CE61F6" w:rsidRPr="00B256F9" w:rsidRDefault="00CE61F6" w:rsidP="00BB1645">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B256F9">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6171B516" wp14:editId="623D083F">
+                  <wp:extent cx="1440000" cy="1080000"/>
+                  <wp:effectExtent l="0" t="0" r="8255" b="6350"/>
+                  <wp:docPr id="1076971056" name="圖片 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1792556479" name="圖片 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1440000" cy="1080000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1454192A" w14:textId="77777777" w:rsidR="0027488F" w:rsidRDefault="0027488F" w:rsidP="0027488F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="771A5B23" w14:textId="77777777" w:rsidR="0027488F" w:rsidRPr="0027488F" w:rsidRDefault="0027488F" w:rsidP="0027488F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B435C49" w14:textId="2F4F821C" w:rsidR="00B55A81" w:rsidRPr="0014364F" w:rsidRDefault="0014364F" w:rsidP="00934A30">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="006C4B85" w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>【課程大綱】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A6A45D" w14:textId="5E77B679" w:rsidR="007A3801" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
+        <w:ind w:left="843"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>技術創新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Level 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>：訓練內容</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4B85">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>小時</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>（網路）（已通過</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>L1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>課程者免）</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9036" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3003"/>
-        <w:gridCol w:w="5878"/>
+        <w:gridCol w:w="2304"/>
+        <w:gridCol w:w="6732"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="7ADF5FB6" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="017EC465" w14:textId="77777777" w:rsidTr="007A60C2">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="421"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8881" w:type="dxa"/>
+            <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CBC9CFC" w14:textId="76C7FE6D" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="6DFC420C" w14:textId="34FDA404" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
             <w:pPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>技術創新</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Level 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
               </w:rPr>
               <w:t>大綱</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="3B14F7B0" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="5E6A0295" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6667C618" w14:textId="39D2E6AC" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="7740F7E2" w14:textId="279FB5E9" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>第一階工具重點複習</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>系統性創新介紹</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5878" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="6732" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36278606" w14:textId="64802347" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="127284DA" w14:textId="20A0B9DB" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>萃智七大哲理及其相對應工具</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>萃智與系統性創新概觀</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="254D5EF6" w14:textId="5ECBFD2D" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="4E5F65DA" w14:textId="0B1461C2" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...47 lines deleted...]
-              <w:t>的功能分析</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>萃智與其他創新手法比較</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2440C17C" w14:textId="3C04749A" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="3CD3410D" w14:textId="4B5B6F40" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>基於接觸理念的因果鏈和因果矛盾鏈</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>萃智七大思維哲理</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="634B7BC6" w14:textId="1E39542D" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="0F7355EF" w14:textId="44868ED8" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="33"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>工程矛盾與物理矛盾的傳統解法</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>萃智工作原理</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D850F1" w14:textId="74174B4A" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="62C15F95" w14:textId="064ED088" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...27 lines deleted...]
-              <w:t>資源庫解題</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>萃智與傳統解題方法比較</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42A60A9D" w14:textId="54E0505B" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="2F7CB64A" w14:textId="2FFBA209" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...45 lines deleted...]
-              <w:t>解題流程回顧</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>知識體系綜觀</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="477B47BA" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="3F202F4A" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6EF946" w14:textId="1870389A" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="23F1F5D5" w14:textId="5CAFB491" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>技術創新工具整體概觀</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>功能分析</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5878" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="6732" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="725DC034" w14:textId="18B29D0E" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="1470AED8" w14:textId="63276A1F" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>技術創新工具在解題流程中的關係</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>功能分析定義和應用</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11A37990" w14:textId="08A2D376" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="41F04C5E" w14:textId="16D561F1" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...8 lines deleted...]
-              <w:t>創新方法發展階段與工具整體觀</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>元件分析，功能關係矩陣，功能模型</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AAE78F5" w14:textId="11C1DF87" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>物的觀點對比人的觀點</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52631B6E" w14:textId="4C211A2E" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>換加減法解不利功能</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="698C6816" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="3DBA25D6" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7B902C" w14:textId="60F83607" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="50C30C0A" w14:textId="7B60E683" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...8 lines deleted...]
-              <w:t>參數操作以解物理矛盾</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>因果矛盾鏈分析</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5878" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="6732" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2256CD84" w14:textId="307BE231" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="6BE6DB4C" w14:textId="50C890C0" w:rsidR="005E19BA" w:rsidRPr="005E19BA" w:rsidRDefault="006C4B85" w:rsidP="005E19BA">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>物理矛盾模式化</w:t>
+            <w:r w:rsidRPr="005E19BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>因果鏈</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7716F925" w14:textId="1353219C" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="1277D571" w14:textId="18DB8C0E" w:rsidR="005E19BA" w:rsidRPr="005E19BA" w:rsidRDefault="006C4B85" w:rsidP="005E19BA">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>參數操作整體觀</w:t>
+            <w:r w:rsidRPr="005E19BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>從因果鏈到因果矛盾鏈分析</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4761097C" w14:textId="3F65200F" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="70769CB8" w14:textId="2F87997F" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...37 lines deleted...]
-              <w:t>參數展開與操作</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>基於屬性的因果鏈建構</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70B5BC6D" w14:textId="7A0B77AD" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="116729C5" w14:textId="4301245E" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
-              <w:snapToGrid w:val="0"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...98 lines deleted...]
-              <w:t>參數轉移</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>因果鏈的階層關係和解題流程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="418DC074" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="20584950" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A81FD7E" w14:textId="2C4F9B72" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="294A5038" w14:textId="41CC8D48" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>資源分析與識別</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>工程矛盾與發明原則</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5878" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="6732" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77E69B05" w14:textId="59D4785C" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="22F44724" w14:textId="685DF72F" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...17 lines deleted...]
-              <w:t>資源定義、概觀、與精實之關係</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>40+3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>個發明原</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E19BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>理</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64D5FD42" w14:textId="0F2565AF" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="1059FEE8" w14:textId="2F2D6DC1" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...27 lines deleted...]
-              <w:t>化無用爲有用的手法</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>至</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>個工程參數</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0061C34B" w14:textId="5B858C66" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="6794C10D" w14:textId="0FEE3449" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...27 lines deleted...]
-              <w:t>化有害爲有利的手法</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>工程矛盾模式化</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BF0775" w14:textId="4AF81F61" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>矛盾矩陣</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>傳統矩陣與新矩陣</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B8DF762" w14:textId="31D55A06" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>解決工程矛盾的方法</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="6F84846E" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="08961433" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="761D026C" w14:textId="0CACC635" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="76014C50" w14:textId="42F801B2" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>特徵轉移</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>解決物理矛盾</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5878" w:type="dxa"/>
+            <w:tcW w:w="6732" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51F2E11E" w14:textId="3EFB146A" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="2AD9997E" w14:textId="43AA53F7" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>特徵轉移定義及概觀</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>物理矛盾模式化</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DB32DB6" w14:textId="758725EF" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="78E23722" w14:textId="748825BF" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>特徵轉移的用途</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>傳統解決物理矛盾的方法</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>參數</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>內</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>分離</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DED9BF3" w14:textId="2E353BCB" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="196A14AE" w14:textId="41C21D3E" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
                 <w:spacing w:val="30"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...17 lines deleted...]
-              <w:t>種特徵轉移方式及其演算法</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>參數展開及參數間分離解物理矛盾</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DA5B177" w14:textId="510766AB" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>工程矛盾與物理矛盾的轉換</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="5F02A1C0" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="09C357B4" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49D950EB" w14:textId="7F4E51D7" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="0091A6A6" w14:textId="10647246" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>物場分析與標準解</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>效應</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>資源知識庫與功能導向搜索</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5878" w:type="dxa"/>
+            <w:tcW w:w="6732" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31022302" w14:textId="6856DFE4" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="6EB2D1AB" w14:textId="74CE0106" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>模式化問題分析與解題之宏觀</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>基於</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>TRIZ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>的搜索概觀</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A05E330" w14:textId="6A6DC5F5" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="5D228322" w14:textId="575B18DB" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>物場分析的符號和定義（對比功能分析）</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>功能</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>屬性</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>效應</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>資源</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>技術間的關係</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EE96BA7" w14:textId="6FB8CFE9" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="00F4FC10" w14:textId="6AD3ECA3" w:rsidR="00EA2A9C" w:rsidRPr="00EA2A9C" w:rsidRDefault="006C4B85" w:rsidP="00EA2A9C">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>使用物場分析解决問題的流程</w:t>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>效應</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>資來源資料庫</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BD39686" w14:textId="309572B8" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="748E14DD" w14:textId="196BC1B0" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="00EA2A9C">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...38 lines deleted...]
-              <w:t>三元素結構化物場分析的解題法</w:t>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>AI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>輔助的功能導向搜索：一個整合的流程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="0B9DAB2C" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="3398631E" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03042A61" w14:textId="3489C019" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="260839C8" w14:textId="472CA4B2" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...27 lines deleted...]
-              <w:t>簡介</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>裝置裁剪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5878" w:type="dxa"/>
+            <w:tcW w:w="6732" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51DA86BB" w14:textId="7BBB3485" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="249D79A3" w14:textId="0BE7BCDD" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...17 lines deleted...]
-              <w:t>的意義與特色</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>裝置裁剪概觀</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="476F9651" w14:textId="150F45AD" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="48501CBC" w14:textId="7A939382" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...57 lines deleted...]
-              <w:t>個步驟</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>裁剪流程</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EE67EDD" w14:textId="6977A040" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="07C250A1" w14:textId="3AEBA2C6" w:rsidR="00EA2A9C" w:rsidRPr="008D52C3" w:rsidRDefault="006C4B85" w:rsidP="00EA2A9C">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
               </w:tabs>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsia="DengXian" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...17 lines deleted...]
-              <w:t>第一階段說明及演練</w:t>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>6+11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>個</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>裁剪模式</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EA32391" w14:textId="743C5259" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>裁剪規劃</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>裁剪規則</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>裁剪方法</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="6855CDA9" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="407512B3" w14:textId="77777777" w:rsidTr="000A0317">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="330"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8881" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ABC6404" w14:textId="48F57AEA" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="781F4FE2" w14:textId="57542E65" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>重點回顧、總結、答疑</w:t>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>相關組織學習資源簡介</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6732" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64489712" w14:textId="245D419B" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>相關組織簡介</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD8850D" w14:textId="35E80129" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="992"/>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="81" w:left="601" w:hangingChars="151" w:hanging="423"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t>學習資源簡介</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="5AA68E77" w14:textId="77777777" w:rsidTr="00A0605F">
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="512A18CA" w14:textId="77777777" w:rsidTr="007A3801">
         <w:trPr>
-          <w:trHeight w:val="174"/>
+          <w:trHeight w:val="405"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8881" w:type="dxa"/>
+            <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EBFAEED" w14:textId="021821EF" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00A0605F">
+          <w:p w14:paraId="665B21BC" w14:textId="1CC5F730" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
             <w:pPr>
-              <w:spacing w:line="400" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>重點回顧、總結、答疑</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="31722DE2" w14:textId="77777777" w:rsidTr="008A7276">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9036" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BC64C2" w14:textId="04BCDE8A" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>參加</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">I-SIM </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...15 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>國際證照考試</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>另行安排考試時間</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42B4594D" w14:textId="77777777" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00D430D7">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="726F9C07" w14:textId="6DCE323C" w:rsidR="007A3801" w:rsidRPr="00861336" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861336">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>技術創新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861336">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Level 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861336">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>：訓練內容</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861336">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861336">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>天</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8356" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2402"/>
+        <w:gridCol w:w="5954"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="24641C8E" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8356" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC19B00" w14:textId="2F11F904" w:rsidR="007A3801" w:rsidRPr="005839BD" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="_Hlk104994802"/>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>技術創新</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Level 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005839BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>大綱</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="3A94C70F" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA826FD" w14:textId="6E99BB71" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="_Hlk120637942"/>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>第一階工具重點複習</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EC829D" w14:textId="3817C47F" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>萃智七大哲理及其相對應工具</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C5B9E8B" w14:textId="0F059ACC" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>人的觀點</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>物的觀點</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>的功能分析</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11DE2EB7" w14:textId="3A5F4518" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>基於接觸理念的因果鏈和因果矛盾鏈</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B2CB78" w14:textId="085284C7" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="649"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>工程矛盾與物理矛盾的傳統解法</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D347BC8" w14:textId="5FB95086" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>效應</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>資源庫解題</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="717D828B" w14:textId="039EB31C" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>裝置裁剪的精義</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7705F4FF" w14:textId="51D92A38" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">L1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>解題流程回顧</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="73BB6FD4" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A55DFE" w14:textId="04C8B0AB" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>技術創新工具整體概觀</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B13C76A" w14:textId="6132354A" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>技術創新工具在解題流程中的關係</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D62E4F" w14:textId="7173E4EC" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>創新方法發展階段與工具整體觀</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="6E9A7B28" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BDFDC4" w14:textId="66F42C2D" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>參數操作以解物理矛盾</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15ACA542" w14:textId="4BAC3C4D" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>參數操作整體觀</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="570A03E4" w14:textId="78DF0281" w:rsidR="00EA2A9C" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00EA2A9C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>倍效益的矛盾新解法</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2A9C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>參數展開與操作</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="635AAD75" w14:textId="4A77E283" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="833" w:hanging="357"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>參數展開</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28BD3DD1" w14:textId="5EE19D3F" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="833" w:hanging="357"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>參數強化</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EF94C5F" w14:textId="75088FB4" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="833" w:hanging="357"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>參數分離</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF3C35C" w14:textId="4D54DBB1" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="833" w:hanging="357"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>參數轉移</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="7"/>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="3C1BDC0F" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3773AC76" w14:textId="18DADDF6" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>資源分析</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>與識別</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BABF951" w14:textId="485477F9" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TRIZ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>資源定義、概觀、與精實之關係</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F887915" w14:textId="56FD52ED" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>資源搜尋</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>化無用為有用的手法</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="719A00C1" w14:textId="012C01A3" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="007A3801">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>資源轉換</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>化有害為有利的手法</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="63623008" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D5ED50" w14:textId="1F635B5C" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="_Hlk120638022"/>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>特徵轉移</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FDE2F1" w14:textId="47914AD7" w:rsidR="007A3801" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>特徵轉移定義及概觀</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F7F8F6" w14:textId="57EAA424" w:rsidR="007A3801" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>特徵轉移的用途</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2216E52A" w14:textId="328EE95D" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>種特徵轉移方式及其演算法</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="73F7CF84" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D99074" w14:textId="75916897" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="_Hlk120638543"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>物場分析與標準解</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D877B0B" w14:textId="031567F9" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>模式化問題分析與解題之宏觀</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31884B16" w14:textId="7CAEE116" w:rsidR="007A3801" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>物場分析的符號和定義（對比功能分析）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54B548A8" w14:textId="3C884B57" w:rsidR="007A3801" w:rsidRPr="00561AAE" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>使用物場分析解決問題的流程</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0D1FDA" w14:textId="67DE1278" w:rsidR="00455E44" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>三元素結構化物場分析的解題法</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30317239" w14:textId="7C775EBC" w:rsidR="007A3801" w:rsidRPr="00455E44" w:rsidRDefault="006C4B85" w:rsidP="00455E44">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>各家物場分析和標準解方法的比較</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="551AB299" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E100DB" w14:textId="15511810" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="000A0317">
+            <w:pPr>
+              <w:spacing w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="_Hlk120638556"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>發明性問題解決演繹法</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">(ARIZ-85) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>簡介</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46EA7573" w14:textId="7985D867" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ARIZ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>的意義與特色</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA896D8" w14:textId="0EED8609" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ARIZ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>整體流程概觀</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>三個階段及</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561AAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>個步驟</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DAF9CAE" w14:textId="3BC0DFD7" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00561AAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ARIZ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>第一階段說明及演練</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="10"/>
+      <w:tr w:rsidR="007A3801" w:rsidRPr="005839BD" w14:paraId="20335DCD" w14:textId="77777777" w:rsidTr="000A0317">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8356" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C428D4B" w14:textId="57F51E71" w:rsidR="007A3801" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="新細明體"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>重點回顧、總結、答疑</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00561AAE" w:rsidRPr="005839BD" w14:paraId="4FFB2511" w14:textId="77777777" w:rsidTr="003D1E47">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8356" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03041DE2" w14:textId="41471881" w:rsidR="00561AAE" w:rsidRPr="00335BF1" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>參加</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I-SIM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>國際證照考試</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>及講師輔導</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335BF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>另行安排考試時間</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="6"/>
+    </w:tbl>
+    <w:p w14:paraId="78FFE872" w14:textId="77777777" w:rsidR="00861336" w:rsidRDefault="00861336" w:rsidP="00ED514D">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BD2B24C" w14:textId="5D4E7CC3" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00D430D7">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="2A5B3E02" w14:textId="33D12186" w:rsidR="00F65C3A" w:rsidRPr="0098140E" w:rsidRDefault="006C4B85" w:rsidP="00ED514D">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098140E">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>【課程特色】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096695CB" w14:textId="32EF72A3" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>本課程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017619E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>內容著重在系統化、實戰化創新思維的培養，協助學員跳出心理慣性的思考窠臼，以解決工程問題並強化邏輯推理能力。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>內容係整合</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>家傳統</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>及講師團隊十多年來發展的新工具所形成的新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRIZ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6778">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>高效系統化創新工具</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。除了整合</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>古典</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRIZ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Mann, MA TRIZ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-GEN3, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fey, Petrov, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6E94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Souchkov</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Royzen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Belski, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>等各家之長，去蕪存菁外，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>並</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>增加</w:t>
+      </w:r>
+      <w:r w:rsidR="00843E4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>大量</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>自行研發的新思維及新工具，其內容遠超過</w:t>
+      </w:r>
+      <w:r w:rsidR="00843E4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>一般</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>並</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>輔以大量案例及演練。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017619E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>其原理與方法亦可於後續轉換用於辨識創新產品機會、解決管理矛盾、和專利規避</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017619E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017619E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>再生</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017619E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017619E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>擴展。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>以下</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>L1, L2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>L3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>的新思維和新工具皆為坊間其他</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>課程所沒有的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F8D2FAA" w14:textId="1576B6E4" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>七大哲理</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>理想性</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>資源</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>功能</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>價值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>矛盾</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>空間</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>時間</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>領域</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>介面</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>系統轉移</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>系統轉換。為</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRIZ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>可以產生強效的思維模式和</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>解題</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>工</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>具</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(L1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266A58F6" w14:textId="4EF4E804" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>因果矛盾鏈</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>及</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>基於屬性的因果矛盾鏈</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>整合因果及工程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>物理矛盾辨識於同一工具，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>又可以最大化因果矛盾鏈的完整性。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(L1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E3A4CA" w14:textId="32F63D22" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>知識體系綜觀</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>完整顯示</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>領域解題流程及各工具間的關係及綜效。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(L1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3035C7E7" w14:textId="4DF353DD" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>物的觀點對比人的觀點</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>跳脫思維慣性，看到一般人看不到的實體現象。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009AB374" w14:textId="69378BD9" w:rsidR="00526416" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>發明</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>原理增加</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>個到</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>個。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A42BFB0" w14:textId="53B3E25F" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>換加減法解不利功能。（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>L1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7FBBAE" w14:textId="5E3E40A3" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>倍效益的物理矛盾新解法</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>參數展開與操作，所有現有工具僅為此手法</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>個解題策略中的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>個策略。大幅提升解題效益。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L1 &amp; L2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184FC114" w14:textId="1FC9FF1B" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>強化參數組合及新矛盾矩陣。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>從</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>工程參數增至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>工程參數及新矛盾矩陣</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>)(L1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46AEDEF4" w14:textId="464A8175" w:rsidR="00F65C3A" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>完整的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>裝置</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>裁減</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>手法</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>有別於傳統只有</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>ABC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>裁剪法則，本系統提供</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>: AXBCDE, 6+11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>個裁剪法則。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576F4C10" w14:textId="2BE1BB73" w:rsidR="00E61DBB" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>資源搜尋：化無用為有用的具體手法。（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>L2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C5DAFA" w14:textId="509E981F" w:rsidR="00E61DBB" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>資源轉換：化有害為有利的具體手法。（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>L2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386E8881" w14:textId="4A12C2C7" w:rsidR="00E61DBB" w:rsidRPr="00D30551" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>系統化物場分析的解題結構和流程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00831A13">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>可產生比</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>76</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>標準解加倍的可能解題模式。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAC0371" w14:textId="00883DAF" w:rsidR="00F65C3A" w:rsidRPr="00BB1C3F" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB1C3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>流程裁剪</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>法則</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1C3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>及</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>手法。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EC22B9" w14:textId="146CFD37" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>擴展的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>個技術演化趨勢。（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>L3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FCDDEA" w14:textId="6BE2D0EE" w:rsidR="00F65C3A" w:rsidRPr="00425625" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>問題重架構分析</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>不面對問題，解決當前問題的方法。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADA1129" w14:textId="278D9372" w:rsidR="00F65C3A" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>失效規避導向的產品設計方法</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2905CD" w14:textId="2809B553" w:rsidR="00E72515" w:rsidRDefault="006C4B85" w:rsidP="00450551">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:rightChars="-145" w:right="-319" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315964">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>反向</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>效應</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>資源庫以識別創新產品轉型的機會。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t>(L3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D088DD" w14:textId="2C27218A" w:rsidR="0013258F" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:ind w:left="482" w:hanging="482"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D430D7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>課程講師：</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>【授課講師】許棟樑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>許棟梁</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>教授</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="00D430D7">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="006E5EB5">
           <w:rPr>
-            <w:rStyle w:val="ae"/>
-[...1 lines deleted...]
-            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+            <w:b/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>簡歷連結</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D0EC07B" w14:textId="716E4904" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00D430D7">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="4CBFF3BA" w14:textId="747A7A3C" w:rsidR="003C5D24" w:rsidRPr="00450551" w:rsidRDefault="006C4B85" w:rsidP="00837A6D">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>現職</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>國際創新方法學會理事長。中華系統性創新學會名譽理事長。國際系統性創新期刊主編</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(SCOPUS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>檢索</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>。電腦與工業工程期刊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>領域編輯</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SCI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>檢索</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>。清華大學榮譽退休教授。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD68636" w14:textId="392C57EF" w:rsidR="00837A6D" w:rsidRPr="00450551" w:rsidRDefault="006C4B85" w:rsidP="00837A6D">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>學歷</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>美國西北大學企管碩士</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>美國加州大學洛杉磯分校工學博士、資訊科學碩士</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>紐約州立大學機械碩士</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>臺灣大學機械學士。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BAD3E7" w14:textId="1D84C144" w:rsidR="00837A6D" w:rsidRPr="00450551" w:rsidRDefault="006C4B85" w:rsidP="00837A6D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="80" w:after="40" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>經歷</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年業界</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年學界工作經驗。曾服務於美國電子業</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t>Motorola (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>摩托羅拉</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>及</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t>Hewlett-Packard (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>惠普</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>多年。中華萃思學會秘書長。中國工業工程學會教育與訓練委員會召集人。兼任中央標準局電子類專利外審審查委員</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>國際製造工程學會臺灣分會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>秘書長、理事、教育訓練中心主任。台大機械系校友會理事，工研院顧問。臺灣高等考試命題委員。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5925276A" w14:textId="0A1CCF0C" w:rsidR="00E64DBF" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00ED514D">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>【報名諮詢】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0165EB66" w14:textId="1AEB20EF" w:rsidR="00E64DBF" w:rsidRPr="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00E64DBF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...746 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>學會電話：（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:vertAlign w:val="superscript"/>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>03</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>TRIZ</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>七大哲理</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve">572-3200  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>學會地址：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>理想性</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>30071</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>新竹市光復路二段</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>資源</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>功能</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>號</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>價值</w:t>
-[...143 lines deleted...]
-        <w:t>可以産生强效的思維模式和工作原理。</w:t>
+        <w:t>樓</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="295CCFAE" w14:textId="4BC953BD" w:rsidR="00D430D7" w:rsidRPr="00D430D7" w:rsidRDefault="00D430D7" w:rsidP="00D430D7">
-[...1001 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w14:paraId="03C08CF5" w14:textId="3F22E5BE" w:rsidR="001B671B" w:rsidRPr="00416BFE" w:rsidRDefault="006C4B85" w:rsidP="004A7801">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="8"/>
         </w:numPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:hanging="54"/>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>報名方式：填妥報名表後，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>報名方式：</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E07627" w:rsidRPr="00E07627">
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00450551">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17822">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service@i-sim.org</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00AE3F83">
           <w:rPr>
-            <w:rStyle w:val="ae"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+            <w:b/>
+            <w:kern w:val="2"/>
+            <w:highlight w:val="yellow"/>
           </w:rPr>
-          <w:t>線</w:t>
-[...26 lines deleted...]
-          <w:t>連結</w:t>
+          <w:t>線上報名</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E07627">
-[...55 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00AE3F83">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>填寫</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4DB86C8D" w14:textId="5D7ED8A5" w:rsidR="00E820E8" w:rsidRPr="00D430D7" w:rsidRDefault="00E820E8" w:rsidP="00E820E8">
-[...6 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="45E53CDA" w14:textId="1E9EF0CC" w:rsidR="0014364F" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:hanging="54"/>
-[...155 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>【報名表】</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10156" w:type="dxa"/>
-        <w:tblInd w:w="-152" w:type="dxa"/>
+        <w:tblW w:w="9815" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1710"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="1598"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="1002"/>
+        <w:gridCol w:w="2004"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="30C98BA2" w14:textId="77777777" w:rsidTr="00880554">
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="5394417F" w14:textId="77777777" w:rsidTr="00D1411F">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="498"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10156" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="9815" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="697B0DB3" w14:textId="5C81761F" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00880554" w:rsidP="008A226B">
+          <w:p w14:paraId="6EBC945A" w14:textId="62994A12" w:rsidR="00D1411F" w:rsidRPr="007A60C2" w:rsidRDefault="006C4B85" w:rsidP="00A320BD">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk184741166"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="007A60C2">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>系統性技術創新師資培訓</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>學員資料</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L1 + L2 + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>講師輔導</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="3307E5C1" w14:textId="77777777" w:rsidTr="00F54909">
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="45F8B456" w14:textId="77777777" w:rsidTr="009B7A43">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="536"/>
+          <w:trHeight w:val="357"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EFE8624" w14:textId="44AF64EF" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00F54909">
+          <w:p w14:paraId="79A18843" w14:textId="33ED8DB9" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>姓</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>名</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="456CE713" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00EE0A78" w:rsidP="008A226B">
+          <w:p w14:paraId="44F57E75" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DE98F20" w14:textId="069BA8E9" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="008A226B">
+          <w:p w14:paraId="19011BC2" w14:textId="4287BBF9" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>英文姓名</w:t>
             </w:r>
-            <w:r w:rsidR="00EE0A78" w:rsidRPr="00D430D7">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00EB3B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00EB3B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>考照者需要</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D430D7">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00EB3B1B">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2133" w:type="dxa"/>
+            <w:tcW w:w="3006" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0424CCEB" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00EE0A78" w:rsidP="008A226B">
+          <w:p w14:paraId="5A929F5E" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="3278936F" w14:textId="77777777" w:rsidTr="00D1411F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="712B2340" w14:textId="4A9BAE51" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>電</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>話</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF4508D" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC30645" w14:textId="59E0C6EA" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>行動電話</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12D60474" w14:textId="468C8355" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="008A226B">
+          <w:p w14:paraId="5DD43EC2" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="63A91D0F" w14:textId="77777777" w:rsidTr="00D1411F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="454"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BCE5EF" w14:textId="5C17EF36" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...29 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>公司</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>單位</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2217" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="377588A5" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00EE0A78" w:rsidP="008C25AE">
+          <w:p w14:paraId="27CDEF25" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225C38CF" w14:textId="5C32E658" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>部門</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FC12EC" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6ECAA4" w14:textId="5A264081" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>職稱</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6860C66C" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="384A00E2" w14:textId="77777777" w:rsidTr="00F54909">
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="5A4CBDC6" w14:textId="77777777" w:rsidTr="00D1411F">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="536"/>
+          <w:trHeight w:val="418"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5105DF59" w14:textId="057D2C67" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00F54909">
+          <w:p w14:paraId="69CCC401" w14:textId="659CBC3B" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E-MAIL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6956490C" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00EE0A78" w:rsidP="008A226B">
+          <w:p w14:paraId="6F88485B" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="6150914D" w14:textId="77777777" w:rsidTr="00D1411F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="424"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D19325D" w14:textId="6B42C39C" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>地</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>址</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAE0708" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="00D1411F" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="1E1778F8" w14:textId="77777777" w:rsidTr="00D1411F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="416"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE3172E" w14:textId="44F7125D" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>學</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>歷</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FD223E" w14:textId="3E2B9BF0" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>博士</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>碩士</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>大學</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>專科</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>其他</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>科系：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="5C8BCCD1" w14:textId="77777777" w:rsidTr="00D1411F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="423"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="058890C6" w14:textId="5ED51CBC" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>團體報名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6326A4C4" w14:textId="32CBE105" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>聯絡人姓名：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>電話：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             E-mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="08F95B51" w14:textId="77777777" w:rsidTr="00D1411F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="740"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3D510D" w14:textId="39F1BD39" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>訊息來源</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5B6BD7" w14:textId="5FAFA72D" w:rsidR="00D1411F" w:rsidRPr="00892430" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>SSI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>網站</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□亞卓網站</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Line</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□學會</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>FB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>專頁</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□朋友</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5744E45B" w14:textId="5445C90A" w:rsidR="00D1411F" w:rsidRPr="00EB3B1B" w:rsidRDefault="006C4B85" w:rsidP="009B7A43">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□亞太教育網</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>教育網</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□台灣教育網</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>微信</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>□其他</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892430">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>:_________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1411F" w:rsidRPr="00AF5273" w14:paraId="0A410C48" w14:textId="77777777" w:rsidTr="00D1411F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="483"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4574" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6130E740" w14:textId="3A085F1E" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="50" w:firstLine="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>發票抬頭：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5241" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C245E43" w14:textId="230AD588" w:rsidR="00D1411F" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLineChars="50" w:firstLine="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>統一編號：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1760918D" w14:textId="77777777" w:rsidR="00D1411F" w:rsidRPr="009B7A43" w:rsidRDefault="00D1411F" w:rsidP="00ED514D">
+      <w:pPr>
+        <w:pStyle w:val="aff3"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9881" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="934"/>
+        <w:gridCol w:w="16"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00644927" w:rsidRPr="00644927" w14:paraId="1BCA3F78" w14:textId="77777777" w:rsidTr="00861336">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="498"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9865" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5925D787" w14:textId="315CCCD5" w:rsidR="00F663C2" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="006C345C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>系統性技術創新師資培訓</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>課程費用</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(L1 + L2 + </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>講師輔導</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:tr w:rsidR="00644927" w:rsidRPr="00644927" w14:paraId="265323E7" w14:textId="77777777" w:rsidTr="00861336">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="702"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3951256C" w14:textId="3E245ACA" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00841C50">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>課程費用</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="498B6A78" w14:textId="5CD988B4" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00367600">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>現場上課</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A621219" w14:textId="005BE445" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00367600">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>線上上課</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B94831E" w14:textId="56147A2B" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00767D9D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>學會會員</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>人同行</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="934" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5D38A7" w14:textId="0A5F92E9" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00767D9D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>小計</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00644927" w:rsidRPr="00644927" w14:paraId="1A68DE16" w14:textId="77777777" w:rsidTr="00861336">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="698"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E952876" w14:textId="77777777" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="003748E6" w:rsidP="00520C44">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:tcW w:w="2131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E3D4AE5" w14:textId="6313F683" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="008A226B">
+          <w:p w14:paraId="1B3E2504" w14:textId="42E74DED" w:rsidR="00FC5A33" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00520C44">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...33 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L2: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NT18,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2133" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006EFE80" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00EE0A78" w:rsidP="008A226B">
+          <w:p w14:paraId="4BA1DEC2" w14:textId="4CCB1616" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00147577">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L1: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NT 4,500</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A1EBE61" w14:textId="24A82D79" w:rsidR="00FC5A33" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00147577">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L2: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NT13,500</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D2616AB" w14:textId="18208BA4" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="008A226B">
+          <w:p w14:paraId="58A8B74D" w14:textId="42587A14" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00147577">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...33 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L1: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NT 3,600</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04BCDEE6" w14:textId="24485708" w:rsidR="00FC5A33" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00147577">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L2: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NT11,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2217" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="934" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7940715D" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00EE0A78" w:rsidP="008C25AE">
+          <w:p w14:paraId="487A645B" w14:textId="057C184C" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="003748E6" w:rsidP="00520C44">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="3C0165BB" w14:textId="77777777" w:rsidTr="00F54909">
+      <w:tr w:rsidR="00644927" w:rsidRPr="00644927" w14:paraId="16FD1926" w14:textId="77777777" w:rsidTr="00861336">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="536"/>
+          <w:trHeight w:val="592"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="9865" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A10C0F0" w14:textId="0F3FA4A0" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00F54909">
+          <w:p w14:paraId="100B27A8" w14:textId="4D90863E" w:rsidR="005F05F4" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="005F05F4">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              </w:tabs>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>已獲證</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>人員</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>該階段課程</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>複習費用４折優惠</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>（檢附證明）</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>已獲本會</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>證照者</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>得免參加</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>課程</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>; 2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>年（含）之前已取得本會</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>證照者</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>仍需要參加</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>課程</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>複習</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000828D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>以跟上新知</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00644927" w:rsidRPr="00644927" w14:paraId="7270418A" w14:textId="77777777" w:rsidTr="00861336">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="474"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="441CC277" w14:textId="5157AF43" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:spacing w:val="30"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...6 lines deleted...]
-              <w:t>E-MAIL*</w:t>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>證照認證費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4986" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:vAlign w:val="center"/>
-[...456 lines deleted...]
-            <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...125 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6320C6" w14:textId="03AC876E" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
-[...138 lines deleted...]
-          <w:p w14:paraId="1DF1F4BB" w14:textId="2B30262F" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00E978A1" w:rsidP="008A226B">
+          <w:p w14:paraId="0DAC7D21" w14:textId="7F655AC1" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="0000FF"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...24 lines deleted...]
-              <w:t>課程費用</w:t>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L1: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  NT$ 2,000. (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>原價</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3,000) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>已通過</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-SIM L1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>證照者免</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...166 lines deleted...]
-          <w:p w14:paraId="5520B091" w14:textId="0FDBF6B0" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00E25D2B">
+          <w:p w14:paraId="20784E77" w14:textId="75774E67" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="0000FF"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...6 lines deleted...]
-              <w:t>線上同步上課</w:t>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L2: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  NT$ 4,000. (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>原價</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6,000) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>已通過</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I-SIM L2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>證照者免</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-          <w:p w14:paraId="1BB5F2DE" w14:textId="32BCF49D" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
+          <w:p w14:paraId="1B0D81FD" w14:textId="1E1F258C" w:rsidR="003B5424" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00BC2D93">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="0000FF"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...33 lines deleted...]
-              <w:t>人</w:t>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>講師研習輔導含證照費</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NT$ 4,000. (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>原價</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6,000)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3015" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="934" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E32FA54" w14:textId="73AC1028" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
+          <w:p w14:paraId="0A47756B" w14:textId="43E00AE1" w:rsidR="003748E6" w:rsidRPr="00644927" w:rsidRDefault="003748E6" w:rsidP="00BC2D93">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD3F54" w:rsidRPr="00644927" w14:paraId="7E494F82" w14:textId="77777777" w:rsidTr="00861336">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="474"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="455B96F4" w14:textId="256F97B6" w:rsidR="00DD3F54" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ppt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>教材</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65BAE661" w14:textId="02F1F338" w:rsidR="00DD3F54" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4153"/>
                 <w:tab w:val="right" w:pos="8306"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="0000FF"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...51 lines deleted...]
-              <w:t>人</w:t>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,000 (350</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>頁</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>另贈</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>作者簽名的</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>「萃智創新精通」上冊及上冊參考解答</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>價值</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsiaTheme="minorEastAsia" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NT1,250</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2634" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="934" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74BA2D86" w14:textId="54C99A06" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
+          <w:p w14:paraId="4E250BFA" w14:textId="77777777" w:rsidR="00DD3F54" w:rsidRPr="00644927" w:rsidRDefault="00DD3F54" w:rsidP="00DD3F54">
             <w:pPr>
-              <w:keepNext/>
-[...3 lines deleted...]
-              </w:tabs>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...52 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="44E4FCC9" w14:textId="77777777" w:rsidTr="000453FC">
+      <w:tr w:rsidR="00DD3F54" w:rsidRPr="00AF5273" w14:paraId="2F0D96C8" w14:textId="77777777" w:rsidTr="00861336">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="20" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="536"/>
+          <w:trHeight w:val="405"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="8931" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4444FB" w14:textId="1259F0BD" w:rsidR="00880554" w:rsidRPr="00D430D7" w:rsidRDefault="00880554" w:rsidP="00157DBC">
+          <w:p w14:paraId="641167EC" w14:textId="7259BE1D" w:rsidR="00DD3F54" w:rsidRPr="00644927" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="center" w:pos="4153"/>
-                <w:tab w:val="right" w:pos="8306"/>
+                <w:tab w:val="left" w:pos="6485"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:bCs/>
-                <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>以上價格不含款郵電與匯款費用</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:bCs/>
-                <w:color w:val="0000FF"/>
-[...3 lines deleted...]
-              <w:t>證照認證費用</w:t>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00644927">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>（合計）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8426" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="950" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C174CAB" w14:textId="544D3ADE" w:rsidR="00880554" w:rsidRPr="00D430D7" w:rsidRDefault="00880554" w:rsidP="00157DBC">
+          <w:p w14:paraId="578F49C3" w14:textId="0D648365" w:rsidR="00DD3F54" w:rsidRPr="00644927" w:rsidRDefault="00DD3F54" w:rsidP="00DD3F54">
             <w:pPr>
-              <w:keepNext/>
-[...3 lines deleted...]
-              </w:tabs>
+              <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...5 lines deleted...]
-                <w:color w:val="0000FF"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D430D7" w:rsidRPr="00D430D7" w14:paraId="289E638C" w14:textId="77777777" w:rsidTr="000453FC">
+      <w:tr w:rsidR="00DD3F54" w:rsidRPr="00AF5273" w14:paraId="7FD13661" w14:textId="77777777" w:rsidTr="00861336">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="20" w:type="dxa"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="536"/>
+          <w:trHeight w:val="602"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="2557" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C538F43" w14:textId="52FCB962" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
+          <w:p w14:paraId="375E416F" w14:textId="4FA9C5C0" w:rsidR="00DD3F54" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              </w:tabs>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...7 lines deleted...]
-              <w:t>發票抬頭：</w:t>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>付款方式</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3F54">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="360123CE" w14:textId="7A7E062D" w:rsidR="00DD3F54" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ATM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5273">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>轉帳</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8426" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="7308" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CABDF32" w14:textId="77777777" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
-[...307 lines deleted...]
-          <w:p w14:paraId="4CC202E2" w14:textId="77777777" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
+          <w:p w14:paraId="64C75F90" w14:textId="79E24037" w:rsidR="00DD3F54" w:rsidRPr="006E5EB5" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...24 lines deleted...]
-              <w:tab/>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>銀行：兆豐國際商業銀行</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>竹科新安分行</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>總行代號</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 017</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3F54" w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21938CE3" w14:textId="03C8E33B" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
+          <w:p w14:paraId="4FAA0D53" w14:textId="17694CCE" w:rsidR="00DD3F54" w:rsidRPr="006E5EB5" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> 017 </w:t>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>帳號：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>020-09-10136-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3F54" w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34909E22" w14:textId="77777777" w:rsidR="00157DBC" w:rsidRPr="00D430D7" w:rsidRDefault="00157DBC" w:rsidP="00157DBC">
+          <w:p w14:paraId="49CE0637" w14:textId="2FF50952" w:rsidR="00DD3F54" w:rsidRPr="00AF5273" w:rsidRDefault="006C4B85" w:rsidP="00DD3F54">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:spacing w:after="0" w:line="400" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D430D7">
-[...37 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="006E5EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>戶名：中華系統性創新學會</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="703CE1F3" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidRDefault="00EE0A78" w:rsidP="00E25D2B">
+    <w:p w14:paraId="1820359B" w14:textId="73C9C26F" w:rsidR="0013258F" w:rsidRPr="00FA178E" w:rsidRDefault="006C4B85" w:rsidP="00D53C42">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA178E">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>【注意事項】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B53348" w14:textId="75CB01D7" w:rsidR="00D53C42" w:rsidRDefault="006C4B85" w:rsidP="00D53C42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:firstLine="360"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>為尊重智財權，課程進行中學員禁止錄音與錄影。</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EE0A78" w:rsidRPr="00D430D7" w:rsidSect="000453FC">
-[...8 lines deleted...]
-      <w:pgMar w:top="1418" w:right="1077" w:bottom="851" w:left="1077" w:header="851" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="2B187F22" w14:textId="4A2DBDEF" w:rsidR="0013258F" w:rsidRDefault="006C4B85" w:rsidP="00D53C42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014364F">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>若學員需要報帳，請務必填寫「公司抬頭」及「統一編號」，以利開立收據。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D1F9B1" w14:textId="6F4D671C" w:rsidR="00D53C42" w:rsidRPr="00A71CEE" w:rsidRDefault="006C4B85" w:rsidP="00DF534D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>」項目請務必填寫，以利行前通知，或聯絡注意事項。</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D53C42" w:rsidRPr="00A71CEE" w:rsidSect="00C437BB">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1418" w:right="1080" w:bottom="709" w:left="1080" w:header="851" w:footer="0" w:gutter="0"/>
       <w:cols w:space="425"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E2218A5" w14:textId="77777777" w:rsidR="007B2DB0" w:rsidRDefault="007B2DB0" w:rsidP="00EE0A78">
+    <w:p w14:paraId="039FADE2" w14:textId="77777777" w:rsidR="00FE00B9" w:rsidRDefault="00FE00B9" w:rsidP="003635B2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="445A34C8" w14:textId="77777777" w:rsidR="007B2DB0" w:rsidRDefault="007B2DB0" w:rsidP="00EE0A78">
+    <w:p w14:paraId="3213284B" w14:textId="77777777" w:rsidR="00FE00B9" w:rsidRDefault="00FE00B9" w:rsidP="003635B2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -7672,367 +11813,762 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="微軟正黑體">
+    <w:altName w:val="Microsoft JhengHei"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Viner Hand ITC">
+    <w:panose1 w:val="03070502030502020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimHei">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KaiTi">
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAEFF" w:usb1="F9DFFFFF" w:usb2="0000007F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:altName w:val="微软雅黑"/>
+    <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="FangSong_GB2312">
-    <w:altName w:val="Microsoft YaHei"/>
+  <w:font w:name="Microsoft YaHei UI">
+    <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria Math">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="French Script MT">
+    <w:panose1 w:val="03020402040607040605"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5D5814E3" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1772270516"/>
+      <w:id w:val="552507595"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="75EF9810" w14:textId="6711E6D4" w:rsidR="00E25D2B" w:rsidRDefault="00E25D2B">
+      <w:p w14:paraId="699276EC" w14:textId="2BBFC0EB" w:rsidR="006524FA" w:rsidRDefault="00D1151C" w:rsidP="006524FA">
         <w:pPr>
-          <w:pStyle w:val="ac"/>
-          <w:jc w:val="right"/>
+          <w:pStyle w:val="a7"/>
         </w:pPr>
-        <w:r>
-          <w:fldChar w:fldCharType="begin"/>
+        <w:r w:rsidRPr="000B6023">
+          <w:rPr>
+            <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="595959"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>服務項目</w:t>
         </w:r>
-        <w:r>
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        <w:r w:rsidRPr="000B6023">
+          <w:rPr>
+            <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="595959"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> :</w:t>
         </w:r>
-        <w:r>
-          <w:fldChar w:fldCharType="separate"/>
+        <w:r w:rsidRPr="000B6023">
+          <w:rPr>
+            <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體" w:hint="eastAsia"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="595959"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>「公開課程」、「企業包班與內訓」、「軟體與書籍銷售」、「方案輔導」</w:t>
         </w:r>
         <w:r>
           <w:rPr>
+            <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="新細明體"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="595959"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t xml:space="preserve">                 </w:t>
+        </w:r>
+        <w:r w:rsidR="006524FA">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="006524FA">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="006524FA">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="004E645C">
+          <w:rPr>
+            <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006524FA">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-</w:ftr>
-[...4 lines deleted...]
-  <w:p w14:paraId="6A3ADC2E" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
+  <w:p w14:paraId="5323032F" w14:textId="34F9ADEF" w:rsidR="00841AE0" w:rsidRPr="000B6023" w:rsidRDefault="00841AE0">
     <w:pPr>
-      <w:pStyle w:val="ac"/>
-      <w:ind w:firstLine="360"/>
+      <w:pStyle w:val="a7"/>
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        <w:color w:val="595959"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71A84C48" w14:textId="77777777" w:rsidR="007B2DB0" w:rsidRDefault="007B2DB0" w:rsidP="00EE0A78">
+    <w:p w14:paraId="75406F34" w14:textId="77777777" w:rsidR="00FE00B9" w:rsidRDefault="00FE00B9" w:rsidP="003635B2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27BC1A0E" w14:textId="77777777" w:rsidR="007B2DB0" w:rsidRDefault="007B2DB0" w:rsidP="00EE0A78">
+    <w:p w14:paraId="79E000B6" w14:textId="77777777" w:rsidR="00FE00B9" w:rsidRDefault="00FE00B9" w:rsidP="003635B2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1481CE6B" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
+  <w:p w14:paraId="79FF8615" w14:textId="77777777" w:rsidR="00287D94" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
-      <w:ind w:firstLine="360"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="2C1A38B8">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="WordPictureWatermark2615766" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:487.05pt;height:364.75pt;z-index:-251659264;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+          <v:imagedata r:id="rId1" o:title="SSILOGO-new" gain="19661f" blacklevel="22938f"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5D4D25A5" w14:textId="1BC696F9" w:rsidR="00EE0A78" w:rsidRPr="00EE0A78" w:rsidRDefault="00D71AB5" w:rsidP="00EE0A78">
+  <w:p w14:paraId="3EC5E7BF" w14:textId="00223D89" w:rsidR="00C451B7" w:rsidRDefault="00416BFE" w:rsidP="00E64DBF">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:pStyle w:val="a5"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="right" w:pos="9781"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+      <w:ind w:right="-35"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36D8313E" wp14:editId="05869D30">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39540735" wp14:editId="78884AC2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>3128645</wp:posOffset>
+            <wp:posOffset>-114300</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-264473</wp:posOffset>
+            <wp:posOffset>-292735</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2955290" cy="525145"/>
-          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:extent cx="802640" cy="485775"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapNone/>
-          <wp:docPr id="977972515" name="圖片 2"/>
+          <wp:docPr id="9" name="圖片 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="977972515" name="圖片 2"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="圖片 3"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2955290" cy="525145"/>
+                    <a:ext cx="802640" cy="485775"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:hint="eastAsia"/>
+    <w:r w:rsidRPr="00ED353E">
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
         <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48C8E718" wp14:editId="5FF5FB0D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67A55D0F" wp14:editId="35F175A0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-26983</wp:posOffset>
+            <wp:posOffset>3467100</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-274320</wp:posOffset>
+            <wp:posOffset>-426720</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2968625" cy="539750"/>
-[...2 lines deleted...]
-          <wp:docPr id="640403624" name="圖片 1"/>
+          <wp:extent cx="2724150" cy="542925"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="10" name="圖片 10"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="640403624" name="圖片 1"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="圖片 4"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect l="1611" t="9628" r="1611"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2968625" cy="539750"/>
+                    <a:ext cx="2724150" cy="542925"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00EE0A78">
-[...3 lines deleted...]
-      <w:t xml:space="preserve">                                                                                          </w:t>
+    <w:r w:rsidR="00EE6C29">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04FEAD89" wp14:editId="759B0325">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>586740</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-351155</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2014220" cy="661670"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Text Box 6"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2014220" cy="661670"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="502BCCED" w14:textId="6CDAA7E8" w:rsidR="00C451B7" w:rsidRDefault="00D1151C" w:rsidP="00F978EC">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:textAlignment w:val="baseline"/>
+                            <w:rPr>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00190CFE">
+                            <w:rPr>
+                              <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="000000"/>
+                              <w:kern w:val="24"/>
+                              <w:sz w:val="40"/>
+                              <w:szCs w:val="40"/>
+                            </w:rPr>
+                            <w:t>International Society</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="3B617D9C" w14:textId="10EB7566" w:rsidR="00C451B7" w:rsidRDefault="00D1151C" w:rsidP="00F978EC">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:textAlignment w:val="baseline"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00190CFE">
+                            <w:rPr>
+                              <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="000000"/>
+                              <w:kern w:val="24"/>
+                              <w:sz w:val="40"/>
+                              <w:szCs w:val="40"/>
+                            </w:rPr>
+                            <w:t>of Innovation Methods</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="04FEAD89" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:46.2pt;margin-top:-27.65pt;width:158.6pt;height:52.1pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDzQYF3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRV6ULUdLXsahHS&#10;cpEWPmDiOIlF4jFjt0n5esZOt1vgDfFi2TOTM+ecmWyvp6EXB03eoC1lvlhKoa3C2ti2lN++3r96&#10;I4UPYGvo0epSHrWX17uXL7ajK/QKO+xrTYJBrC9GV8ouBFdkmVedHsAv0GnLyQZpgMBParOaYGT0&#10;oc9Wy+UmG5FqR6i09xy9m5Nyl/CbRqvwuWm8DqIvJXML6aR0VvHMdlsoWgLXGXWiAf/AYgBjuekZ&#10;6g4CiD2Zv6AGowg9NmGhcMiwaYzSSQOryZd/qHnswOmkhc3x7myT/3+w6tPh0X0hEaZ3OPEAkwjv&#10;HlB998LibQe21TdEOHYaam6cR8uy0fni9Gm02hc+glTjR6x5yLAPmICmhoboCusUjM4DOJ5N11MQ&#10;ioOse71acUpxbrPJN1dpKhkUT1878uG9xkHESymJh5rQ4fDgQ2QDxVNJbGbx3vR9GmxvfwtwYYwk&#10;9pHwTD1M1cTVUUWF9ZF1EM57wnvNlw7ppxQj70gp/Y89kJai/2DZi7f5eh2XKj3Wr6+iCrrMVJcZ&#10;sIqhShmkmK+3YV7EvSPTdtxpdt/iDfvXmCTtmdWJN+9BUnza2bhol+9U9fxn7X4BAAD//wMAUEsD&#10;BBQABgAIAAAAIQBBf/uF3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPsPkSdx&#10;2xJGO62l6TQNcQUxPiRuWeO1FY1TNdla/j3mxG62/Oj18xbbyXXigkNoPWm4WyoQSJW3LdUa3t+e&#10;FhsQIRqypvOEGn4wwLac3RQmt36kV7wcYi04hEJuNDQx9rmUoWrQmbD0PRLfTn5wJvI61NIOZuRw&#10;18mVUmvpTEv8oTE97husvg9np+Hj+fT1maiX+tGl/egnJcllUuvb+bR7ABFxiv8w/OmzOpTsdPRn&#10;skF0GrJVwqSGRZreg2AgUdkaxJGHTQayLOR1g/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAg80GBd4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAQX/7hd4AAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="502BCCED" w14:textId="6CDAA7E8" w:rsidR="00C451B7" w:rsidRDefault="00D1151C" w:rsidP="00F978EC">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:textAlignment w:val="baseline"/>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00190CFE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="000000"/>
+                        <w:kern w:val="24"/>
+                        <w:sz w:val="40"/>
+                        <w:szCs w:val="40"/>
+                      </w:rPr>
+                      <w:t>International Society</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="3B617D9C" w14:textId="10EB7566" w:rsidR="00C451B7" w:rsidRDefault="00D1151C" w:rsidP="00F978EC">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:textAlignment w:val="baseline"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00190CFE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="000000"/>
+                        <w:kern w:val="24"/>
+                        <w:sz w:val="40"/>
+                        <w:szCs w:val="40"/>
+                      </w:rPr>
+                      <w:t>of Innovation Methods</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="49586B0B" w14:textId="2872DD91" w:rsidR="00E64DBF" w:rsidRPr="00ED353E" w:rsidRDefault="00D1151C" w:rsidP="00E64DBF">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="right" w:pos="9781"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+      <w:ind w:right="-35"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00ED353E">
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>系統化技術創新</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>講</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00ED353E">
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>師</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>培訓</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7DAAA688" w14:textId="77777777" w:rsidR="00EE0A78" w:rsidRDefault="00EE0A78">
+  <w:p w14:paraId="43911F30" w14:textId="77777777" w:rsidR="00287D94" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
-      <w:ind w:firstLine="360"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="0AB1558E">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="WordPictureWatermark2615765" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:487.05pt;height:364.75pt;z-index:-251660288;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+          <v:imagedata r:id="rId1" o:title="SSILOGO-new" gain="19661f" blacklevel="22938f"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:11.5pt;height:11.5pt" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="BD14579_"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
+  <w:numPicBullet w:numPicBulletId="1">
+    <w:pict>
+      <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:96pt;height:92.55pt" o:bullet="t">
+        <v:imagedata r:id="rId2" o:title="WORD 標籤用"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="027D1857"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="800EFC6E"/>
     <w:lvl w:ilvl="0" w:tplc="DCF8A2D0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1952" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -8103,53 +12639,2909 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4832" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B8177C1"/>
+    <w:nsid w:val="053A2888"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45CACE8A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BF84BF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42E0EAA6"/>
+    <w:lvl w:ilvl="0" w:tplc="0368185E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9006B35E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E5201C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27A8A792"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="843" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1323" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1803" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2283" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3243" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3723" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4203" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4683" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E5D3248"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="636228D6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E9E70E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37FC05DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="843" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1323" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1803" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2283" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3243" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3723" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4203" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4683" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EA273D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="397EE870"/>
+    <w:lvl w:ilvl="0" w:tplc="7A6E696E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1180" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1660" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2620" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3100" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3580" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4060" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4540" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21C840FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1F09266"/>
+    <w:lvl w:ilvl="0" w:tplc="65BAFE08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24C6758B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4ADE939E"/>
+    <w:lvl w:ilvl="0" w:tplc="65BAFE08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25EF064B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B79A26BE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="843" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1323" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1803" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2283" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3243" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3723" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4203" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4683" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28AB7209"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="20142A88"/>
+    <w:lvl w:ilvl="0" w:tplc="E3C6C994">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="905" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1385" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2345" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2825" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3785" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4265" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EDF520C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB94CCCE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34DE66CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0B2ED46"/>
+    <w:lvl w:ilvl="0" w:tplc="25E051F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39147AF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70D28B24"/>
+    <w:lvl w:ilvl="0" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="930" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1410" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1890" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2370" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2850" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3810" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4290" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4770" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40A41ACC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F8C457C"/>
+    <w:lvl w:ilvl="0" w:tplc="65BAFE08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41E40134"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="120EFA1C"/>
+    <w:lvl w:ilvl="0" w:tplc="969EC86A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="423C288A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB422FCA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="843" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1323" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1803" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2283" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3243" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3723" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4203" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4683" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42A86D00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F80A3520"/>
+    <w:lvl w:ilvl="0" w:tplc="7E668CC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="439F7237"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5346978"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="843" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1323" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1803" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2283" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3243" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3723" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4203" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4683" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="447F6E95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3A10C040"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="843" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1323" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1803" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2283" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3243" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3723" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4203" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4683" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48A659D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19E27174"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48C61A41"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C98F032"/>
+    <w:lvl w:ilvl="0" w:tplc="969EC86A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D5E5434"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="25FEC926"/>
+    <w:lvl w:ilvl="0" w:tplc="6A025CDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DB8430A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CAE2CE6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EA8462B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32D22A2A"/>
+    <w:lvl w:ilvl="0" w:tplc="6A025CDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="748" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1228" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1708" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2188" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2668" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3148" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3628" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4108" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4588" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="594F679D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6812D226"/>
+    <w:lvl w:ilvl="0" w:tplc="12C43C40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="−"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="843" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Viner Hand ITC" w:hAnsi="Viner Hand ITC" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1323" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1803" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2283" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3243" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3723" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4203" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4683" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D9F73AE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="123CDF54"/>
+    <w:lvl w:ilvl="0" w:tplc="6A025CDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6708726E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="155E16B8"/>
+    <w:tmpl w:val="99B08E22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="992"/>
         </w:tabs>
         <w:ind w:left="992" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -8219,797 +15611,509 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4776"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5202"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BF84BF2"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67E33C20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9334D822"/>
-    <w:lvl w:ilvl="0" w:tplc="0368185E">
+    <w:tmpl w:val="C99E4F6E"/>
+    <w:lvl w:ilvl="0" w:tplc="6A025CDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...17 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...2 lines deleted...]
-        <w:ind w:left="2640" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69E94B8B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B114FB7C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D5115B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4223724"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EFE6199"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00180524"/>
+    <w:lvl w:ilvl="0" w:tplc="6A025CDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...2 lines deleted...]
-        <w:ind w:left="4800" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...2 lines deleted...]
-        <w:ind w:left="6960" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...631 lines deleted...]
-    <w:nsid w:val="4DFC0EBC"/>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72834A97"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="99B08E22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="992"/>
         </w:tabs>
         <w:ind w:left="992" w:hanging="567"/>
       </w:pPr>
@@ -9081,963 +16185,1525 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4776"/>
         </w:tabs>
         <w:ind w:left="4394" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5202"/>
         </w:tabs>
         <w:ind w:left="5102" w:hanging="1700"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5B701636"/>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="766F5275"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="192E77D6"/>
-    <w:lvl w:ilvl="0" w:tplc="04090003">
+    <w:tmpl w:val="3E92CC60"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="748" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="480" w:hanging="480"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="1228" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1708" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2188" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="480"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="2668" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="480"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="3148" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1920" w:hanging="480"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="3628" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="480"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="4108" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="480"/>
-[...35 lines deleted...]
-        <w:ind w:left="4320" w:hanging="480"/>
+        <w:ind w:left="4588" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...431 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1378775530">
+  <w:num w:numId="1" w16cid:durableId="829449163">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="372969359">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1360471289">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="458036105">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="955060498">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="957570911">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1498839847">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="988021331">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1288588851">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="957881159">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1376739514">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1987857593">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="745683771">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1020282971">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1824196065">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="667904266">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="169875872">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2109499392">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="52125730">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1792818391">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2096434262">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="829060654">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="679043463">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="743646182">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="907887966">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1657219247">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1993752186">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="208340531">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1124957368">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1956061085">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="705984151">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="611672884">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="32" w16cid:durableId="1782072560">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1269700252">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="33" w16cid:durableId="138109505">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="187062473">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="34" w16cid:durableId="2097241948">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1808477009">
-[...14 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="1218517109">
+  <w:num w:numId="35" w16cid:durableId="281502656">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1499660344">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="36" w16cid:durableId="1705977860">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1732263297">
-[...10 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="480"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EE0A78"/>
-[...62 lines deleted...]
-    <w:rsid w:val="00FE7D4F"/>
+    <w:rsidRoot w:val="00945531"/>
+    <w:rsid w:val="000005B4"/>
+    <w:rsid w:val="00010D4A"/>
+    <w:rsid w:val="00014C09"/>
+    <w:rsid w:val="0001595A"/>
+    <w:rsid w:val="0001699C"/>
+    <w:rsid w:val="000216D7"/>
+    <w:rsid w:val="000249C8"/>
+    <w:rsid w:val="000253DC"/>
+    <w:rsid w:val="000273A4"/>
+    <w:rsid w:val="00030F61"/>
+    <w:rsid w:val="000313D1"/>
+    <w:rsid w:val="0003414D"/>
+    <w:rsid w:val="00034649"/>
+    <w:rsid w:val="00035B61"/>
+    <w:rsid w:val="00035C95"/>
+    <w:rsid w:val="000364C9"/>
+    <w:rsid w:val="0003724B"/>
+    <w:rsid w:val="00043749"/>
+    <w:rsid w:val="000438B5"/>
+    <w:rsid w:val="00050AB4"/>
+    <w:rsid w:val="00052473"/>
+    <w:rsid w:val="00053ACB"/>
+    <w:rsid w:val="00053EC4"/>
+    <w:rsid w:val="00054AB0"/>
+    <w:rsid w:val="000575A1"/>
+    <w:rsid w:val="00057C5B"/>
+    <w:rsid w:val="00062761"/>
+    <w:rsid w:val="000638DD"/>
+    <w:rsid w:val="0006409B"/>
+    <w:rsid w:val="00072B6E"/>
+    <w:rsid w:val="00072C5B"/>
+    <w:rsid w:val="00074DF0"/>
+    <w:rsid w:val="00075B32"/>
+    <w:rsid w:val="000816D8"/>
+    <w:rsid w:val="000824B1"/>
+    <w:rsid w:val="00085715"/>
+    <w:rsid w:val="00087C03"/>
+    <w:rsid w:val="000927E3"/>
+    <w:rsid w:val="00095747"/>
+    <w:rsid w:val="0009651E"/>
+    <w:rsid w:val="00097176"/>
+    <w:rsid w:val="000A165D"/>
+    <w:rsid w:val="000A2153"/>
+    <w:rsid w:val="000A4481"/>
+    <w:rsid w:val="000A4CBC"/>
+    <w:rsid w:val="000A6CA4"/>
+    <w:rsid w:val="000A71D0"/>
+    <w:rsid w:val="000A7EF5"/>
+    <w:rsid w:val="000B4C31"/>
+    <w:rsid w:val="000B5659"/>
+    <w:rsid w:val="000B5FD3"/>
+    <w:rsid w:val="000B6023"/>
+    <w:rsid w:val="000B6F4A"/>
+    <w:rsid w:val="000C57EE"/>
+    <w:rsid w:val="000C5F98"/>
+    <w:rsid w:val="000C7809"/>
+    <w:rsid w:val="000D092A"/>
+    <w:rsid w:val="000D3321"/>
+    <w:rsid w:val="000D6DEC"/>
+    <w:rsid w:val="000D71E8"/>
+    <w:rsid w:val="000E017D"/>
+    <w:rsid w:val="000E3838"/>
+    <w:rsid w:val="000E592B"/>
+    <w:rsid w:val="000E60EE"/>
+    <w:rsid w:val="000E610D"/>
+    <w:rsid w:val="000F0A75"/>
+    <w:rsid w:val="000F3191"/>
+    <w:rsid w:val="000F67B2"/>
+    <w:rsid w:val="001033B9"/>
+    <w:rsid w:val="00106B82"/>
+    <w:rsid w:val="00106FCE"/>
+    <w:rsid w:val="00107C5E"/>
+    <w:rsid w:val="00111023"/>
+    <w:rsid w:val="00111693"/>
+    <w:rsid w:val="00111F07"/>
+    <w:rsid w:val="001126AB"/>
+    <w:rsid w:val="00112EFE"/>
+    <w:rsid w:val="00123551"/>
+    <w:rsid w:val="00124ED7"/>
+    <w:rsid w:val="001263C1"/>
+    <w:rsid w:val="00126768"/>
+    <w:rsid w:val="0013258F"/>
+    <w:rsid w:val="001327AF"/>
+    <w:rsid w:val="00133261"/>
+    <w:rsid w:val="00133C71"/>
+    <w:rsid w:val="001340E8"/>
+    <w:rsid w:val="00141C15"/>
+    <w:rsid w:val="0014364F"/>
+    <w:rsid w:val="00144E0C"/>
+    <w:rsid w:val="00146208"/>
+    <w:rsid w:val="001468A4"/>
+    <w:rsid w:val="00147577"/>
+    <w:rsid w:val="00150253"/>
+    <w:rsid w:val="00152A88"/>
+    <w:rsid w:val="00152FCF"/>
+    <w:rsid w:val="0015319B"/>
+    <w:rsid w:val="0015379E"/>
+    <w:rsid w:val="0015408A"/>
+    <w:rsid w:val="00156D83"/>
+    <w:rsid w:val="00161EC1"/>
+    <w:rsid w:val="001624EF"/>
+    <w:rsid w:val="00164B49"/>
+    <w:rsid w:val="001717B5"/>
+    <w:rsid w:val="00173A08"/>
+    <w:rsid w:val="00174238"/>
+    <w:rsid w:val="001750F4"/>
+    <w:rsid w:val="0017619E"/>
+    <w:rsid w:val="00186613"/>
+    <w:rsid w:val="00186B4E"/>
+    <w:rsid w:val="00186DF4"/>
+    <w:rsid w:val="001933D0"/>
+    <w:rsid w:val="00196609"/>
+    <w:rsid w:val="001974AF"/>
+    <w:rsid w:val="001A2E50"/>
+    <w:rsid w:val="001A6056"/>
+    <w:rsid w:val="001A6078"/>
+    <w:rsid w:val="001B0753"/>
+    <w:rsid w:val="001B0778"/>
+    <w:rsid w:val="001B671B"/>
+    <w:rsid w:val="001C09A8"/>
+    <w:rsid w:val="001C12FA"/>
+    <w:rsid w:val="001C66FF"/>
+    <w:rsid w:val="001C6904"/>
+    <w:rsid w:val="001C7388"/>
+    <w:rsid w:val="001D0468"/>
+    <w:rsid w:val="001D0BF2"/>
+    <w:rsid w:val="001D2BC6"/>
+    <w:rsid w:val="001D4902"/>
+    <w:rsid w:val="001D668D"/>
+    <w:rsid w:val="001D6910"/>
+    <w:rsid w:val="001E03F8"/>
+    <w:rsid w:val="001E0F9F"/>
+    <w:rsid w:val="001E135A"/>
+    <w:rsid w:val="001E2050"/>
+    <w:rsid w:val="001E2A8A"/>
+    <w:rsid w:val="001E46EF"/>
+    <w:rsid w:val="001E4A47"/>
+    <w:rsid w:val="001E6120"/>
+    <w:rsid w:val="001E737D"/>
+    <w:rsid w:val="001E781F"/>
+    <w:rsid w:val="001F1B84"/>
+    <w:rsid w:val="001F1F09"/>
+    <w:rsid w:val="001F35B6"/>
+    <w:rsid w:val="001F5DA7"/>
+    <w:rsid w:val="001F7B32"/>
+    <w:rsid w:val="00205028"/>
+    <w:rsid w:val="00210720"/>
+    <w:rsid w:val="002107EA"/>
+    <w:rsid w:val="00210CDA"/>
+    <w:rsid w:val="00211C3B"/>
+    <w:rsid w:val="00215FA0"/>
+    <w:rsid w:val="002276F7"/>
+    <w:rsid w:val="0023137C"/>
+    <w:rsid w:val="00233E6E"/>
+    <w:rsid w:val="00235A79"/>
+    <w:rsid w:val="00237411"/>
+    <w:rsid w:val="002423C7"/>
+    <w:rsid w:val="002529D5"/>
+    <w:rsid w:val="0025419F"/>
+    <w:rsid w:val="00254234"/>
+    <w:rsid w:val="002618B4"/>
+    <w:rsid w:val="00263702"/>
+    <w:rsid w:val="0027488F"/>
+    <w:rsid w:val="002754C4"/>
+    <w:rsid w:val="002762CC"/>
+    <w:rsid w:val="00281BDD"/>
+    <w:rsid w:val="00287D94"/>
+    <w:rsid w:val="002902A8"/>
+    <w:rsid w:val="00292030"/>
+    <w:rsid w:val="0029556C"/>
+    <w:rsid w:val="00296D73"/>
+    <w:rsid w:val="0029794D"/>
+    <w:rsid w:val="002A048A"/>
+    <w:rsid w:val="002A228A"/>
+    <w:rsid w:val="002A4C03"/>
+    <w:rsid w:val="002A79D9"/>
+    <w:rsid w:val="002B0594"/>
+    <w:rsid w:val="002B09B3"/>
+    <w:rsid w:val="002B10ED"/>
+    <w:rsid w:val="002B3C84"/>
+    <w:rsid w:val="002B535D"/>
+    <w:rsid w:val="002B5A2E"/>
+    <w:rsid w:val="002B6948"/>
+    <w:rsid w:val="002B7B8A"/>
+    <w:rsid w:val="002C289D"/>
+    <w:rsid w:val="002C4CB2"/>
+    <w:rsid w:val="002C5549"/>
+    <w:rsid w:val="002C74A4"/>
+    <w:rsid w:val="002D1205"/>
+    <w:rsid w:val="002D3CE6"/>
+    <w:rsid w:val="002D69B1"/>
+    <w:rsid w:val="002D7098"/>
+    <w:rsid w:val="002E06EA"/>
+    <w:rsid w:val="002E18E4"/>
+    <w:rsid w:val="002F469D"/>
+    <w:rsid w:val="00304BE6"/>
+    <w:rsid w:val="00305966"/>
+    <w:rsid w:val="00306183"/>
+    <w:rsid w:val="00310F5B"/>
+    <w:rsid w:val="003119BA"/>
+    <w:rsid w:val="00314D4E"/>
+    <w:rsid w:val="00315964"/>
+    <w:rsid w:val="0031682B"/>
+    <w:rsid w:val="00321E44"/>
+    <w:rsid w:val="003259AA"/>
+    <w:rsid w:val="00333115"/>
+    <w:rsid w:val="00335016"/>
+    <w:rsid w:val="0033595D"/>
+    <w:rsid w:val="00337F26"/>
+    <w:rsid w:val="00340FAE"/>
+    <w:rsid w:val="00346350"/>
+    <w:rsid w:val="00351A35"/>
+    <w:rsid w:val="003521C3"/>
+    <w:rsid w:val="003530E4"/>
+    <w:rsid w:val="00355E4C"/>
+    <w:rsid w:val="00360C54"/>
+    <w:rsid w:val="003635B2"/>
+    <w:rsid w:val="00364952"/>
+    <w:rsid w:val="00367600"/>
+    <w:rsid w:val="00372002"/>
+    <w:rsid w:val="003740E8"/>
+    <w:rsid w:val="003748E6"/>
+    <w:rsid w:val="00375D1A"/>
+    <w:rsid w:val="003819DB"/>
+    <w:rsid w:val="00382E90"/>
+    <w:rsid w:val="00384A74"/>
+    <w:rsid w:val="003950DD"/>
+    <w:rsid w:val="0039650A"/>
+    <w:rsid w:val="003A37F2"/>
+    <w:rsid w:val="003A4F90"/>
+    <w:rsid w:val="003A60D5"/>
+    <w:rsid w:val="003B5424"/>
+    <w:rsid w:val="003B56D7"/>
+    <w:rsid w:val="003C08E4"/>
+    <w:rsid w:val="003C2E5A"/>
+    <w:rsid w:val="003C5D24"/>
+    <w:rsid w:val="003D2358"/>
+    <w:rsid w:val="003D2F93"/>
+    <w:rsid w:val="003D53F3"/>
+    <w:rsid w:val="003D6A33"/>
+    <w:rsid w:val="003E2498"/>
+    <w:rsid w:val="003E4F80"/>
+    <w:rsid w:val="003F033E"/>
+    <w:rsid w:val="003F3E34"/>
+    <w:rsid w:val="003F5816"/>
+    <w:rsid w:val="003F7821"/>
+    <w:rsid w:val="0040527E"/>
+    <w:rsid w:val="004059A6"/>
+    <w:rsid w:val="00410E10"/>
+    <w:rsid w:val="00410EBA"/>
+    <w:rsid w:val="00411B61"/>
+    <w:rsid w:val="004123A4"/>
+    <w:rsid w:val="00416BFE"/>
+    <w:rsid w:val="00420781"/>
+    <w:rsid w:val="00420CB3"/>
+    <w:rsid w:val="00421AFE"/>
+    <w:rsid w:val="00422DF1"/>
+    <w:rsid w:val="004256C8"/>
+    <w:rsid w:val="004266A1"/>
+    <w:rsid w:val="00430AE3"/>
+    <w:rsid w:val="004315AE"/>
+    <w:rsid w:val="004402E6"/>
+    <w:rsid w:val="00443C1B"/>
+    <w:rsid w:val="0044655B"/>
+    <w:rsid w:val="00450551"/>
+    <w:rsid w:val="004524EC"/>
+    <w:rsid w:val="0045586B"/>
+    <w:rsid w:val="00455E44"/>
+    <w:rsid w:val="004574FF"/>
+    <w:rsid w:val="00461795"/>
+    <w:rsid w:val="004659AD"/>
+    <w:rsid w:val="0047171C"/>
+    <w:rsid w:val="00473020"/>
+    <w:rsid w:val="00473436"/>
+    <w:rsid w:val="004734D2"/>
+    <w:rsid w:val="004761ED"/>
+    <w:rsid w:val="00483367"/>
+    <w:rsid w:val="004908C9"/>
+    <w:rsid w:val="004941F3"/>
+    <w:rsid w:val="004943E8"/>
+    <w:rsid w:val="00496D1A"/>
+    <w:rsid w:val="004A193A"/>
+    <w:rsid w:val="004A5462"/>
+    <w:rsid w:val="004A6A34"/>
+    <w:rsid w:val="004B160B"/>
+    <w:rsid w:val="004B2538"/>
+    <w:rsid w:val="004C0F77"/>
+    <w:rsid w:val="004C2E92"/>
+    <w:rsid w:val="004C6075"/>
+    <w:rsid w:val="004C6C99"/>
+    <w:rsid w:val="004D0508"/>
+    <w:rsid w:val="004D1DF7"/>
+    <w:rsid w:val="004D3DC6"/>
+    <w:rsid w:val="004D4960"/>
+    <w:rsid w:val="004E60B1"/>
+    <w:rsid w:val="004E6168"/>
+    <w:rsid w:val="004E645C"/>
+    <w:rsid w:val="004F79E6"/>
+    <w:rsid w:val="005014DB"/>
+    <w:rsid w:val="00504FCD"/>
+    <w:rsid w:val="00506D8D"/>
+    <w:rsid w:val="00517E34"/>
+    <w:rsid w:val="00520BAC"/>
+    <w:rsid w:val="00520C44"/>
+    <w:rsid w:val="00521970"/>
+    <w:rsid w:val="0052457F"/>
+    <w:rsid w:val="00525DB8"/>
+    <w:rsid w:val="00525E55"/>
+    <w:rsid w:val="00526416"/>
+    <w:rsid w:val="00536F47"/>
+    <w:rsid w:val="00542D72"/>
+    <w:rsid w:val="00545605"/>
+    <w:rsid w:val="0054633D"/>
+    <w:rsid w:val="00547F08"/>
+    <w:rsid w:val="00551493"/>
+    <w:rsid w:val="00551B8D"/>
+    <w:rsid w:val="0055782C"/>
+    <w:rsid w:val="00557917"/>
+    <w:rsid w:val="00561AAE"/>
+    <w:rsid w:val="00562092"/>
+    <w:rsid w:val="005624B8"/>
+    <w:rsid w:val="00562BA5"/>
+    <w:rsid w:val="00564224"/>
+    <w:rsid w:val="00567731"/>
+    <w:rsid w:val="0057053D"/>
+    <w:rsid w:val="00572380"/>
+    <w:rsid w:val="00573C3D"/>
+    <w:rsid w:val="00574D52"/>
+    <w:rsid w:val="00585DD2"/>
+    <w:rsid w:val="00587446"/>
+    <w:rsid w:val="00587F0B"/>
+    <w:rsid w:val="00590588"/>
+    <w:rsid w:val="005A1EA8"/>
+    <w:rsid w:val="005A56C7"/>
+    <w:rsid w:val="005A7302"/>
+    <w:rsid w:val="005B0660"/>
+    <w:rsid w:val="005B0D3E"/>
+    <w:rsid w:val="005B0E23"/>
+    <w:rsid w:val="005B3CD3"/>
+    <w:rsid w:val="005B49B7"/>
+    <w:rsid w:val="005B4C48"/>
+    <w:rsid w:val="005C5567"/>
+    <w:rsid w:val="005D01DA"/>
+    <w:rsid w:val="005D105F"/>
+    <w:rsid w:val="005D2CF8"/>
+    <w:rsid w:val="005D402D"/>
+    <w:rsid w:val="005D562D"/>
+    <w:rsid w:val="005D5FA4"/>
+    <w:rsid w:val="005E19BA"/>
+    <w:rsid w:val="005E5671"/>
+    <w:rsid w:val="005E5F1E"/>
+    <w:rsid w:val="005E6506"/>
+    <w:rsid w:val="005E6632"/>
+    <w:rsid w:val="005F05F4"/>
+    <w:rsid w:val="005F0E80"/>
+    <w:rsid w:val="005F0FCD"/>
+    <w:rsid w:val="005F13B6"/>
+    <w:rsid w:val="005F5029"/>
+    <w:rsid w:val="0060209D"/>
+    <w:rsid w:val="00606135"/>
+    <w:rsid w:val="00607DD1"/>
+    <w:rsid w:val="00611002"/>
+    <w:rsid w:val="0061304E"/>
+    <w:rsid w:val="0061458C"/>
+    <w:rsid w:val="006208EC"/>
+    <w:rsid w:val="00621C13"/>
+    <w:rsid w:val="0062621E"/>
+    <w:rsid w:val="00630707"/>
+    <w:rsid w:val="0063108C"/>
+    <w:rsid w:val="006324EA"/>
+    <w:rsid w:val="0063252A"/>
+    <w:rsid w:val="00634190"/>
+    <w:rsid w:val="00634D72"/>
+    <w:rsid w:val="006353FF"/>
+    <w:rsid w:val="00636243"/>
+    <w:rsid w:val="00636483"/>
+    <w:rsid w:val="00637330"/>
+    <w:rsid w:val="00640B2D"/>
+    <w:rsid w:val="00644815"/>
+    <w:rsid w:val="00644927"/>
+    <w:rsid w:val="006502C6"/>
+    <w:rsid w:val="006524FA"/>
+    <w:rsid w:val="00652759"/>
+    <w:rsid w:val="00656FED"/>
+    <w:rsid w:val="00662424"/>
+    <w:rsid w:val="0066255A"/>
+    <w:rsid w:val="0066358F"/>
+    <w:rsid w:val="00665BA6"/>
+    <w:rsid w:val="00666005"/>
+    <w:rsid w:val="006733D0"/>
+    <w:rsid w:val="0067358D"/>
+    <w:rsid w:val="00673844"/>
+    <w:rsid w:val="006748C2"/>
+    <w:rsid w:val="006763F6"/>
+    <w:rsid w:val="00676CEC"/>
+    <w:rsid w:val="00680BBC"/>
+    <w:rsid w:val="00686BCC"/>
+    <w:rsid w:val="00693A87"/>
+    <w:rsid w:val="00695616"/>
+    <w:rsid w:val="006963BB"/>
+    <w:rsid w:val="0069698A"/>
+    <w:rsid w:val="006B7D36"/>
+    <w:rsid w:val="006B7E35"/>
+    <w:rsid w:val="006C0A2F"/>
+    <w:rsid w:val="006C3BE6"/>
+    <w:rsid w:val="006C3C6F"/>
+    <w:rsid w:val="006C4B85"/>
+    <w:rsid w:val="006C570D"/>
+    <w:rsid w:val="006C7ABA"/>
+    <w:rsid w:val="006D0939"/>
+    <w:rsid w:val="006E3041"/>
+    <w:rsid w:val="006E39F0"/>
+    <w:rsid w:val="006E5EB5"/>
+    <w:rsid w:val="006E6C09"/>
+    <w:rsid w:val="006F28B8"/>
+    <w:rsid w:val="006F2F49"/>
+    <w:rsid w:val="006F3403"/>
+    <w:rsid w:val="006F534C"/>
+    <w:rsid w:val="006F5B28"/>
+    <w:rsid w:val="006F6E98"/>
+    <w:rsid w:val="007012C2"/>
+    <w:rsid w:val="00703BEB"/>
+    <w:rsid w:val="007047DF"/>
+    <w:rsid w:val="00713792"/>
+    <w:rsid w:val="00713A0A"/>
+    <w:rsid w:val="007154D9"/>
+    <w:rsid w:val="00717FEF"/>
+    <w:rsid w:val="00720552"/>
+    <w:rsid w:val="007245AA"/>
+    <w:rsid w:val="00724DB5"/>
+    <w:rsid w:val="00727AC7"/>
+    <w:rsid w:val="00731B3C"/>
+    <w:rsid w:val="007376FF"/>
+    <w:rsid w:val="0074091B"/>
+    <w:rsid w:val="0074211F"/>
+    <w:rsid w:val="00742403"/>
+    <w:rsid w:val="00743F9D"/>
+    <w:rsid w:val="00747E2B"/>
+    <w:rsid w:val="00750EEE"/>
+    <w:rsid w:val="00752309"/>
+    <w:rsid w:val="00752972"/>
+    <w:rsid w:val="00755346"/>
+    <w:rsid w:val="0075602E"/>
+    <w:rsid w:val="0075634D"/>
+    <w:rsid w:val="0076267B"/>
+    <w:rsid w:val="0076281E"/>
+    <w:rsid w:val="00767D9D"/>
+    <w:rsid w:val="00772A78"/>
+    <w:rsid w:val="00773132"/>
+    <w:rsid w:val="00773227"/>
+    <w:rsid w:val="00773AD6"/>
+    <w:rsid w:val="00773F07"/>
+    <w:rsid w:val="00776C43"/>
+    <w:rsid w:val="00780C4D"/>
+    <w:rsid w:val="007817A0"/>
+    <w:rsid w:val="007832DF"/>
+    <w:rsid w:val="007843C0"/>
+    <w:rsid w:val="00785BAA"/>
+    <w:rsid w:val="00785D12"/>
+    <w:rsid w:val="007879C7"/>
+    <w:rsid w:val="00791655"/>
+    <w:rsid w:val="007A15AA"/>
+    <w:rsid w:val="007A3801"/>
+    <w:rsid w:val="007A47B7"/>
+    <w:rsid w:val="007A60C2"/>
+    <w:rsid w:val="007A6F3E"/>
+    <w:rsid w:val="007B6DF3"/>
+    <w:rsid w:val="007B78A5"/>
+    <w:rsid w:val="007C6298"/>
+    <w:rsid w:val="007C71A7"/>
+    <w:rsid w:val="007C79CA"/>
+    <w:rsid w:val="007D1862"/>
+    <w:rsid w:val="007D6126"/>
+    <w:rsid w:val="007E01B6"/>
+    <w:rsid w:val="007E2468"/>
+    <w:rsid w:val="007E5040"/>
+    <w:rsid w:val="007F0931"/>
+    <w:rsid w:val="007F264C"/>
+    <w:rsid w:val="007F5EDA"/>
+    <w:rsid w:val="007F7231"/>
+    <w:rsid w:val="008018EE"/>
+    <w:rsid w:val="00811BE6"/>
+    <w:rsid w:val="00814092"/>
+    <w:rsid w:val="0081412C"/>
+    <w:rsid w:val="008164FC"/>
+    <w:rsid w:val="008168BB"/>
+    <w:rsid w:val="008253CF"/>
+    <w:rsid w:val="008301D1"/>
+    <w:rsid w:val="0083361A"/>
+    <w:rsid w:val="0083466B"/>
+    <w:rsid w:val="008362CD"/>
+    <w:rsid w:val="00836502"/>
+    <w:rsid w:val="00836FD1"/>
+    <w:rsid w:val="00837A6D"/>
+    <w:rsid w:val="00841AE0"/>
+    <w:rsid w:val="00841C50"/>
+    <w:rsid w:val="00843E4D"/>
+    <w:rsid w:val="00846131"/>
+    <w:rsid w:val="00846597"/>
+    <w:rsid w:val="0085532D"/>
+    <w:rsid w:val="00855B66"/>
+    <w:rsid w:val="0085613C"/>
+    <w:rsid w:val="008608FF"/>
+    <w:rsid w:val="00861336"/>
+    <w:rsid w:val="00863A6F"/>
+    <w:rsid w:val="008640BF"/>
+    <w:rsid w:val="00864AEB"/>
+    <w:rsid w:val="00871DB7"/>
+    <w:rsid w:val="00872B83"/>
+    <w:rsid w:val="00873C3F"/>
+    <w:rsid w:val="00875766"/>
+    <w:rsid w:val="008767EE"/>
+    <w:rsid w:val="008768CA"/>
+    <w:rsid w:val="00876E6B"/>
+    <w:rsid w:val="00877962"/>
+    <w:rsid w:val="00891824"/>
+    <w:rsid w:val="00892430"/>
+    <w:rsid w:val="00894C38"/>
+    <w:rsid w:val="008966B3"/>
+    <w:rsid w:val="00897D11"/>
+    <w:rsid w:val="008A10D9"/>
+    <w:rsid w:val="008A2369"/>
+    <w:rsid w:val="008B549E"/>
+    <w:rsid w:val="008C102F"/>
+    <w:rsid w:val="008C2A99"/>
+    <w:rsid w:val="008C2ED8"/>
+    <w:rsid w:val="008C3E77"/>
+    <w:rsid w:val="008C6188"/>
+    <w:rsid w:val="008D0C0B"/>
+    <w:rsid w:val="008D29D9"/>
+    <w:rsid w:val="008D2E1A"/>
+    <w:rsid w:val="008D58FF"/>
+    <w:rsid w:val="008D7182"/>
+    <w:rsid w:val="008E1722"/>
+    <w:rsid w:val="008E268A"/>
+    <w:rsid w:val="008E2B34"/>
+    <w:rsid w:val="008E6B4D"/>
+    <w:rsid w:val="008F0DF0"/>
+    <w:rsid w:val="008F58D8"/>
+    <w:rsid w:val="00900ABD"/>
+    <w:rsid w:val="00904954"/>
+    <w:rsid w:val="00907321"/>
+    <w:rsid w:val="00914CFB"/>
+    <w:rsid w:val="009175EC"/>
+    <w:rsid w:val="0092138C"/>
+    <w:rsid w:val="00921C14"/>
+    <w:rsid w:val="00921CD7"/>
+    <w:rsid w:val="00924FCC"/>
+    <w:rsid w:val="00925202"/>
+    <w:rsid w:val="00925B90"/>
+    <w:rsid w:val="00927665"/>
+    <w:rsid w:val="00933319"/>
+    <w:rsid w:val="00933912"/>
+    <w:rsid w:val="00934A30"/>
+    <w:rsid w:val="00945531"/>
+    <w:rsid w:val="00947035"/>
+    <w:rsid w:val="0095054A"/>
+    <w:rsid w:val="00952001"/>
+    <w:rsid w:val="009562B3"/>
+    <w:rsid w:val="00956E87"/>
+    <w:rsid w:val="00956FA0"/>
+    <w:rsid w:val="00966BEF"/>
+    <w:rsid w:val="00974667"/>
+    <w:rsid w:val="009763BD"/>
+    <w:rsid w:val="0097744E"/>
+    <w:rsid w:val="00981F23"/>
+    <w:rsid w:val="00982F5C"/>
+    <w:rsid w:val="00986EB5"/>
+    <w:rsid w:val="0098797F"/>
+    <w:rsid w:val="009922E0"/>
+    <w:rsid w:val="00996E24"/>
+    <w:rsid w:val="009A2801"/>
+    <w:rsid w:val="009A2975"/>
+    <w:rsid w:val="009A54F9"/>
+    <w:rsid w:val="009A7545"/>
+    <w:rsid w:val="009B0282"/>
+    <w:rsid w:val="009B0E6F"/>
+    <w:rsid w:val="009B4DD8"/>
+    <w:rsid w:val="009B6A7E"/>
+    <w:rsid w:val="009B7A43"/>
+    <w:rsid w:val="009C359E"/>
+    <w:rsid w:val="009D087E"/>
+    <w:rsid w:val="009D0CCA"/>
+    <w:rsid w:val="009D0D02"/>
+    <w:rsid w:val="009D3588"/>
+    <w:rsid w:val="009D442B"/>
+    <w:rsid w:val="009D7610"/>
+    <w:rsid w:val="009E3231"/>
+    <w:rsid w:val="009E4763"/>
+    <w:rsid w:val="009E524C"/>
+    <w:rsid w:val="009E573A"/>
+    <w:rsid w:val="009F04B1"/>
+    <w:rsid w:val="009F1090"/>
+    <w:rsid w:val="009F21A3"/>
+    <w:rsid w:val="009F3313"/>
+    <w:rsid w:val="009F380C"/>
+    <w:rsid w:val="009F6E94"/>
+    <w:rsid w:val="00A00C85"/>
+    <w:rsid w:val="00A01C26"/>
+    <w:rsid w:val="00A10891"/>
+    <w:rsid w:val="00A12C47"/>
+    <w:rsid w:val="00A12DAF"/>
+    <w:rsid w:val="00A166A2"/>
+    <w:rsid w:val="00A17284"/>
+    <w:rsid w:val="00A17AF4"/>
+    <w:rsid w:val="00A17F85"/>
+    <w:rsid w:val="00A2055C"/>
+    <w:rsid w:val="00A207B8"/>
+    <w:rsid w:val="00A24AC1"/>
+    <w:rsid w:val="00A3107A"/>
+    <w:rsid w:val="00A32F14"/>
+    <w:rsid w:val="00A3315B"/>
+    <w:rsid w:val="00A3350E"/>
+    <w:rsid w:val="00A34A97"/>
+    <w:rsid w:val="00A45170"/>
+    <w:rsid w:val="00A45AC3"/>
+    <w:rsid w:val="00A46B60"/>
+    <w:rsid w:val="00A52524"/>
+    <w:rsid w:val="00A63C3F"/>
+    <w:rsid w:val="00A6562F"/>
+    <w:rsid w:val="00A65E4B"/>
+    <w:rsid w:val="00A713DC"/>
+    <w:rsid w:val="00A71CEE"/>
+    <w:rsid w:val="00A723F8"/>
+    <w:rsid w:val="00A72AFD"/>
+    <w:rsid w:val="00A72D97"/>
+    <w:rsid w:val="00A746D1"/>
+    <w:rsid w:val="00A74972"/>
+    <w:rsid w:val="00A832A0"/>
+    <w:rsid w:val="00A86A79"/>
+    <w:rsid w:val="00A87B1E"/>
+    <w:rsid w:val="00A91706"/>
+    <w:rsid w:val="00A934B3"/>
+    <w:rsid w:val="00A974A3"/>
+    <w:rsid w:val="00AA1DAA"/>
+    <w:rsid w:val="00AB03CF"/>
+    <w:rsid w:val="00AB65DE"/>
+    <w:rsid w:val="00AB73E7"/>
+    <w:rsid w:val="00AC040A"/>
+    <w:rsid w:val="00AC053E"/>
+    <w:rsid w:val="00AC0B8B"/>
+    <w:rsid w:val="00AC12FE"/>
+    <w:rsid w:val="00AC4228"/>
+    <w:rsid w:val="00AC476A"/>
+    <w:rsid w:val="00AC567B"/>
+    <w:rsid w:val="00AC5F07"/>
+    <w:rsid w:val="00AC6170"/>
+    <w:rsid w:val="00AC73D0"/>
+    <w:rsid w:val="00AE3F83"/>
+    <w:rsid w:val="00AE4ED1"/>
+    <w:rsid w:val="00AF2478"/>
+    <w:rsid w:val="00AF5D27"/>
+    <w:rsid w:val="00AF7F46"/>
+    <w:rsid w:val="00B11CAB"/>
+    <w:rsid w:val="00B1354C"/>
+    <w:rsid w:val="00B20CD7"/>
+    <w:rsid w:val="00B26F42"/>
+    <w:rsid w:val="00B27123"/>
+    <w:rsid w:val="00B30B6D"/>
+    <w:rsid w:val="00B30FFC"/>
+    <w:rsid w:val="00B36868"/>
+    <w:rsid w:val="00B37D50"/>
+    <w:rsid w:val="00B4106D"/>
+    <w:rsid w:val="00B43BB2"/>
+    <w:rsid w:val="00B44954"/>
+    <w:rsid w:val="00B46952"/>
+    <w:rsid w:val="00B51C99"/>
+    <w:rsid w:val="00B535B4"/>
+    <w:rsid w:val="00B5562A"/>
+    <w:rsid w:val="00B559FF"/>
+    <w:rsid w:val="00B55A81"/>
+    <w:rsid w:val="00B55C22"/>
+    <w:rsid w:val="00B57FC0"/>
+    <w:rsid w:val="00B65099"/>
+    <w:rsid w:val="00B67476"/>
+    <w:rsid w:val="00B67964"/>
+    <w:rsid w:val="00B7065E"/>
+    <w:rsid w:val="00B72634"/>
+    <w:rsid w:val="00B72E36"/>
+    <w:rsid w:val="00B76183"/>
+    <w:rsid w:val="00B76F48"/>
+    <w:rsid w:val="00B81255"/>
+    <w:rsid w:val="00B83377"/>
+    <w:rsid w:val="00B8467F"/>
+    <w:rsid w:val="00B84ECD"/>
+    <w:rsid w:val="00B8501A"/>
+    <w:rsid w:val="00B8526B"/>
+    <w:rsid w:val="00B866F3"/>
+    <w:rsid w:val="00B93C4C"/>
+    <w:rsid w:val="00B948C0"/>
+    <w:rsid w:val="00BA0B84"/>
+    <w:rsid w:val="00BA0F48"/>
+    <w:rsid w:val="00BA1A08"/>
+    <w:rsid w:val="00BA5BFC"/>
+    <w:rsid w:val="00BA6778"/>
+    <w:rsid w:val="00BB2122"/>
+    <w:rsid w:val="00BB35B7"/>
+    <w:rsid w:val="00BB51B3"/>
+    <w:rsid w:val="00BB6D3B"/>
+    <w:rsid w:val="00BB6DB8"/>
+    <w:rsid w:val="00BC16D5"/>
+    <w:rsid w:val="00BC2D93"/>
+    <w:rsid w:val="00BC46F4"/>
+    <w:rsid w:val="00BC4FA2"/>
+    <w:rsid w:val="00BC7268"/>
+    <w:rsid w:val="00BD18C4"/>
+    <w:rsid w:val="00BD2B14"/>
+    <w:rsid w:val="00BD2D07"/>
+    <w:rsid w:val="00BD3C10"/>
+    <w:rsid w:val="00BE5183"/>
+    <w:rsid w:val="00BE63F5"/>
+    <w:rsid w:val="00BE700D"/>
+    <w:rsid w:val="00BE7511"/>
+    <w:rsid w:val="00BF06D1"/>
+    <w:rsid w:val="00BF0E33"/>
+    <w:rsid w:val="00BF10CB"/>
+    <w:rsid w:val="00BF3C26"/>
+    <w:rsid w:val="00BF6C97"/>
+    <w:rsid w:val="00BF73C0"/>
+    <w:rsid w:val="00C00998"/>
+    <w:rsid w:val="00C04CD1"/>
+    <w:rsid w:val="00C0594D"/>
+    <w:rsid w:val="00C10D36"/>
+    <w:rsid w:val="00C12D98"/>
+    <w:rsid w:val="00C1417F"/>
+    <w:rsid w:val="00C1420B"/>
+    <w:rsid w:val="00C14740"/>
+    <w:rsid w:val="00C16675"/>
+    <w:rsid w:val="00C20817"/>
+    <w:rsid w:val="00C218AE"/>
+    <w:rsid w:val="00C21A20"/>
+    <w:rsid w:val="00C24C52"/>
+    <w:rsid w:val="00C24D32"/>
+    <w:rsid w:val="00C30BD7"/>
+    <w:rsid w:val="00C326E6"/>
+    <w:rsid w:val="00C345BF"/>
+    <w:rsid w:val="00C34A1B"/>
+    <w:rsid w:val="00C34A33"/>
+    <w:rsid w:val="00C34C08"/>
+    <w:rsid w:val="00C375D7"/>
+    <w:rsid w:val="00C4239E"/>
+    <w:rsid w:val="00C4322B"/>
+    <w:rsid w:val="00C437BB"/>
+    <w:rsid w:val="00C4392D"/>
+    <w:rsid w:val="00C451B7"/>
+    <w:rsid w:val="00C463EB"/>
+    <w:rsid w:val="00C5080E"/>
+    <w:rsid w:val="00C52587"/>
+    <w:rsid w:val="00C54233"/>
+    <w:rsid w:val="00C548EE"/>
+    <w:rsid w:val="00C616FF"/>
+    <w:rsid w:val="00C64144"/>
+    <w:rsid w:val="00C66386"/>
+    <w:rsid w:val="00C71272"/>
+    <w:rsid w:val="00C72A65"/>
+    <w:rsid w:val="00C7408F"/>
+    <w:rsid w:val="00C800D4"/>
+    <w:rsid w:val="00C83100"/>
+    <w:rsid w:val="00C855A5"/>
+    <w:rsid w:val="00C85C34"/>
+    <w:rsid w:val="00C85CA2"/>
+    <w:rsid w:val="00C871FC"/>
+    <w:rsid w:val="00C87AD2"/>
+    <w:rsid w:val="00C910B0"/>
+    <w:rsid w:val="00C914A6"/>
+    <w:rsid w:val="00C95368"/>
+    <w:rsid w:val="00C95A56"/>
+    <w:rsid w:val="00CA3527"/>
+    <w:rsid w:val="00CA5EDC"/>
+    <w:rsid w:val="00CB0171"/>
+    <w:rsid w:val="00CB2A55"/>
+    <w:rsid w:val="00CB6358"/>
+    <w:rsid w:val="00CC4290"/>
+    <w:rsid w:val="00CC57FD"/>
+    <w:rsid w:val="00CC60A5"/>
+    <w:rsid w:val="00CD1407"/>
+    <w:rsid w:val="00CD1F8E"/>
+    <w:rsid w:val="00CD56F4"/>
+    <w:rsid w:val="00CD666D"/>
+    <w:rsid w:val="00CD79E5"/>
+    <w:rsid w:val="00CE0CA6"/>
+    <w:rsid w:val="00CE4495"/>
+    <w:rsid w:val="00CE61F6"/>
+    <w:rsid w:val="00CE7137"/>
+    <w:rsid w:val="00CF3184"/>
+    <w:rsid w:val="00CF3C95"/>
+    <w:rsid w:val="00CF5BE1"/>
+    <w:rsid w:val="00CF5ED7"/>
+    <w:rsid w:val="00D047D9"/>
+    <w:rsid w:val="00D078B9"/>
+    <w:rsid w:val="00D1151C"/>
+    <w:rsid w:val="00D11EF9"/>
+    <w:rsid w:val="00D1411F"/>
+    <w:rsid w:val="00D15D33"/>
+    <w:rsid w:val="00D16EEF"/>
+    <w:rsid w:val="00D17822"/>
+    <w:rsid w:val="00D17D93"/>
+    <w:rsid w:val="00D24100"/>
+    <w:rsid w:val="00D24C72"/>
+    <w:rsid w:val="00D37AC7"/>
+    <w:rsid w:val="00D40E01"/>
+    <w:rsid w:val="00D41576"/>
+    <w:rsid w:val="00D42EEF"/>
+    <w:rsid w:val="00D4337E"/>
+    <w:rsid w:val="00D44069"/>
+    <w:rsid w:val="00D4519A"/>
+    <w:rsid w:val="00D4599E"/>
+    <w:rsid w:val="00D477AD"/>
+    <w:rsid w:val="00D524CC"/>
+    <w:rsid w:val="00D5360D"/>
+    <w:rsid w:val="00D53C42"/>
+    <w:rsid w:val="00D57009"/>
+    <w:rsid w:val="00D60C4E"/>
+    <w:rsid w:val="00D60FE7"/>
+    <w:rsid w:val="00D63B40"/>
+    <w:rsid w:val="00D646E1"/>
+    <w:rsid w:val="00D7081A"/>
+    <w:rsid w:val="00D76793"/>
+    <w:rsid w:val="00D769E1"/>
+    <w:rsid w:val="00D76CBB"/>
+    <w:rsid w:val="00D772F3"/>
+    <w:rsid w:val="00D772FA"/>
+    <w:rsid w:val="00D87489"/>
+    <w:rsid w:val="00D87BA8"/>
+    <w:rsid w:val="00D91219"/>
+    <w:rsid w:val="00DA036F"/>
+    <w:rsid w:val="00DA068D"/>
+    <w:rsid w:val="00DA353C"/>
+    <w:rsid w:val="00DA41CE"/>
+    <w:rsid w:val="00DA463F"/>
+    <w:rsid w:val="00DA5197"/>
+    <w:rsid w:val="00DA64FA"/>
+    <w:rsid w:val="00DB29F4"/>
+    <w:rsid w:val="00DB5EBD"/>
+    <w:rsid w:val="00DB6343"/>
+    <w:rsid w:val="00DB6416"/>
+    <w:rsid w:val="00DB6C6B"/>
+    <w:rsid w:val="00DB7FED"/>
+    <w:rsid w:val="00DC0077"/>
+    <w:rsid w:val="00DC0481"/>
+    <w:rsid w:val="00DC37C4"/>
+    <w:rsid w:val="00DC3CA6"/>
+    <w:rsid w:val="00DC5D88"/>
+    <w:rsid w:val="00DC5DB5"/>
+    <w:rsid w:val="00DD0EC7"/>
+    <w:rsid w:val="00DD3F54"/>
+    <w:rsid w:val="00DD4112"/>
+    <w:rsid w:val="00DE06A0"/>
+    <w:rsid w:val="00DE1008"/>
+    <w:rsid w:val="00DE460D"/>
+    <w:rsid w:val="00DE52C4"/>
+    <w:rsid w:val="00DE537B"/>
+    <w:rsid w:val="00DE5C37"/>
+    <w:rsid w:val="00DF0008"/>
+    <w:rsid w:val="00DF1C7B"/>
+    <w:rsid w:val="00DF42FA"/>
+    <w:rsid w:val="00DF45E1"/>
+    <w:rsid w:val="00DF4AB7"/>
+    <w:rsid w:val="00DF534D"/>
+    <w:rsid w:val="00E00054"/>
+    <w:rsid w:val="00E04216"/>
+    <w:rsid w:val="00E0690A"/>
+    <w:rsid w:val="00E06926"/>
+    <w:rsid w:val="00E06DF4"/>
+    <w:rsid w:val="00E2084E"/>
+    <w:rsid w:val="00E231A6"/>
+    <w:rsid w:val="00E3290B"/>
+    <w:rsid w:val="00E32A96"/>
+    <w:rsid w:val="00E34FAD"/>
+    <w:rsid w:val="00E3609C"/>
+    <w:rsid w:val="00E42E4A"/>
+    <w:rsid w:val="00E43F64"/>
+    <w:rsid w:val="00E44007"/>
+    <w:rsid w:val="00E4523E"/>
+    <w:rsid w:val="00E46B01"/>
+    <w:rsid w:val="00E47011"/>
+    <w:rsid w:val="00E473DF"/>
+    <w:rsid w:val="00E539F7"/>
+    <w:rsid w:val="00E60C47"/>
+    <w:rsid w:val="00E61DBB"/>
+    <w:rsid w:val="00E64DBF"/>
+    <w:rsid w:val="00E66C14"/>
+    <w:rsid w:val="00E7007E"/>
+    <w:rsid w:val="00E70658"/>
+    <w:rsid w:val="00E72515"/>
+    <w:rsid w:val="00E73E8D"/>
+    <w:rsid w:val="00E807AC"/>
+    <w:rsid w:val="00E85F2C"/>
+    <w:rsid w:val="00E90E14"/>
+    <w:rsid w:val="00E93544"/>
+    <w:rsid w:val="00E95728"/>
+    <w:rsid w:val="00E96654"/>
+    <w:rsid w:val="00EA1E2A"/>
+    <w:rsid w:val="00EA2A9C"/>
+    <w:rsid w:val="00EA3802"/>
+    <w:rsid w:val="00EA3EE7"/>
+    <w:rsid w:val="00EB2432"/>
+    <w:rsid w:val="00EB3B1B"/>
+    <w:rsid w:val="00EB3BFE"/>
+    <w:rsid w:val="00EC1B84"/>
+    <w:rsid w:val="00EC2934"/>
+    <w:rsid w:val="00EC3E17"/>
+    <w:rsid w:val="00EC4611"/>
+    <w:rsid w:val="00EC5D93"/>
+    <w:rsid w:val="00EC5F13"/>
+    <w:rsid w:val="00EC6DA7"/>
+    <w:rsid w:val="00ED353E"/>
+    <w:rsid w:val="00ED514D"/>
+    <w:rsid w:val="00ED53C1"/>
+    <w:rsid w:val="00ED5423"/>
+    <w:rsid w:val="00ED6D5D"/>
+    <w:rsid w:val="00EE1133"/>
+    <w:rsid w:val="00EE2144"/>
+    <w:rsid w:val="00EE2DB4"/>
+    <w:rsid w:val="00EE343A"/>
+    <w:rsid w:val="00EE6C29"/>
+    <w:rsid w:val="00EF1C13"/>
+    <w:rsid w:val="00EF517D"/>
+    <w:rsid w:val="00EF6AED"/>
+    <w:rsid w:val="00F002CD"/>
+    <w:rsid w:val="00F01B42"/>
+    <w:rsid w:val="00F01CA3"/>
+    <w:rsid w:val="00F10CE6"/>
+    <w:rsid w:val="00F130C8"/>
+    <w:rsid w:val="00F134A9"/>
+    <w:rsid w:val="00F13A0B"/>
+    <w:rsid w:val="00F14209"/>
+    <w:rsid w:val="00F16404"/>
+    <w:rsid w:val="00F20FF8"/>
+    <w:rsid w:val="00F210B7"/>
+    <w:rsid w:val="00F22AC4"/>
+    <w:rsid w:val="00F24D93"/>
+    <w:rsid w:val="00F27D0E"/>
+    <w:rsid w:val="00F31004"/>
+    <w:rsid w:val="00F353B6"/>
+    <w:rsid w:val="00F4133C"/>
+    <w:rsid w:val="00F448A3"/>
+    <w:rsid w:val="00F50226"/>
+    <w:rsid w:val="00F54182"/>
+    <w:rsid w:val="00F56062"/>
+    <w:rsid w:val="00F56803"/>
+    <w:rsid w:val="00F65771"/>
+    <w:rsid w:val="00F65C3A"/>
+    <w:rsid w:val="00F663C2"/>
+    <w:rsid w:val="00F7098E"/>
+    <w:rsid w:val="00F721C6"/>
+    <w:rsid w:val="00F7694A"/>
+    <w:rsid w:val="00F76C2E"/>
+    <w:rsid w:val="00F829E8"/>
+    <w:rsid w:val="00F82C24"/>
+    <w:rsid w:val="00F8350D"/>
+    <w:rsid w:val="00F8654F"/>
+    <w:rsid w:val="00F93300"/>
+    <w:rsid w:val="00F940F9"/>
+    <w:rsid w:val="00F95EB0"/>
+    <w:rsid w:val="00F978EC"/>
+    <w:rsid w:val="00FA08C4"/>
+    <w:rsid w:val="00FA0D19"/>
+    <w:rsid w:val="00FA19A0"/>
+    <w:rsid w:val="00FA20A8"/>
+    <w:rsid w:val="00FA3237"/>
+    <w:rsid w:val="00FA38C4"/>
+    <w:rsid w:val="00FA5881"/>
+    <w:rsid w:val="00FA644D"/>
+    <w:rsid w:val="00FB11F5"/>
+    <w:rsid w:val="00FB23FC"/>
+    <w:rsid w:val="00FB2E71"/>
+    <w:rsid w:val="00FB6E0F"/>
+    <w:rsid w:val="00FC0C25"/>
+    <w:rsid w:val="00FC5A33"/>
+    <w:rsid w:val="00FC74BB"/>
+    <w:rsid w:val="00FD17A1"/>
+    <w:rsid w:val="00FD4100"/>
+    <w:rsid w:val="00FE00B9"/>
+    <w:rsid w:val="00FE1C05"/>
+    <w:rsid w:val="00FE2CA2"/>
+    <w:rsid w:val="00FE5024"/>
+    <w:rsid w:val="00FE6F5A"/>
+    <w:rsid w:val="00FF222C"/>
+    <w:rsid w:val="00FF3C89"/>
+    <w:rsid w:val="00FF5FF5"/>
+    <w:rsid w:val="00FF6454"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0B2DC0B5"/>
+  <w14:docId w14:val="5413B840"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0D2B7D9B-6378-4785-AC01-DB794EF076EF}"/>
+  <w15:docId w15:val="{E6332D1C-3CE5-43A3-B652-23FFED040FF6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -10192,1033 +17858,1531 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE0A78"/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A5045B"/>
+    <w:rsid w:val="00035B61"/>
     <w:pPr>
-      <w:spacing w:afterLines="100" w:after="100"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A5045B"/>
+    <w:rsid w:val="00035B61"/>
     <w:pPr>
-      <w:spacing w:afterLines="100" w:after="100"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="SimHei" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0" w:line="271" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A5045B"/>
+    <w:rsid w:val="00035B61"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
-[...56 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="標題 1 字元"/>
-    <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat/>
-    <w:rsid w:val="00A5045B"/>
+    <w:rsid w:val="00035B61"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
-      <w:kern w:val="44"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="標題 2 字元"/>
-    <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:qFormat/>
-    <w:rsid w:val="00A5045B"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="SimHei" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
-      <w:kern w:val="44"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...3 lines deleted...]
-    <w:rsid w:val="00D038A8"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC7268"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...44 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...40 lines deleted...]
-    <w:rsid w:val="00A5045B"/>
+    <w:rsid w:val="003635B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="頁首 字元"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003635B2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003635B2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="頁尾 字元"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003635B2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003635B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-[...2 lines deleted...]
-    <w:link w:val="ac"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="註解方塊文字 字元"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-    <w:rsid w:val="00A5045B"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003635B2"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun"/>
-[...1 lines deleted...]
-      <w:kern w:val="44"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
-[...4 lines deleted...]
-    <w:rsid w:val="002E268F"/>
+  <w:style w:type="paragraph" w:styleId="Web">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D60C4E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="標題 3 字元"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="標題 4 字元"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="標題 5 字元"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="標題 6 字元"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="標題 7 字元"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="標題 8 字元"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="標題 9 字元"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="標題 字元"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:after="600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="13"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="副標題 字元"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="新細明體" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="13"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="10"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:ind w:left="360" w:right="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="引文 字元"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="1008" w:right="1152"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="鮮明引文 字元"/>
+    <w:link w:val="af4"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af6">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af7">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af8">
+    <w:name w:val="Subtle Reference"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:smallCaps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af9">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:styleId="afa">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afb">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00035B61"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="afc">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006C0A2F"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afd">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="afe"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E268F"/>
+    <w:rsid w:val="00720552"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afe">
+    <w:name w:val="註釋標題 字元"/>
+    <w:link w:val="afd"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00720552"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00720552"/>
+    <w:pPr>
+      <w:ind w:leftChars="1800" w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff0">
+    <w:name w:val="結語 字元"/>
+    <w:link w:val="aff"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00720552"/>
+    <w:rPr>
+      <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff1">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008253CF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+      <w:ind w:left="480" w:hanging="480"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="新細明體" w:hAnsi="Arial Unicode MS"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff2">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD17A1"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...284 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="afe">
+  <w:style w:type="paragraph" w:styleId="aff3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aff"/>
-    <w:rsid w:val="00EE0A78"/>
+    <w:link w:val="aff4"/>
+    <w:rsid w:val="00BA0B84"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aff">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff4">
     <w:name w:val="本文 字元"/>
-    <w:basedOn w:val="a0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EE0A78"/>
+    <w:link w:val="aff3"/>
+    <w:rsid w:val="00BA0B84"/>
     <w:rPr>
       <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aff0">
+  <w:style w:type="paragraph" w:styleId="aff5">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D1862"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="未解析的提及1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0014364F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff6">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00692423"/>
+    <w:rsid w:val="00F134A9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="22873933">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="168176008">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="176771854">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="399645445">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="427317216">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="653722198">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="982778540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1002049800">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1045057310">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1191844507">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1335575901">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1457329877">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1607687211">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1663578098">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1676490516">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1821271370">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1873807479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1937594865">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2109999630">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lms.systematic-innovation.org/mod/resource/view.php?id=181" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/course/cert/crcs-205" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/course/cert/crcs-236" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lms.systematic-innovation.org/mod/resource/view.php?id=181" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE6CB86-E2B5-4F1A-95E5-FD00025D506E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD42F764-FDAC-4D63-97BE-47AA708C8F38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2854</Characters>
+  <Pages>7</Pages>
+  <Words>789</Words>
+  <Characters>4498</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3348</CharactersWithSpaces>
+  <CharactersWithSpaces>5277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>589947</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:service@ssi.org.tw</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>學會</dc:creator>
+  <dc:creator>katy.c</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>