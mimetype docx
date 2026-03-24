--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -84,51 +84,51 @@
         <w:t>專利戰術新思維：從規避到再生，轉支出點為收入點！】</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="129C7DB0" w14:textId="1AB158FF" w:rsidR="00630C5F" w:rsidRPr="00952CB3" w:rsidRDefault="00894E86" w:rsidP="00952CB3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="519" w:hangingChars="236" w:hanging="519"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00952CB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>主辦單位: 國際創新方法學會、中華系統性創新學會、雅智(廈門)諮詢有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD367B8" w14:textId="21017A7F" w:rsidR="00820E68" w:rsidRPr="00952CB3" w:rsidRDefault="00894E86" w:rsidP="00952CB3">
+    <w:p w14:paraId="7DD367B8" w14:textId="0BC52B2D" w:rsidR="00820E68" w:rsidRPr="00952CB3" w:rsidRDefault="00894E86" w:rsidP="00952CB3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="519" w:hangingChars="236" w:hanging="519"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00952CB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>時間：202</w:t>
       </w:r>
       <w:r w:rsidR="00071BF6">
         <w:rPr>
@@ -216,51 +216,91 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) 下午 </w:t>
       </w:r>
       <w:r w:rsidR="00071BF6">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="SimSun" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidR="00524A08" w:rsidRPr="00952CB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>:00-17:00</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008477DE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00524A08" w:rsidRPr="00952CB3">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>0-17:</w:t>
+      </w:r>
+      <w:r w:rsidR="008477DE">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00524A08" w:rsidRPr="00952CB3">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C8FB69" w14:textId="19DC3638" w:rsidR="00630C5F" w:rsidRPr="00952CB3" w:rsidRDefault="00894E86" w:rsidP="00952CB3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="519" w:hangingChars="236" w:hanging="519"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00952CB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>地點</w:t>
@@ -1363,227 +1403,326 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2138D55B" w14:textId="77777777" w:rsidR="00C419FC" w:rsidRPr="00952CB3" w:rsidRDefault="00C419FC" w:rsidP="00C419FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7865E42C" w14:textId="57AEB121" w:rsidR="004B1F06" w:rsidRPr="00C419FC" w:rsidRDefault="004451D0" w:rsidP="00C419FC">
+    <w:p w14:paraId="24744C93" w14:textId="77777777" w:rsidR="0030467B" w:rsidRDefault="0030467B" w:rsidP="0030467B">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C419FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>報名網址</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C419FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="001C695F">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.systematic-innovation.org/index.php/zh-tw/course/open/crcs-241</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5740F944" w14:textId="786FA071" w:rsidR="00476115" w:rsidRDefault="0030467B" w:rsidP="00C419FC">
+      <w:pPr>
+        <w:rPr>
           <w:rStyle w:val="a3"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C419FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="324729F8" wp14:editId="0CD55C14">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D6B11CC" wp14:editId="2B32A85E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5384165</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>3175</wp:posOffset>
+              <wp:posOffset>95885</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1017270" cy="1017270"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="598418241" name="圖片 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="598418241" name="圖片 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1017270" cy="1017270"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00894E86" w:rsidRPr="00C419FC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail諮詢: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00C419FC" w:rsidRPr="00534C2B">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
             <w:kern w:val="0"/>
           </w:rPr>
           <w:t>service@i-sim.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C419FC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C419FC">
+      <w:r w:rsidR="00894E86" w:rsidRPr="00C419FC">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00C419FC" w:rsidRPr="00534C2B">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
             <w:kern w:val="0"/>
           </w:rPr>
           <w:t>service@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B2C0BA5" w14:textId="545C4581" w:rsidR="004451D0" w:rsidRPr="00C419FC" w:rsidRDefault="004451D0" w:rsidP="004451D0">
+    <w:p w14:paraId="140DED89" w14:textId="524C5284" w:rsidR="004451D0" w:rsidRDefault="0020392D" w:rsidP="004451D0">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>線上直播</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>網址</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="00616B91">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00AF1C63" w:rsidRPr="00AF1C63">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>https://meeting.tencent.com/dm/47AItl3iOVco</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3B2C0BA5" w14:textId="327DC3F4" w:rsidR="004451D0" w:rsidRPr="00C419FC" w:rsidRDefault="0020392D" w:rsidP="004451D0">
+      <w:pPr>
+        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="微軟正黑體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>騰訊會議</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1C63" w:rsidRPr="00AF1C63">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>857-367-123</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="004451D0" w:rsidRPr="00C419FC" w:rsidSect="00952CB3">
-      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="991" w:bottom="426" w:left="1134" w:header="851" w:footer="433" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34EF3873" w14:textId="77777777" w:rsidR="007B53BB" w:rsidRDefault="007B53BB" w:rsidP="007D40DF">
+    <w:p w14:paraId="708116A9" w14:textId="77777777" w:rsidR="00626C07" w:rsidRDefault="00626C07" w:rsidP="007D40DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DEB5422" w14:textId="77777777" w:rsidR="007B53BB" w:rsidRDefault="007B53BB" w:rsidP="007D40DF">
+    <w:p w14:paraId="31C1315F" w14:textId="77777777" w:rsidR="00626C07" w:rsidRDefault="00626C07" w:rsidP="007D40DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -1608,58 +1747,58 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:altName w:val="Microsoft JhengHei"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62CC48AC" w14:textId="77777777" w:rsidR="007B53BB" w:rsidRDefault="007B53BB" w:rsidP="007D40DF">
+    <w:p w14:paraId="199AA338" w14:textId="77777777" w:rsidR="00626C07" w:rsidRDefault="00626C07" w:rsidP="007D40DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="539859D8" w14:textId="77777777" w:rsidR="007B53BB" w:rsidRDefault="007B53BB" w:rsidP="007D40DF">
+    <w:p w14:paraId="78987693" w14:textId="77777777" w:rsidR="00626C07" w:rsidRDefault="00626C07" w:rsidP="007D40DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B0F8DF1" w14:textId="1355BB57" w:rsidR="0090289E" w:rsidRPr="0090289E" w:rsidRDefault="0090289E" w:rsidP="0090289E">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:ind w:leftChars="100" w:left="240"/>
       <w:rPr>
         <w:rFonts w:eastAsia="新細明體"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0090289E">
       <w:rPr>
@@ -2159,228 +2298,230 @@
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NDK0MDY2MzQzNjewNDFQ0lEKTi0uzszPAykwqwUAHW/VriwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00820E68"/>
     <w:rsid w:val="0000059F"/>
     <w:rsid w:val="00000C68"/>
     <w:rsid w:val="00001913"/>
     <w:rsid w:val="0002721F"/>
     <w:rsid w:val="00033AA2"/>
     <w:rsid w:val="00034A6A"/>
     <w:rsid w:val="00050D31"/>
-    <w:rsid w:val="00071139"/>
     <w:rsid w:val="00071BF6"/>
     <w:rsid w:val="00075451"/>
     <w:rsid w:val="00094BD1"/>
     <w:rsid w:val="000D3D32"/>
     <w:rsid w:val="000F51F8"/>
     <w:rsid w:val="00101866"/>
     <w:rsid w:val="001031A3"/>
     <w:rsid w:val="00116214"/>
     <w:rsid w:val="00131F41"/>
     <w:rsid w:val="0016017E"/>
     <w:rsid w:val="001614D2"/>
     <w:rsid w:val="00165CDB"/>
     <w:rsid w:val="0017130E"/>
     <w:rsid w:val="0018134A"/>
     <w:rsid w:val="00181A31"/>
     <w:rsid w:val="00195C86"/>
     <w:rsid w:val="001A77FC"/>
     <w:rsid w:val="001B1446"/>
     <w:rsid w:val="001B4E63"/>
     <w:rsid w:val="001C7004"/>
     <w:rsid w:val="001C7E65"/>
     <w:rsid w:val="001D5C34"/>
+    <w:rsid w:val="001F2DEE"/>
     <w:rsid w:val="0020392D"/>
     <w:rsid w:val="00220B18"/>
     <w:rsid w:val="00233B19"/>
     <w:rsid w:val="0027575B"/>
     <w:rsid w:val="002A5B76"/>
     <w:rsid w:val="002A67F9"/>
     <w:rsid w:val="002B3333"/>
     <w:rsid w:val="002C64AE"/>
     <w:rsid w:val="002C7291"/>
     <w:rsid w:val="002D5267"/>
     <w:rsid w:val="00300E11"/>
+    <w:rsid w:val="0030467B"/>
     <w:rsid w:val="00305D6C"/>
     <w:rsid w:val="00321B83"/>
     <w:rsid w:val="003225C0"/>
     <w:rsid w:val="00323019"/>
     <w:rsid w:val="00323EAF"/>
     <w:rsid w:val="003361FB"/>
     <w:rsid w:val="00356F3D"/>
     <w:rsid w:val="00372403"/>
     <w:rsid w:val="003733E6"/>
     <w:rsid w:val="00376839"/>
+    <w:rsid w:val="003A205B"/>
     <w:rsid w:val="003A3725"/>
     <w:rsid w:val="003B5FD4"/>
     <w:rsid w:val="003B6E91"/>
     <w:rsid w:val="003D52DC"/>
     <w:rsid w:val="003F4A8B"/>
     <w:rsid w:val="00401C25"/>
     <w:rsid w:val="00444AB4"/>
     <w:rsid w:val="004451D0"/>
     <w:rsid w:val="00467BC0"/>
     <w:rsid w:val="00476115"/>
     <w:rsid w:val="004B1F06"/>
     <w:rsid w:val="004E5091"/>
     <w:rsid w:val="004F4462"/>
     <w:rsid w:val="005073DF"/>
     <w:rsid w:val="0051293A"/>
     <w:rsid w:val="0051434D"/>
     <w:rsid w:val="00524A08"/>
     <w:rsid w:val="0053332C"/>
-    <w:rsid w:val="00565F9B"/>
     <w:rsid w:val="0058524D"/>
     <w:rsid w:val="00585454"/>
     <w:rsid w:val="00597A55"/>
     <w:rsid w:val="005A0A86"/>
     <w:rsid w:val="005A7B3A"/>
     <w:rsid w:val="005B2B6E"/>
     <w:rsid w:val="005C4A90"/>
     <w:rsid w:val="00610B85"/>
     <w:rsid w:val="00616B91"/>
+    <w:rsid w:val="00626C07"/>
     <w:rsid w:val="00630C5F"/>
-    <w:rsid w:val="00632D00"/>
     <w:rsid w:val="00633CC8"/>
     <w:rsid w:val="00662C63"/>
     <w:rsid w:val="00685D13"/>
     <w:rsid w:val="00694DCD"/>
     <w:rsid w:val="006A7FBC"/>
     <w:rsid w:val="006B4F2B"/>
     <w:rsid w:val="006C3BF3"/>
     <w:rsid w:val="006D6EA8"/>
     <w:rsid w:val="006F0BDD"/>
     <w:rsid w:val="006F29F6"/>
     <w:rsid w:val="006F2EDF"/>
     <w:rsid w:val="007009B4"/>
     <w:rsid w:val="00707043"/>
     <w:rsid w:val="0071420D"/>
     <w:rsid w:val="007307C5"/>
     <w:rsid w:val="007347BA"/>
-    <w:rsid w:val="00773725"/>
     <w:rsid w:val="007A61A3"/>
-    <w:rsid w:val="007B53BB"/>
     <w:rsid w:val="007C29CA"/>
     <w:rsid w:val="007C53BB"/>
     <w:rsid w:val="007D198A"/>
     <w:rsid w:val="007D40DF"/>
     <w:rsid w:val="007F435F"/>
     <w:rsid w:val="007F44E3"/>
     <w:rsid w:val="00802AE5"/>
     <w:rsid w:val="0081495F"/>
     <w:rsid w:val="00816D5A"/>
     <w:rsid w:val="00820E68"/>
     <w:rsid w:val="0083204C"/>
     <w:rsid w:val="00840318"/>
+    <w:rsid w:val="008421A9"/>
     <w:rsid w:val="008444DE"/>
+    <w:rsid w:val="008477DE"/>
     <w:rsid w:val="0086504C"/>
     <w:rsid w:val="0089394D"/>
     <w:rsid w:val="00894E86"/>
     <w:rsid w:val="008A7A70"/>
     <w:rsid w:val="008B26E5"/>
     <w:rsid w:val="008B72A7"/>
     <w:rsid w:val="008C40BA"/>
     <w:rsid w:val="008C44E4"/>
     <w:rsid w:val="008C45F0"/>
     <w:rsid w:val="008D57EF"/>
     <w:rsid w:val="008E3737"/>
     <w:rsid w:val="008F6CBA"/>
     <w:rsid w:val="00901B5E"/>
     <w:rsid w:val="0090289E"/>
     <w:rsid w:val="00907616"/>
     <w:rsid w:val="00950225"/>
     <w:rsid w:val="00952CB3"/>
     <w:rsid w:val="0095462E"/>
     <w:rsid w:val="00961F15"/>
     <w:rsid w:val="00975085"/>
     <w:rsid w:val="009762BA"/>
     <w:rsid w:val="00A16A60"/>
     <w:rsid w:val="00A2402C"/>
     <w:rsid w:val="00A4023B"/>
     <w:rsid w:val="00A60B1F"/>
+    <w:rsid w:val="00A71154"/>
     <w:rsid w:val="00A76B6A"/>
     <w:rsid w:val="00A95708"/>
     <w:rsid w:val="00AA139A"/>
     <w:rsid w:val="00AA4F2A"/>
     <w:rsid w:val="00AC72EE"/>
     <w:rsid w:val="00AD4AD7"/>
     <w:rsid w:val="00AD6170"/>
     <w:rsid w:val="00AE6027"/>
     <w:rsid w:val="00AF1C63"/>
     <w:rsid w:val="00AF5C55"/>
     <w:rsid w:val="00B22F7B"/>
     <w:rsid w:val="00B25C86"/>
     <w:rsid w:val="00B27EC1"/>
     <w:rsid w:val="00B66B6A"/>
-    <w:rsid w:val="00BC503D"/>
+    <w:rsid w:val="00B72890"/>
     <w:rsid w:val="00BE29A3"/>
     <w:rsid w:val="00C20963"/>
     <w:rsid w:val="00C419FC"/>
     <w:rsid w:val="00C4553B"/>
     <w:rsid w:val="00C60060"/>
     <w:rsid w:val="00C657F1"/>
     <w:rsid w:val="00C75A57"/>
     <w:rsid w:val="00C76859"/>
     <w:rsid w:val="00C9154D"/>
     <w:rsid w:val="00C93CF2"/>
+    <w:rsid w:val="00CC2FB4"/>
     <w:rsid w:val="00CD1FD0"/>
     <w:rsid w:val="00CE4594"/>
     <w:rsid w:val="00D16710"/>
     <w:rsid w:val="00D17E41"/>
     <w:rsid w:val="00D479E9"/>
     <w:rsid w:val="00D521A0"/>
     <w:rsid w:val="00D57D3E"/>
     <w:rsid w:val="00D64A62"/>
     <w:rsid w:val="00D8172D"/>
     <w:rsid w:val="00D90EBB"/>
     <w:rsid w:val="00DB7310"/>
     <w:rsid w:val="00DE2EF4"/>
     <w:rsid w:val="00E1177D"/>
     <w:rsid w:val="00E31BB2"/>
     <w:rsid w:val="00E61523"/>
     <w:rsid w:val="00E63739"/>
     <w:rsid w:val="00E70E13"/>
     <w:rsid w:val="00EA3B09"/>
     <w:rsid w:val="00EA42F2"/>
     <w:rsid w:val="00EA7562"/>
     <w:rsid w:val="00EB2C18"/>
-    <w:rsid w:val="00EB512D"/>
     <w:rsid w:val="00EC4A59"/>
     <w:rsid w:val="00ED08D8"/>
     <w:rsid w:val="00EF00B7"/>
     <w:rsid w:val="00F11272"/>
     <w:rsid w:val="00F16072"/>
     <w:rsid w:val="00F257F0"/>
     <w:rsid w:val="00F447FD"/>
     <w:rsid w:val="00F81519"/>
     <w:rsid w:val="00F92DAD"/>
     <w:rsid w:val="00FB07C1"/>
     <w:rsid w:val="00FD0783"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -3253,51 +3394,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2103138883">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meeting.tencent.com/dm/47AItl3iOVco" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@ssi.org.tw" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@i-sim.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/course/open/crcs-241" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -3542,55 +3683,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8722DDDA-F789-4C4E-9B21-D281B21D3A88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>162</Words>
-  <Characters>927</Characters>
+  <Words>908</Words>
+  <Characters>473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1087</CharactersWithSpaces>
+  <CharactersWithSpaces>1379</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>dsheu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>