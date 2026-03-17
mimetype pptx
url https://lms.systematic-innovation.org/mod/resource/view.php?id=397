--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,30 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
@@ -207,54 +206,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="17137" autoAdjust="0"/>
     <p:restoredTop sz="94195" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="84" d="100"/>
-          <a:sy n="84" d="100"/>
+          <a:sx n="77" d="100"/>
+          <a:sy n="77" d="100"/>
         </p:scale>
-        <p:origin x="57" y="144"/>
+        <p:origin x="114" y="456"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="222" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -1538,52 +1537,52 @@
           <a:p>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>按一下以編輯母片子標題樣式</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66E1E4D2-9666-4866-93FC-E1C5F4C1EE1F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-96688" y="-5898"/>
-            <a:ext cx="9412128" cy="338554"/>
+            <a:off x="636870" y="16607"/>
+            <a:ext cx="11117722" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr eaLnBrk="0" hangingPunct="0">
               <a:defRPr kumimoji="1" sz="2400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0804030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="PMingLiU" pitchFamily="18" charset="-120"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750" eaLnBrk="0" hangingPunct="0">
               <a:defRPr kumimoji="1" sz="2400" b="1">
@@ -1668,83 +1667,66 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr kumimoji="1" sz="2400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0804030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="PMingLiU" pitchFamily="18" charset="-120"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1600" b="1" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
               </a:rPr>
-              <a:t>2026</a:t>
+              <a:t>The Joint Conference of 17th International Conference &amp; Global Competition on Systematic Innovation (ICSI &amp; GCSI) and </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="zh-TW" altLang="en-US" sz="1600" b="1" kern="100" dirty="0">
+            <a:br>
+              <a:rPr lang="en-US" altLang="zh-TW" sz="1600" b="1" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
               </a:rPr>
-              <a:t> </a:t>
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1600" b="1" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
               </a:rPr>
-              <a:t>The 17</a:t>
-[...15 lines deleted...]
-              <a:t> International Conference &amp; Global Competition on Systematic Innovation (ICSI &amp; GCSI)</a:t>
+              <a:t>3rd  International Conference on Data Science &amp; Exploration in Artificial Intelligence (CODE AI-2026)</a:t>
             </a:r>
             <a:endParaRPr lang="zh-TW" altLang="zh-TW" sz="1600" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39CC5943-F34B-4DDF-929D-84CC8DD62BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
@@ -2004,51 +1986,51 @@
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>第五層</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/26/2026</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2428,51 +2410,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>按一下以編輯母片文字樣式</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/26/2026</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2838,51 +2820,51 @@
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>第五層</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/26/2026</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3383,51 +3365,51 @@
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>第五層</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/26/2026</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3679,51 +3661,51 @@
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>按一下以編輯母片標題樣式</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/26/2026</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3952,51 +3934,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/26/2026</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4439,51 +4421,51 @@
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Tahoma" panose="020B0804030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="PMingLiU" pitchFamily="18" charset="-120"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -4594,51 +4576,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/26/2026</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4918,82 +4900,87 @@
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="1" lang="zh-TW" altLang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Tahoma" panose="020B0804030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="PMingLiU" pitchFamily="18" charset="-120"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="圖片 12">
+          <p:cNvPr id="8" name="圖片 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{944AA031-C84A-2DB9-9DA8-E1112E91F1D0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A548E79-F7BD-1F91-7332-37756D6B4D9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId10" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
+          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2292152" y="6304486"/>
-            <a:ext cx="5532040" cy="571644"/>
+            <a:off x="3159006" y="6355039"/>
+            <a:ext cx="6162675" cy="466725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="592218037"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483654" r:id="rId1"/>
     <p:sldLayoutId id="2147483655" r:id="rId2"/>
     <p:sldLayoutId id="2147483656" r:id="rId3"/>
     <p:sldLayoutId id="2147483657" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
     <p:sldLayoutId id="2147483659" r:id="rId6"/>
     <p:sldLayoutId id="2147483660" r:id="rId7"/>
     <p:sldLayoutId id="2147483652" r:id="rId8"/>
   </p:sldLayoutIdLst>
   <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>