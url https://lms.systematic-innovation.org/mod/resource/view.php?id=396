--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,3798 +1,3927 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="60740031" w14:textId="0EB891E6" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="1D34D1A1" w14:textId="67C9DB16" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="320" w:lineRule="exact"/>
-[...47 lines deleted...]
-        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk198217201"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>届系统性创新国际会议暨全球系统创新大赛</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ICSI &amp; GCSI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>与第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>届人工智能数据科学与探索国际会议</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>CODE AI-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>联合举办</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1218839A" w14:textId="5BC0846A" w:rsidR="00FD4ECF" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...1 lines deleted...]
-        <w:spacing w:line="320" w:lineRule="exact"/>
+    <w:p w14:paraId="1218839A" w14:textId="45E6D400" w:rsidR="00FD4ECF" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00321D7C">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="26"/>
-[...11 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>征求论文和项目</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...28 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0CE83E71" w14:textId="412F4767" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...1 lines deleted...]
-        <w:spacing w:line="320" w:lineRule="exact"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0854E90D" w14:textId="05965210" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="0056012E">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>会议主题：</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>AI+IM</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>：智慧创新方法</w:t>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6B97" w:rsidRPr="007C4FCC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>智</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6B97" w:rsidRPr="00203CAE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>能</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6B97" w:rsidRPr="007C4FCC">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>创新方法</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B030B2" w14:textId="4C452B7F" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...1 lines deleted...]
-        <w:spacing w:line="320" w:lineRule="exact"/>
+    <w:p w14:paraId="3C7D5FE1" w14:textId="38934E3E" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="0056012E">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>日期：</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">July 17-19, 2026 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>现场</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>在线会议</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3648E69F" w14:textId="3A7D1E8D" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...1 lines deleted...]
-        <w:spacing w:line="320" w:lineRule="exact"/>
+    <w:p w14:paraId="30D41182" w14:textId="30A42F1F" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="0056012E">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>会议地点：国立清华大学</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>台湾</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1884C24D" w14:textId="5AD577C3" w:rsidR="00F44A7F" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="52B068BD" w14:textId="1B02643C" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="0056012E">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="26"/>
-[...15 lines deleted...]
-      </w:hyperlink>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Web: https://www.i-sim.org/icsi2026</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="381EBD5E" w14:textId="0EEB3F97" w:rsidR="00F44A7F" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="0F28BFF8" w14:textId="4C8E5A19" w:rsidR="00270CCF" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="0056012E">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="ab"/>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:u w:val="none"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="26"/>
-[...14 lines deleted...]
-      </w:hyperlink>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>E-mail: icsi@i-sim.org</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="05340AD2" w14:textId="77777777" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="002719C6" w:rsidP="0094006C">
+    <w:p w14:paraId="39F5AC66" w14:textId="40DE72D4" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>主办单位</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7DC1174C" w14:textId="747EDC0C" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...19 lines deleted...]
-    <w:p w14:paraId="73A7B2F8" w14:textId="0BA88EF4" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="04393CBC" w14:textId="3ADCD798" w:rsidR="0056012E" w:rsidRPr="0056012E" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="284" w:hanging="284"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>国际创新方法学会</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (I-SIM) , </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...19 lines deleted...]
-        <w:t>主办）</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>美国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0389D7BF" w14:textId="205CD625" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="22DBA1E2" w14:textId="582636A4" w:rsidR="0056012E" w:rsidRPr="0056012E" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="284" w:hanging="284"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>马尼帕尔理工学院（班加罗尔）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>）</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>印度马尼帕尔高等教育学院</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A267368" w14:textId="56F9124D" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="5EDE2DAC" w14:textId="3443C8B3" w:rsidR="0056012E" w:rsidRPr="0056012E" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="284" w:hanging="284"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>中华系统性创新学会</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(SSI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10263F64" w14:textId="77777777" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="002719C6" w:rsidP="0094006C">
-[...31 lines deleted...]
-    <w:p w14:paraId="5CCB15C7" w14:textId="1FF3D459" w:rsidR="00F44A7F" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="0C8AFFC5" w14:textId="4A17A4A5" w:rsidR="0056012E" w:rsidRPr="0056012E" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="284" w:hanging="284"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>国立清华大学</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(NTHU) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038961E4" w14:textId="77777777" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="0056012E" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62689040" w14:textId="094F696F" w:rsidR="00884547" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>支援期刊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6072C73B" w14:textId="7C7066F5" w:rsidR="00884547" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>国际系统性创新期刊</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Int. J. of Systematic Innovation (IJoSI) (SCOPUS and Google Scholar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>检索</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00EF41F9">
           <w:rPr>
-            <w:sz w:val="26"/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="ab"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D058A7" w14:textId="77777777" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="002719C6" w:rsidP="0094006C">
-[...33 lines deleted...]
-        <w:pStyle w:val="default"/>
+    <w:p w14:paraId="13CFB013" w14:textId="4B3FEE2E" w:rsidR="007D73C1" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
-[...14 lines deleted...]
-        <w:t>可选论文竞赛，优秀论文将获得国际认可的奖项。</w:t>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Sustainability Special Issue (SSCI/SCIE, IF 3.3, Environmental Sciences 178/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>376,Q2)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.mdpi.com/journal/sustainability/special_issues/26T7MXKM49"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Link</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2412BC5A" w14:textId="64FC4143" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...1 lines deleted...]
-        <w:pStyle w:val="default"/>
+    <w:p w14:paraId="6984BD17" w14:textId="4988D726" w:rsidR="00361BD9" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
-[...67 lines deleted...]
-        <w:t>）进行期刊论文评审。评审工作旨在提升论文质量。</w:t>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Nursing Management (SSCI/SCIE, IF 4.0, NURSING 6/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>193,Q1)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00EF41F9">
+          <w:rPr>
+            <w:rStyle w:val="ab"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>Link</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B42A90" w14:textId="0BD28B97" w:rsidR="002719C6" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...1 lines deleted...]
-        <w:pStyle w:val="default"/>
+    <w:p w14:paraId="5D0E9660" w14:textId="5A717D59" w:rsidR="00361BD9" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
-[...57 lines deleted...]
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CCIS Springer Proceedings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>SCOPUS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>检索</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B82E87" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00CD6E3C" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760F4962" w14:textId="653941D7" w:rsidR="00F44A7F" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>会议特色：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379E5545" w14:textId="4124BC5C" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00EF41F9">
+      <w:pPr>
+        <w:pStyle w:val="default"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:leftChars="7" w:left="284" w:hangingChars="112" w:hanging="269"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>自选参加的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>论文竞赛</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>优秀论文报告</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>将选出获奖者，奖项将在国际舞台上获得认可。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7A66B4" w14:textId="7117C8A2" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00EF41F9">
+      <w:pPr>
+        <w:pStyle w:val="default"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:leftChars="7" w:left="284" w:hangingChars="112" w:hanging="269"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>符合领域的获奖论文将被推荐至上述《国际</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>系统性</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>创新期刊》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(IJoSI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>、《环境科学》或《护理管理期刊》进行期刊发表。评审工作旨在提升论文质量。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DFBF41" w14:textId="2C7D2D52" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00EF41F9">
+      <w:pPr>
+        <w:pStyle w:val="default"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:leftChars="7" w:left="284" w:hangingChars="112" w:hanging="269"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>汇聚世界级专家，带来前沿的专题演讲、教程和特邀演讲。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285F5480" w14:textId="4ED2217C" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00EF41F9">
+      <w:pPr>
+        <w:pStyle w:val="default"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:leftChars="7" w:left="284" w:hangingChars="112" w:hanging="269"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. GCSI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>为您的杰出创新项目提供卓越的平台和全球认可。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7573A6AA" w14:textId="2C41F63C" w:rsidR="0056012E" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00EF41F9">
+      <w:pPr>
+        <w:pStyle w:val="default"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:leftChars="7" w:left="284" w:hangingChars="112" w:hanging="269"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. ICSI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>为研究人员和实践者提供绝佳的交流机会，让他们能够相互学习，并与人工智能和创新方法领域的全球领先专家交流。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03998DE5" w14:textId="77777777" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="00332F08" w:rsidP="0094006C">
+    <w:p w14:paraId="20095E5E" w14:textId="378C1098" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00EF41F9">
       <w:pPr>
         <w:pStyle w:val="default"/>
-        <w:snapToGrid w:val="0"/>
-[...1 lines deleted...]
-        <w:ind w:left="480"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:leftChars="7" w:left="284" w:hangingChars="112" w:hanging="269"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>自选参加会前参观台积电博物馆或新竹科学园区（台湾的硅谷）的活动和游览</w:t>
+      </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk187858221"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk187858298"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454847A3" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00D56AA5" w:rsidRDefault="00CD6E3C" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:pStyle w:val="default"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C41C4C" w14:textId="1365740F" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>研讨会相关议题（包含但不限于）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF89882" w14:textId="28D68497" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="4EEEA9DF" w14:textId="4F9EFCC7" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>策略、商业、服务、教育、机会</w:t>
+      </w:r>
+      <w:r w:rsidR="0016523A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>识别</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>、政策等领域的理论与应用创新方法（包括但不限于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AFCAE96" w14:textId="653C29A1" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="1DEDEE57" w14:textId="68A048E3" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>技术、产品、制程和设备等领域的理论与应用创新方法（包括但不限于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E83D8B" w14:textId="3B2A3567" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="04672B7B" w14:textId="157DCF3D" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...44 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>智慧财产分析与应用的创新方法</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CED6512" w14:textId="49246505" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="47DDC2B3" w14:textId="18055774" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>人机工程与互动</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8ADCF0" w14:textId="4F561D79" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="3CEA61AE" w14:textId="204D1893" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>用于机器视觉、模式</w:t>
+      </w:r>
+      <w:r w:rsidR="0016523A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>识别</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>和动作</w:t>
+      </w:r>
+      <w:r w:rsidR="0016523A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>识别</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>的人工智能</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46160D13" w14:textId="2A366359" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="78694FE8" w14:textId="221B14E4" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>创新人工智能算法与数据驱动型创新</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DBC211" w14:textId="67A2069F" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="4A88A4C4" w14:textId="31168D24" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>整合创新方法与人工智能</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (AI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>、物联网</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IoT)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>、智能设计</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>制造</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>服务或计算机辅助创新</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CAI) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7879958A" w14:textId="5C4C84A6" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="76BB3F03" w14:textId="49316EDA" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>与系统创新相关或可与之结合的其他新技术、理论、应用、设备、工具或趋势</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6291EFA7" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00CD6E3C" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="51671027" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="0094006C" w:rsidRDefault="004E4E9B" w:rsidP="0094006C">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7FB9BFEB" w14:textId="087673B2" w:rsidR="004E4E9B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>提交指南</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0E79FB22" w14:textId="04D8FCE0" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
-[...20 lines deleted...]
-    <w:p w14:paraId="484D0C7F" w14:textId="4B850FC8" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="3FECBDF7" w14:textId="526CEC3F" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
-[...17 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>请提交摘要进行初步评估，摘要应包含主要观点和贡献。请下载并按照网站提供的模板建立摘要</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>论文</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...25 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>简报文件。我们也欢迎直接提交全文进行评估。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>会议论文接受全文、简报或全文加简报作为最终提交数据。全文应为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> WORD </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>格式，简报应为</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> PowerPoint </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>格式。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3ED58F" w14:textId="1BDEEC96" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="756B86A4" w14:textId="38B2F4E5" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="400" w:lineRule="exact"/>
-[...10 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>只有准时提交的全文才有资格参加论文竞赛。要参加论文竞赛，请在在线注册过程中选择论文竞赛选项并选择相应的类别。国际评审委员会将对论文进行双盲评审，并选出获奖者。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BEF38C" w14:textId="77777777" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="00332F08" w:rsidP="0094006C">
+    <w:p w14:paraId="70F1B7D6" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00CD6E3C" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="420"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
-[...1 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00A824B0" w14:textId="3B013AE7" w:rsidR="004E4E9B" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="0426921E" w14:textId="2A21389D" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>重要截止日期</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="8710" w:type="dxa"/>
-        <w:tblInd w:w="421" w:type="dxa"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4709"/>
-        <w:gridCol w:w="4001"/>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00332F08" w:rsidRPr="0094006C" w14:paraId="70D19CD5" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00FA3862" w:rsidRPr="00CD6E3C" w14:paraId="7012AA51" w14:textId="77777777" w:rsidTr="00C431F0">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D942E15" w14:textId="64E76364" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="56C048A9" w14:textId="7CFBD146" w:rsidR="00FA3862" w:rsidRPr="00CD6E3C" w:rsidRDefault="00FA3862" w:rsidP="00FA3862">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>论文摘要及</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>GCSI</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>专案简述表</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4001" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B8B3AC" w14:textId="0ABCFDF6" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="29B06B57" w14:textId="77CEA94B" w:rsidR="00FA3862" w:rsidRPr="00FA3862" w:rsidRDefault="00FA3862" w:rsidP="00FA3862">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00FA3862">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026/5/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00332F08" w:rsidRPr="0094006C" w14:paraId="54B13B93" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00FA3862" w:rsidRPr="00CD6E3C" w14:paraId="246D368A" w14:textId="77777777" w:rsidTr="00C431F0">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="347A7EEE" w14:textId="102A401A" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="171CCABB" w14:textId="68E0BEF0" w:rsidR="00FA3862" w:rsidRPr="00CD6E3C" w:rsidRDefault="00FA3862" w:rsidP="00FA3862">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>接收函通知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4001" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A644B7F" w14:textId="080B94BB" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="469A3197" w14:textId="38224B76" w:rsidR="00FA3862" w:rsidRPr="00FA3862" w:rsidRDefault="00FA3862" w:rsidP="00FA3862">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00FA3862">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5/30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA3862">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t>收到文件两周后</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>后，收到文件两周后</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00332F08" w:rsidRPr="0094006C" w14:paraId="58476877" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w14:paraId="68C4F3A4" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E475A95" w14:textId="4E069353" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="0CD206F4" w14:textId="46B25DDB" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>早鸟注册截止日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4001" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="026ADA5A" w14:textId="50C419A1" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="706188AB" w14:textId="43C7682F" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026/6/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00332F08" w:rsidRPr="0094006C" w14:paraId="67054FC9" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w14:paraId="70F02F25" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="467F78CC" w14:textId="41D2EF2C" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="66C3CD97" w14:textId="1A7D208B" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>论文</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>项目完整简报提交截止日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4001" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2349F33E" w14:textId="06DC50F1" w:rsidR="00332F08" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="00B31318" w14:textId="4D563EE6" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026/6/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F048466" w14:textId="77777777" w:rsidR="00F83AA3" w:rsidRPr="0094006C" w:rsidRDefault="00F83AA3" w:rsidP="0094006C">
+    <w:p w14:paraId="494D9DD2" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00CD6E3C" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
-[...1 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B28E915" w14:textId="5F8D6916" w:rsidR="000C046C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="41AC5E93" w14:textId="29EE56EC" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>注册费</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="000C046C" w:rsidRPr="0094006C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+      <w:r w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8847" w:type="dxa"/>
-        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblW w:w="9303" w:type="dxa"/>
+        <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2126"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2492"/>
+        <w:gridCol w:w="2004"/>
+        <w:gridCol w:w="3864"/>
+        <w:gridCol w:w="3435"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0094006C" w:rsidRPr="0094006C" w14:paraId="328BF75E" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w14:paraId="543BAE9D" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
-          <w:trHeight w:val="464"/>
+          <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7308BDB4" w14:textId="1E4A630C" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="0CB50CB7" w14:textId="37896983" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>注册费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4229" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="316284D9" w14:textId="32D08659" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="18B57DC2" w14:textId="29A6F967" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>早鸟注册</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="EE0000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026/6/15</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>前</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2492" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B8F4662" w14:textId="4DE3ACE6" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="05A63493" w14:textId="60CEEB32" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>注册</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="EE0000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026/6/16</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>后</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094006C" w:rsidRPr="0094006C" w14:paraId="6D26F195" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w14:paraId="367E36E1" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
-          <w:trHeight w:val="556"/>
+          <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9D9BDA" w14:textId="028CBBC5" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="10A69441" w14:textId="177E375B" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>作者</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>非作者</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4229" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F70D7B5" w14:textId="5EC4BA0F" w:rsidR="0094006C" w:rsidRPr="00392F18" w:rsidRDefault="00392F18" w:rsidP="0094006C">
+          <w:p w14:paraId="61924592" w14:textId="0FC14171" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>RMB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007879EF">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="zh-TW"/>
-[...1 lines deleted...]
-              <w:t>RMB</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="008E5160">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="007879EF">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2492" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6710089A" w14:textId="33AC23EC" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="00392F18" w:rsidP="0094006C">
+          <w:p w14:paraId="4383E893" w14:textId="67AC7890" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>RMB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007879EF">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="zh-TW"/>
-[...1 lines deleted...]
-              <w:t>RMB</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="008E5160">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>2625</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094006C" w:rsidRPr="0094006C" w14:paraId="366CC294" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w14:paraId="2D050979" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
-          <w:trHeight w:val="564"/>
+          <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="732A4233" w14:textId="3043FDC7" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="230C29A9" w14:textId="6607F127" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>I-SIM/SSI /</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>会员</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4229" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="373A8BA0" w14:textId="50B88A04" w:rsidR="0094006C" w:rsidRPr="00392F18" w:rsidRDefault="00392F18" w:rsidP="0094006C">
+          <w:p w14:paraId="24A6FCA8" w14:textId="5A490588" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
-[...27 lines deleted...]
-              <w:t>1575</w:t>
+              </w:rPr>
+              <w:t>RMB 1575</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2492" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0B3E95" w14:textId="34AFE32E" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="00392F18" w:rsidP="0094006C">
+          <w:p w14:paraId="35377EB7" w14:textId="6D18B13C" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>RMB</w:t>
             </w:r>
             <w:r w:rsidRPr="007879EF">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidRPr="007879EF">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094006C" w:rsidRPr="0094006C" w14:paraId="13001133" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w14:paraId="50C8639F" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
-          <w:trHeight w:val="558"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0571898D" w14:textId="59678261" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="35493C60" w14:textId="2A8F131B" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>学生</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4229" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB69B45" w14:textId="5A772D28" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="00392F18" w:rsidP="0094006C">
+          <w:p w14:paraId="559E0B69" w14:textId="275DF5B8" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>RMB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007879EF">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="zh-TW"/>
-[...1 lines deleted...]
-              <w:t>RMB</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="008E5160">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>55</w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="007879EF">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2492" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6F96FC" w14:textId="70C3F4C3" w:rsidR="0094006C" w:rsidRPr="00392F18" w:rsidRDefault="00392F18" w:rsidP="0094006C">
+          <w:p w14:paraId="2B28A180" w14:textId="05CA7AB2" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>RMB 7</w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="007879EF">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094006C" w:rsidRPr="0094006C" w14:paraId="40A180F5" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00C3637B" w:rsidRPr="00EF41F9" w14:paraId="40D3D30E" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
-          <w:trHeight w:val="960"/>
+          <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04A0883B" w14:textId="7C99ED2A" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="32A2A67A" w14:textId="59A0DC34" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">GCSI </w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>专案竞赛</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6721" w:type="dxa"/>
+            <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D96E37A" w14:textId="40E3F65D" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="00EF4CE6" w:rsidP="0094006C">
+          <w:p w14:paraId="24D95663" w14:textId="0F417247" w:rsidR="00C3637B" w:rsidRPr="00EF41F9" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
-[...28 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t>RMB 550/</w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>每件专案竞赛。每件项目竞赛必须至少一名</w:t>
+              <w:t>每件</w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> ICSI </w:t>
+            <w:r w:rsidR="00B41EC4" w:rsidRPr="00EF41F9">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>项目</w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>注册费报名</w:t>
+              <w:t>竞赛。每件项目竞赛必须至少一名</w:t>
             </w:r>
-            <w:r w:rsidR="007879EF" w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF41F9">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>研讨会注册费报名</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF41F9">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094006C" w:rsidRPr="0094006C" w14:paraId="16BAEFFD" w14:textId="77777777" w:rsidTr="0094006C">
+      <w:tr w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w14:paraId="3B77F83D" w14:textId="77777777" w:rsidTr="00CD6E3C">
         <w:trPr>
-          <w:trHeight w:val="960"/>
+          <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8847" w:type="dxa"/>
+            <w:tcW w:w="9303" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5FAB53" w14:textId="649D0877" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="6CDA6776" w14:textId="07C3D9A6" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t>每位与会者的注册费用包含一篇论文。每增加一篇论文，需额外支付</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>每位参与者的注册费包含一篇论文或一个项目</w:t>
             </w:r>
-            <w:r w:rsidR="002C1D50">
-[...5 lines deleted...]
-              <w:t>RMB</w:t>
+            <w:r w:rsidR="00174F26" w:rsidRPr="00EF41F9">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>竞赛</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00EF41F9">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>。每增加一篇论文需额外支付</w:t>
             </w:r>
-            <w:r w:rsidR="002C1D50">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>RMB 700</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
-[...4 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidRPr="00EF41F9">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>，每增加一个项目需额外支付</w:t>
             </w:r>
-            <w:r w:rsidRPr="007879EF">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>RMB 550</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EC500C1" w14:textId="4851524B" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+          <w:p w14:paraId="5D4BAEA6" w14:textId="4DA8A84F" w:rsidR="00C3637B" w:rsidRPr="00CD6E3C" w:rsidRDefault="00C3637B" w:rsidP="00C3637B">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="微軟正黑體"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF41F9">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>在线与会者注册费：</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC763A" w:rsidRPr="008E5160">
+              <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007879EF">
+              <w:t>RMB 1575</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF41F9">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
-                <w:sz w:val="26"/>
-[...17 lines deleted...]
-              <w:t>RMB 1575</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0EDD1558" w14:textId="7CAC2E14" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="047AFF26" w14:textId="2C7C51E3" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="ab"/>
-          <w:rFonts w:eastAsia="PMingLiU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   *: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="0094006C" w:rsidRPr="0094006C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+      <w:r w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://dsm.systematic-innovation.org/d/f/671201092496793069"</w:instrText>
       </w:r>
-      <w:r w:rsidR="0094006C" w:rsidRPr="0094006C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+      <w:r w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0094006C" w:rsidRPr="0094006C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+      <w:r w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rStyle w:val="ab"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>点入加入</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rStyle w:val="ab"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>会员可以立即享受会员优惠。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D74CB07" w14:textId="52887861" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="0094006C" w:rsidP="0094006C">
+    <w:p w14:paraId="7D9B171D" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00CD6E3C" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6E3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DDD639" w14:textId="4256703C" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="41D2AA39" w14:textId="6843F6AA" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007879EF">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">GCSI </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>项目竞赛</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>展示</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547007DF" w14:textId="5A9E5B8B" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="007879EF" w:rsidP="0094006C">
+    <w:p w14:paraId="49D91BC2" w14:textId="6C838ADC" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00EF41F9" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="ab"/>
-          <w:rFonts w:eastAsia="PMingLiU"/>
-[...8 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>届全球系统创新竞赛</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(GCSI)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>将在</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ICSI</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>会议的分会场上举行其最后一轮的项目决赛。</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>本次</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>GCSI</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...10 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>竞赛将依个别分类，颁发白金、金牌、银牌、铜牌和证书。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...25 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>研讨会现场参与者可以免费参观项目报告和演示。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>评审委员会保留根据项目质量调整获奖人数的权利。</w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007879EF">
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00EF41F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>详情见</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="007879EF">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00EF41F9">
           <w:rPr>
             <w:rStyle w:val="ab"/>
-            <w:sz w:val="26"/>
-            <w:szCs w:val="26"/>
+            <w:sz w:val="24"/>
           </w:rPr>
           <w:t>https://www.i-sim.org/icsi2026</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007879EF">
+      <w:r w:rsidRPr="00EF41F9">
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="288CAD37" w14:textId="77777777" w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidRDefault="0094006C" w:rsidP="0094006C">
+    <w:p w14:paraId="290AAD28" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00CD6E3C" w:rsidP="00CD6E3C">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
-[...1 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0094006C" w:rsidRPr="0094006C" w:rsidSect="00270CCF">
-      <w:headerReference w:type="default" r:id="rId13"/>
+    <w:p w14:paraId="58D7FC2A" w14:textId="77777777" w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidRDefault="00CD6E3C" w:rsidP="000C046C">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CD6E3C" w:rsidRPr="00CD6E3C" w:rsidSect="00270CCF">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1134" w:bottom="1134" w:left="1276" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="312"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C606F0A" w14:textId="77777777" w:rsidR="004A70B1" w:rsidRDefault="004A70B1">
+    <w:p w14:paraId="5B5FF64C" w14:textId="77777777" w:rsidR="00E54018" w:rsidRDefault="00E54018">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E714A63" w14:textId="77777777" w:rsidR="004A70B1" w:rsidRDefault="004A70B1">
+    <w:p w14:paraId="316B48D9" w14:textId="77777777" w:rsidR="00E54018" w:rsidRDefault="00E54018">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...7 lines deleted...]
-    <w:altName w:val="SimSun"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="PMingLiU">
-    <w:altName w:val="新細明體"/>
+  <w:font w:name="新細明體">
+    <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="微軟正黑體">
+    <w:altName w:val="Microsoft JhengHei"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="French Script MT">
     <w:panose1 w:val="03020402040607040605"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0602482A" w14:textId="77777777" w:rsidR="004A70B1" w:rsidRDefault="004A70B1">
+    <w:p w14:paraId="123545E5" w14:textId="77777777" w:rsidR="00E54018" w:rsidRDefault="00E54018">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F266974" w14:textId="77777777" w:rsidR="004A70B1" w:rsidRDefault="004A70B1">
+    <w:p w14:paraId="147C85EB" w14:textId="77777777" w:rsidR="00E54018" w:rsidRDefault="00E54018">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5E562F5C" w14:textId="3B6544DD" w:rsidR="00F44A7F" w:rsidRDefault="000763C9">
+  <w:p w14:paraId="5E562F5C" w14:textId="5E823088" w:rsidR="00F44A7F" w:rsidRDefault="00D87E48">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+        <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664895" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74794AFB" wp14:editId="5C71E305">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665919" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58F5A53D" wp14:editId="5B59EB2A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>3812540</wp:posOffset>
+            <wp:posOffset>5165090</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-283210</wp:posOffset>
+            <wp:posOffset>-289560</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2240724" cy="427355"/>
-[...2 lines deleted...]
-          <wp:docPr id="3" name="图片 5"/>
+          <wp:extent cx="1417320" cy="380365"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="273272120" name="圖片 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="图片 5"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="273272120" name="圖片 273272120"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2240724" cy="427355"/>
+                    <a:ext cx="1417320" cy="380365"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664895" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74794AFB" wp14:editId="1B464147">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2946344</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-339090</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2111948" cy="436489"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="1905"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="图片 5"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="图片 5"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2111948" cy="436489"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004A7A12">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B7BFF30" wp14:editId="21C8C068">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B7BFF30" wp14:editId="0A946ECB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>2160270</wp:posOffset>
+            <wp:posOffset>1412240</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>-671849</wp:posOffset>
+            <wp:posOffset>-711835</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="450850" cy="458470"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Resim 445697444" descr="A logo of a sun and a swirly wave&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="445697444" name="Resim 445697444" descr="A logo of a sun and a swirly wave&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="450850" cy="458470"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004A7A12">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A2CDC25" wp14:editId="370F938C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="796F43F3" wp14:editId="12048DB6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>2548890</wp:posOffset>
+                <wp:posOffset>104775</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-292735</wp:posOffset>
+                <wp:posOffset>-305435</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1339215" cy="455930"/>
-[...2 lines deleted...]
-              <wp:docPr id="1" name="文字方塊 2"/>
+              <wp:extent cx="1308100" cy="464185"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="16" name="Text Box 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1339215" cy="455930"/>
+                        <a:ext cx="1308100" cy="464185"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
+                      <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5332102C" w14:textId="6AAB7E0B" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="007879EF">
+                        <w:p w14:paraId="7FD4596C" w14:textId="0D731CE6" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="00EF41F9">
                           <w:pPr>
-                            <w:jc w:val="left"/>
+                            <w:pStyle w:val="Web"/>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:adjustRightInd w:val="0"/>
+                            <w:snapToGrid w:val="0"/>
+                            <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                            <w:textAlignment w:val="baseline"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
-                              <w:sz w:val="24"/>
+                              <w:rFonts w:ascii="French Script MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="007879EF">
+                          <w:r w:rsidRPr="00EF41F9">
                             <w:rPr>
-                              <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
-                              <w:sz w:val="24"/>
+                              <w:rFonts w:ascii="French Script MT" w:eastAsia="SimSun" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
+                              <w:lang w:eastAsia="zh-CN"/>
                             </w:rPr>
-                            <w:t>The Society of Systematic Innovation</w:t>
+                            <w:t>International Society of Innovation Methods</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
-[...1 lines deleted...]
-                    </wps:bodyPr>
+                    <wps:bodyPr wrap="square"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
-              <wp14:sizeRelV relativeFrom="margin">
-[...1 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="7A2CDC25" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="796F43F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="文字方塊 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:200.7pt;margin-top:-23.05pt;width:105.45pt;height:35.9pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeWUqE4AEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOZVuMOEXXosOA&#10;7gJ0/QBZlmxhtqhRSuzs60fJaZptb8VeBFGkD885pLdXY9+xg0JvwJY8n805U1ZCbWxT8sfvd2/e&#10;c+aDsLXowKqSH5XnV7vXr7aDK9QCWuhqhYxArC8GV/I2BFdkmZet6oWfgVOWkhqwF4FCbLIaxUDo&#10;fZct5vO32QBYOwSpvKfX2ynJdwlfayXDV629CqwrOXEL6cR0VvHMdltRNChca+SJhngBi14YS03P&#10;ULciCLZH8w9UbySCBx1mEvoMtDZSJQ2kJp//peahFU4lLWSOd2eb/P+DlV8OD+4bsjB+gJEGmER4&#10;dw/yh2cWblphG3WNCEOrRE2N82hZNjhfnD6NVvvCR5Bq+Aw1DVnsAySgUWMfXSGdjNBpAMez6WoM&#10;TMaWy+Vmka85k5RbrdebZZpKJoqnrx368FFBz+Kl5EhDTejicO9DZCOKp5LYzMKd6bo02M7+8UCF&#10;8SWxj4Qn6mGsRqqOKiqoj6QDYdoT2mu6tIC/OBtoR0ruf+4FKs66T5a82OSrVVyqFKzW7xYU4GWm&#10;uswIKwmq5IGz6XoTpkXcOzRNS50m9y1ck3/aJGnPrE68aQ+S4tPOxkW7jFPV85+1+w0AAP//AwBQ&#10;SwMEFAAGAAgAAAAhANbc75HfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNxaOyENELKpEIgrqIVW4ubG2yQiXkex24S/x5zguJqnmbflera9ONPoO8cIyVKBIK6d6bhB+Hh/&#10;WdyB8EGz0b1jQvgmD+vq8qLUhXETb+i8DY2IJewLjdCGMBRS+rolq/3SDcQxO7rR6hDPsZFm1FMs&#10;t71Mlcql1R3HhVYP9NRS/bU9WYTd6/Fzn6m35tmuhsnNSrK9l4jXV/PjA4hAc/iD4Vc/qkMVnQ7u&#10;xMaLHiFTSRZRhEWWJyAikSfpDYgDQrq6BVmV8v8L1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAXllKhOABAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA1tzvkd8AAAAKAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:8.25pt;margin-top:-24.05pt;width:103pt;height:36.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYqc8JoAEAACgDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR+wfxD0vtjuuiIw4hTbiu6l&#10;uwDdPoCR6diYJWqiEjt/P0q5dJe3oi+CRIqHPOdwdTvbUe0x8ECu0dWi1AqdoXZw20b/+H7/ZqkV&#10;R3AtjOSw0Qdkfbt+/Wo1+RqvqKexxaAExHE9+Ub3Mfq6KNj0aIEX5NFJsqNgIcozbIs2wCTodiyu&#10;yvKmmCi0PpBBZoneHZN6nfG7Dk382nWMUY2NltliPkM+N+ks1iuotwF8P5jTGPCMKSwMTppeoO4g&#10;gtqF4T8oO5hATF1cGLIFdd1gMHMQNlX5D5vHHjxmLiIO+4tM/HKw5sv+0X8LKs4faBYDMwn2D2R+&#10;snL0sQe3xfch0NQjtNK4SpIVk+f6VJqk5poTyGb6TK2YDLtIGWjugk2qCE8l6GLA4SI6zlGZ1PJt&#10;uaxKSRnJXd9cV8t3uQXU52ofOH5CsipdGh3E1IwO+weOaRqoz19SM0f3wzhmY0f3V0A+HiOYN+NU&#10;fR7/SCTOm1lqU3BD7UFYTbIdjeZfOwh4IS925Man1Ul+//nOEj0t+Po3AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAP3KK3N0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI3LZk1TqN&#10;0nRCIK4gxh+Jm9d4bUXjVE22lm+POcHNz356/r1yN/tenWmMXWALq6UBRVwH13Fj4e31cbEFFROy&#10;wz4wWfimCLvq8qLEwoWJX+i8T42SEI4FWmhTGgqtY92Sx7gMA7HcjmH0mESOjXYjThLue50Zs9Ee&#10;O5YPLQ5031L9tT95C+9Px8+PtXluHnw+TGE2mv2Ntvb6ar67BZVoTn9m+MUXdKiE6RBO7KLqRW9y&#10;cVpYrLcrUGLIskw2BxlyA7oq9f8G1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGKnP&#10;CaABAAAoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;P3KK3N0AAAAJAQAADwAAAAAAAAAAAAAAAAD6AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAAQFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="5332102C" w14:textId="6AAB7E0B" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="007879EF">
+                  <w:p w14:paraId="7FD4596C" w14:textId="0D731CE6" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="00EF41F9">
                     <w:pPr>
-                      <w:jc w:val="left"/>
+                      <w:pStyle w:val="Web"/>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:adjustRightInd w:val="0"/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                      <w:textAlignment w:val="baseline"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
-                        <w:sz w:val="24"/>
+                        <w:rFonts w:ascii="French Script MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="007879EF">
+                    <w:r w:rsidRPr="00EF41F9">
                       <w:rPr>
-                        <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
-                        <w:sz w:val="24"/>
+                        <w:rFonts w:ascii="French Script MT" w:eastAsia="SimSun" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
+                        <w:lang w:eastAsia="zh-CN"/>
                       </w:rPr>
-                      <w:t>The Society of Systematic Innovation</w:t>
+                      <w:t>International Society of Innovation Methods</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="004A7A12">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2027700A" wp14:editId="49EBB86D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2027700A" wp14:editId="7D81F693">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>2540</wp:posOffset>
+            <wp:posOffset>-459105</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-292735</wp:posOffset>
+            <wp:posOffset>-300055</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="660400" cy="417830"/>
           <wp:effectExtent l="0" t="0" r="6350" b="1270"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="985"/>
               <wp:lineTo x="2492" y="15757"/>
               <wp:lineTo x="0" y="19696"/>
               <wp:lineTo x="0" y="20681"/>
               <wp:lineTo x="21185" y="20681"/>
               <wp:lineTo x="21185" y="19696"/>
               <wp:lineTo x="18069" y="15757"/>
               <wp:lineTo x="21185" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="4" name="Resim 1764317315"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1764317315" name="Resim 1764317315"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
+                  <a:blip r:embed="rId4">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="660400" cy="417830"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004A7A12">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="796F43F3" wp14:editId="0EB6932F">
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A2CDC25" wp14:editId="3F4073E0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>624840</wp:posOffset>
+                <wp:posOffset>1776130</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-280035</wp:posOffset>
+                <wp:posOffset>-282575</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1308100" cy="464185"/>
-[...2 lines deleted...]
-              <wp:docPr id="16" name="Text Box 6"/>
+              <wp:extent cx="1339215" cy="455930"/>
+              <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="1" name="文字方塊 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1308100" cy="464185"/>
+                        <a:ext cx="1339215" cy="455930"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
-                      <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="7FD4596C" w14:textId="7583CE13" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="007879EF">
+                        <w:p w14:paraId="5332102C" w14:textId="14286A84" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="00EF41F9">
                           <w:pPr>
-                            <w:pStyle w:val="Web"/>
-[...5 lines deleted...]
-                            <w:textAlignment w:val="baseline"/>
+                            <w:jc w:val="left"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="French Script MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
+                              <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                              <w:sz w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="007879EF">
+                          <w:r w:rsidRPr="00EF41F9">
                             <w:rPr>
-                              <w:rFonts w:ascii="French Script MT" w:eastAsia="宋体" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
-                              <w:lang w:eastAsia="zh-CN"/>
+                              <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                              <w:sz w:val="24"/>
                             </w:rPr>
-                            <w:t>International Society of Innovation Methods</w:t>
+                            <w:t>The Society of Systematic Innovation</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr wrap="square"/>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="796F43F3" id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:49.2pt;margin-top:-22.05pt;width:103pt;height:36.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpHRcsowEAAC8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR+wfxD0vtjuuiIw4hRri+6l&#10;uwBtP4CR6diYLWqiEjt/P0px0l3eir4QEikd8pzD1fU09GqPnjuylS4WuVZoDdWd3Vb6+en+w1Ir&#10;DmBr6MlipQ/I+nr9/t1qdCVeUEt9jV4JiOVydJVuQ3BllrFpcQBekEMrxYb8AEGufpvVHkZBH/rs&#10;Is+vspF87TwZZJbs3bGo1wm/adCE703DGFRfaZktpOhT3MSYrVdQbj24tjPzGPCKKQborDQ9Q91B&#10;ALXz3X9QQ2c8MTVhYWjIqGk6g4mDsCnyf9g8tuAwcRFx2J1l4reDNd/2j+6HV2G6oUkMTCTYPZD5&#10;ycrSbQt2i5+9p7FFqKVxESXLRsfl/DVKzSVHkM34lWoxGXaBEtDU+CGqIjyVoIsBh7PoOAVlYsuP&#10;+bLIpWSkdnl1WSw/pRZQnn47z+EL0qDiodJeTE3osH/gEKeB8vQkNrN03/V9Mra3fyXk4TGDaTPm&#10;36fxj0TCtJlUV89EY21D9UHIjbIkleZfO/B41kBcSf3nDYq2/3lPSr3s+fo3AAAA//8DAFBLAwQU&#10;AAYACAAAACEAjQDA4d0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3LZk&#10;o6C11J0QiCuI8SFxyxqvrWicqsnW8u8xJzjafvT6ecvt7Ht1ojF2gRFWSwOKuA6u4wbh7fVxsQEV&#10;k2Vn+8CE8E0RttX5WWkLFyZ+odMuNUpCOBYWoU1pKLSOdUvexmUYiOV2CKO3Scax0W60k4T7Xq+N&#10;udHediwfWjvQfUv11+7oEd6fDp8fmXluHvz1MIXZaPa5Rry8mO9uQSWa0x8Mv/qiDpU47cORXVQ9&#10;Qr7JhERYZNkKlABXJpPNHmGdG9BVqf83qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;6R0XLKMBAAAvAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAjQDA4d0AAAAJAQAADwAAAAAAAAAAAAAAAAD9AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="7A2CDC25" id="文字方塊 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:139.85pt;margin-top:-22.25pt;width:105.45pt;height:35.9pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsdezH4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817L8aGvBcpAmSFEg&#10;fQBpPoCiSIuoxGWXtCX367ukFMdtb0EvBMmlZmdmR9uroWvZUaE3YEuez+acKSuhNnZf8sfvd2/e&#10;c+aDsLVowaqSn5TnV7vXr7a9K9QCGmhrhYxArC96V/ImBFdkmZeN6oSfgVOWihqwE4GOuM9qFD2h&#10;d222mM/fZj1g7RCk8p5ub8ci3yV8rZUMX7X2KrC25MQtpBXTWsU1221FsUfhGiMnGuIFLDphLDU9&#10;Q92KINgBzT9QnZEIHnSYSegy0NpIlTSQmnz+l5qHRjiVtJA53p1t8v8PVn45PrhvyMLwAQYaYBLh&#10;3T3IH55ZuGmE3atrROgbJWpqnEfLst75Yvo0Wu0LH0Gq/jPUNGRxCJCABo1ddIV0MkKnAZzOpqsh&#10;MBlbLpebRb7mTFJttV5vlmkqmSievnbow0cFHYubkiMNNaGL470PkY0onp7EZhbuTNumwbb2jwt6&#10;GG8S+0h4pB6GamCmnqRFMRXUJ5KDMMaF4k2bBvAXZz1FpeT+50Gg4qz9ZMmSTb5axWylw2r9bkEH&#10;vKxUlxVhJUGVPHA2bm/CmMeDQ7NvqNM4BAvXZKM2SeEzq4k+xSEJn6Ib83Z5Tq+ef7DdbwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOGs7LXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tuwjAQRfeV&#10;+AdrKnUHdmmAJsRBVatuW0EfEjsTD0lEPI5iQ9K/77Bql6N7dO+ZfDO6VlywD40nDfczBQKp9Lah&#10;SsPnx+v0EUSIhqxpPaGGHwywKSY3ucmsH2iLl12sBJdQyIyGOsYukzKUNToTZr5D4uzoe2cin30l&#10;bW8GLnetnCu1lM40xAu16fC5xvK0OzsNX2/H/Xei3qsXt+gGPypJLpVa392OT2sQEcf4B8NVn9Wh&#10;YKeDP5MNotUwX6UrRjVMk2QBgokkVUsQh2v0ALLI5f8Xil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAbHXsx+MBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA4azstd8AAAAKAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="7FD4596C" w14:textId="7583CE13" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="007879EF">
+                  <w:p w14:paraId="5332102C" w14:textId="14286A84" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="00EF41F9">
                     <w:pPr>
-                      <w:pStyle w:val="Web"/>
-[...5 lines deleted...]
-                      <w:textAlignment w:val="baseline"/>
+                      <w:jc w:val="left"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="French Script MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
+                        <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                        <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="007879EF">
+                    <w:r w:rsidRPr="00EF41F9">
                       <w:rPr>
-                        <w:rFonts w:ascii="French Script MT" w:eastAsia="宋体" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
-                        <w:lang w:eastAsia="zh-CN"/>
+                        <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                        <w:sz w:val="24"/>
                       </w:rPr>
-                      <w:t>International Society of Innovation Methods</w:t>
+                      <w:t>The Society of Systematic Innovation</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000004"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000004"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
@@ -4057,50 +4186,199 @@
         </w:tabs>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E5469D2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D5641754"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="181C2BBB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="064E398A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4169,51 +4447,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="200F0860"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11E00BAA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4282,51 +4560,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C711485"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="064E398A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4395,51 +4673,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E234111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="990AAABA"/>
     <w:lvl w:ilvl="0" w:tplc="34AACF5C">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4508,253 +4786,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="46056A95"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BF36E0B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4BF36E0B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4823,51 +4899,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DBC6B5D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4DBC6B5D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4936,51 +5012,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A5C4D31"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A5C4D31"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5076,51 +5152,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="3360"/>
         </w:tabs>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A6D5BA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D42A1E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -5189,51 +5265,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C9322AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="719E55C4"/>
     <w:lvl w:ilvl="0" w:tplc="9536DB2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5279,831 +5355,891 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1160996893">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1638606751">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1943954031">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="680619736">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="723215162">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1103305806">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1105729247">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="210112582">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="408776530">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="867907546">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="414059210">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1531147549">
-    <w:abstractNumId w:val="8"/>
-[...1 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="22948733">
     <w:abstractNumId w:val="7"/>
   </w:num>
+  <w:num w:numId="13" w16cid:durableId="1402092718">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
   <w:num w:numId="14" w16cid:durableId="723144726">
-    <w:abstractNumId w:val="3"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:savePreviewPicture/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NDc1NTKxNDcyMzM3MjFQ0lEKTi0uzszPAymwrAUA8CqYwiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00172A27"/>
     <w:rsid w:val="00002C33"/>
     <w:rsid w:val="00007287"/>
     <w:rsid w:val="0001211D"/>
-    <w:rsid w:val="000170CC"/>
     <w:rsid w:val="00017743"/>
     <w:rsid w:val="00022D87"/>
     <w:rsid w:val="00027A94"/>
     <w:rsid w:val="00031510"/>
     <w:rsid w:val="00031B14"/>
     <w:rsid w:val="00033610"/>
     <w:rsid w:val="00045B84"/>
     <w:rsid w:val="0005049E"/>
     <w:rsid w:val="00055AEA"/>
     <w:rsid w:val="0005709B"/>
     <w:rsid w:val="00060410"/>
+    <w:rsid w:val="00062485"/>
+    <w:rsid w:val="00072402"/>
     <w:rsid w:val="00073764"/>
+    <w:rsid w:val="00074595"/>
     <w:rsid w:val="00074C76"/>
+    <w:rsid w:val="00074DB2"/>
     <w:rsid w:val="0007593D"/>
     <w:rsid w:val="000763C9"/>
     <w:rsid w:val="000813B7"/>
     <w:rsid w:val="00084213"/>
     <w:rsid w:val="00085B23"/>
     <w:rsid w:val="00095E93"/>
     <w:rsid w:val="000B043A"/>
+    <w:rsid w:val="000B0596"/>
+    <w:rsid w:val="000B48E8"/>
     <w:rsid w:val="000B71A0"/>
     <w:rsid w:val="000C046C"/>
     <w:rsid w:val="000C193E"/>
     <w:rsid w:val="000C611C"/>
+    <w:rsid w:val="000C6CCF"/>
     <w:rsid w:val="000C71CB"/>
     <w:rsid w:val="000C7603"/>
     <w:rsid w:val="000D41F1"/>
     <w:rsid w:val="000D6414"/>
     <w:rsid w:val="000D6FB2"/>
     <w:rsid w:val="000D7383"/>
     <w:rsid w:val="000F3231"/>
     <w:rsid w:val="000F3797"/>
     <w:rsid w:val="000F3F64"/>
     <w:rsid w:val="000F41F5"/>
     <w:rsid w:val="000F63EE"/>
     <w:rsid w:val="000F6B9C"/>
     <w:rsid w:val="000F6D30"/>
     <w:rsid w:val="000F6E5F"/>
     <w:rsid w:val="000F7BBD"/>
     <w:rsid w:val="00102F9B"/>
     <w:rsid w:val="00107EF7"/>
     <w:rsid w:val="00113E4F"/>
     <w:rsid w:val="001155C8"/>
     <w:rsid w:val="0012002C"/>
     <w:rsid w:val="00120D24"/>
     <w:rsid w:val="00121650"/>
-    <w:rsid w:val="00122319"/>
     <w:rsid w:val="00122DCC"/>
     <w:rsid w:val="00132642"/>
     <w:rsid w:val="001329B0"/>
+    <w:rsid w:val="00136EEA"/>
     <w:rsid w:val="001435BE"/>
     <w:rsid w:val="001438DC"/>
     <w:rsid w:val="001443A0"/>
     <w:rsid w:val="0015108A"/>
     <w:rsid w:val="001513C0"/>
     <w:rsid w:val="001621B2"/>
+    <w:rsid w:val="0016523A"/>
     <w:rsid w:val="00172A27"/>
     <w:rsid w:val="00173408"/>
     <w:rsid w:val="00173D71"/>
+    <w:rsid w:val="00174F26"/>
     <w:rsid w:val="00180F3C"/>
     <w:rsid w:val="00181595"/>
+    <w:rsid w:val="00186447"/>
     <w:rsid w:val="00186A4C"/>
     <w:rsid w:val="00186FB4"/>
     <w:rsid w:val="001926E7"/>
     <w:rsid w:val="00195C10"/>
     <w:rsid w:val="001A1547"/>
     <w:rsid w:val="001A2142"/>
     <w:rsid w:val="001A5906"/>
     <w:rsid w:val="001B6A75"/>
     <w:rsid w:val="001B6FD2"/>
     <w:rsid w:val="001C1FEC"/>
     <w:rsid w:val="001C62B8"/>
     <w:rsid w:val="001D10D2"/>
     <w:rsid w:val="001D20C2"/>
     <w:rsid w:val="001E10BE"/>
     <w:rsid w:val="001E6248"/>
     <w:rsid w:val="001E6722"/>
     <w:rsid w:val="001E6767"/>
     <w:rsid w:val="001E7242"/>
     <w:rsid w:val="001E7540"/>
     <w:rsid w:val="001E7992"/>
+    <w:rsid w:val="001F0719"/>
     <w:rsid w:val="001F1E88"/>
     <w:rsid w:val="001F40C4"/>
     <w:rsid w:val="001F55B1"/>
     <w:rsid w:val="002002CB"/>
     <w:rsid w:val="00207CC1"/>
     <w:rsid w:val="0021438F"/>
     <w:rsid w:val="00214A36"/>
     <w:rsid w:val="00216CE8"/>
     <w:rsid w:val="0022442B"/>
     <w:rsid w:val="00224456"/>
     <w:rsid w:val="00224588"/>
     <w:rsid w:val="00226EF7"/>
-    <w:rsid w:val="00227F57"/>
+    <w:rsid w:val="00231EC7"/>
     <w:rsid w:val="00242EEF"/>
     <w:rsid w:val="00245809"/>
     <w:rsid w:val="00245F25"/>
+    <w:rsid w:val="00247903"/>
     <w:rsid w:val="0025374E"/>
     <w:rsid w:val="00256709"/>
     <w:rsid w:val="00260940"/>
     <w:rsid w:val="00265794"/>
     <w:rsid w:val="00270CCF"/>
-    <w:rsid w:val="002719C6"/>
+    <w:rsid w:val="002745E8"/>
     <w:rsid w:val="00285397"/>
     <w:rsid w:val="002868D6"/>
     <w:rsid w:val="00287556"/>
     <w:rsid w:val="00293447"/>
     <w:rsid w:val="002962DF"/>
     <w:rsid w:val="002A0F50"/>
     <w:rsid w:val="002A1E96"/>
     <w:rsid w:val="002A380C"/>
     <w:rsid w:val="002A3B20"/>
+    <w:rsid w:val="002A3B51"/>
     <w:rsid w:val="002A606A"/>
     <w:rsid w:val="002B1AE3"/>
-    <w:rsid w:val="002C1D50"/>
     <w:rsid w:val="002C79A8"/>
     <w:rsid w:val="002D4153"/>
     <w:rsid w:val="002D4BA0"/>
     <w:rsid w:val="002E093D"/>
     <w:rsid w:val="002E09AB"/>
     <w:rsid w:val="002E1ABB"/>
     <w:rsid w:val="002E3077"/>
     <w:rsid w:val="002E7CCC"/>
     <w:rsid w:val="002F12AD"/>
     <w:rsid w:val="002F18B0"/>
+    <w:rsid w:val="002F5731"/>
     <w:rsid w:val="00300457"/>
     <w:rsid w:val="003054B2"/>
     <w:rsid w:val="00305E3F"/>
     <w:rsid w:val="0030624E"/>
     <w:rsid w:val="00312AC3"/>
+    <w:rsid w:val="00321D7C"/>
+    <w:rsid w:val="00326D9B"/>
     <w:rsid w:val="00330777"/>
     <w:rsid w:val="0033288D"/>
     <w:rsid w:val="00332A3A"/>
-    <w:rsid w:val="00332F08"/>
     <w:rsid w:val="003361BF"/>
     <w:rsid w:val="00340999"/>
     <w:rsid w:val="00341A93"/>
     <w:rsid w:val="00357E76"/>
+    <w:rsid w:val="00361BD9"/>
     <w:rsid w:val="00364718"/>
+    <w:rsid w:val="00366B44"/>
     <w:rsid w:val="003703CB"/>
     <w:rsid w:val="00370936"/>
     <w:rsid w:val="00370E1C"/>
     <w:rsid w:val="00371115"/>
     <w:rsid w:val="0037407A"/>
     <w:rsid w:val="00374380"/>
     <w:rsid w:val="00374933"/>
     <w:rsid w:val="0037793E"/>
+    <w:rsid w:val="00385AC0"/>
     <w:rsid w:val="00391E21"/>
     <w:rsid w:val="003928D3"/>
-    <w:rsid w:val="00392F18"/>
     <w:rsid w:val="003973C8"/>
     <w:rsid w:val="003A02A0"/>
     <w:rsid w:val="003A3E30"/>
     <w:rsid w:val="003A6BFD"/>
     <w:rsid w:val="003B1484"/>
+    <w:rsid w:val="003B209F"/>
     <w:rsid w:val="003C42DE"/>
+    <w:rsid w:val="003C6B97"/>
     <w:rsid w:val="003D1512"/>
     <w:rsid w:val="003D2615"/>
     <w:rsid w:val="003D73D3"/>
     <w:rsid w:val="003E2FCF"/>
     <w:rsid w:val="003E3FD5"/>
     <w:rsid w:val="003E6472"/>
     <w:rsid w:val="003E6D1C"/>
     <w:rsid w:val="003F15C1"/>
     <w:rsid w:val="003F48F5"/>
     <w:rsid w:val="003F77FC"/>
     <w:rsid w:val="00403A3C"/>
+    <w:rsid w:val="00412982"/>
     <w:rsid w:val="00414136"/>
     <w:rsid w:val="004210B2"/>
     <w:rsid w:val="00421E0B"/>
     <w:rsid w:val="004268F5"/>
     <w:rsid w:val="00431F81"/>
     <w:rsid w:val="004322F1"/>
     <w:rsid w:val="00436219"/>
     <w:rsid w:val="00436A97"/>
     <w:rsid w:val="00441456"/>
     <w:rsid w:val="00447614"/>
     <w:rsid w:val="0045011E"/>
     <w:rsid w:val="00452E8D"/>
     <w:rsid w:val="00453F8C"/>
     <w:rsid w:val="00454754"/>
     <w:rsid w:val="00455018"/>
     <w:rsid w:val="00457696"/>
     <w:rsid w:val="00460FCA"/>
     <w:rsid w:val="004636EA"/>
-    <w:rsid w:val="00464905"/>
+    <w:rsid w:val="004709F0"/>
+    <w:rsid w:val="00473020"/>
     <w:rsid w:val="00480BC6"/>
+    <w:rsid w:val="00482D12"/>
+    <w:rsid w:val="004831B7"/>
     <w:rsid w:val="00490916"/>
     <w:rsid w:val="004936E3"/>
     <w:rsid w:val="004940A5"/>
     <w:rsid w:val="0049413F"/>
     <w:rsid w:val="004974F3"/>
     <w:rsid w:val="004A0D71"/>
     <w:rsid w:val="004A2B9D"/>
     <w:rsid w:val="004A6B4B"/>
-    <w:rsid w:val="004A70B1"/>
     <w:rsid w:val="004A7A12"/>
     <w:rsid w:val="004B27D6"/>
     <w:rsid w:val="004B686B"/>
     <w:rsid w:val="004C1830"/>
     <w:rsid w:val="004C3654"/>
     <w:rsid w:val="004D03C2"/>
     <w:rsid w:val="004D47D2"/>
     <w:rsid w:val="004D7794"/>
     <w:rsid w:val="004E2AAB"/>
     <w:rsid w:val="004E4E9B"/>
     <w:rsid w:val="004E545A"/>
     <w:rsid w:val="004F2D18"/>
     <w:rsid w:val="004F5CA3"/>
     <w:rsid w:val="0050012D"/>
     <w:rsid w:val="005110BA"/>
+    <w:rsid w:val="0051351A"/>
     <w:rsid w:val="0051372C"/>
     <w:rsid w:val="00514036"/>
     <w:rsid w:val="00516A27"/>
     <w:rsid w:val="00530D2E"/>
     <w:rsid w:val="0053250F"/>
     <w:rsid w:val="005328A0"/>
     <w:rsid w:val="00535165"/>
     <w:rsid w:val="00535AA8"/>
+    <w:rsid w:val="00541C81"/>
     <w:rsid w:val="00541E38"/>
     <w:rsid w:val="005454B2"/>
     <w:rsid w:val="0055247B"/>
+    <w:rsid w:val="0056012E"/>
     <w:rsid w:val="005605D9"/>
     <w:rsid w:val="00563CA5"/>
     <w:rsid w:val="00576608"/>
     <w:rsid w:val="00577F0C"/>
     <w:rsid w:val="00583644"/>
     <w:rsid w:val="005844A5"/>
     <w:rsid w:val="005953DC"/>
     <w:rsid w:val="00596255"/>
     <w:rsid w:val="005A0698"/>
-    <w:rsid w:val="005A08D2"/>
     <w:rsid w:val="005A0BC3"/>
     <w:rsid w:val="005A3426"/>
     <w:rsid w:val="005A38B7"/>
     <w:rsid w:val="005A4072"/>
     <w:rsid w:val="005A722A"/>
     <w:rsid w:val="005A767C"/>
     <w:rsid w:val="005B3158"/>
     <w:rsid w:val="005B521E"/>
     <w:rsid w:val="005B5610"/>
     <w:rsid w:val="005C1D1B"/>
     <w:rsid w:val="005C4CD7"/>
     <w:rsid w:val="005C5981"/>
     <w:rsid w:val="005D08E7"/>
     <w:rsid w:val="005D3EB6"/>
     <w:rsid w:val="005E0815"/>
+    <w:rsid w:val="005E7B9B"/>
     <w:rsid w:val="005F0D03"/>
+    <w:rsid w:val="005F781F"/>
+    <w:rsid w:val="00600202"/>
     <w:rsid w:val="006009A9"/>
     <w:rsid w:val="00602323"/>
+    <w:rsid w:val="006067E2"/>
     <w:rsid w:val="006143AB"/>
     <w:rsid w:val="00614A11"/>
     <w:rsid w:val="006212F3"/>
     <w:rsid w:val="00623132"/>
     <w:rsid w:val="00624D26"/>
     <w:rsid w:val="00625AE1"/>
     <w:rsid w:val="006277A0"/>
     <w:rsid w:val="00627B0C"/>
     <w:rsid w:val="00635693"/>
     <w:rsid w:val="0064787C"/>
     <w:rsid w:val="00651031"/>
     <w:rsid w:val="00654B04"/>
-    <w:rsid w:val="0065579C"/>
     <w:rsid w:val="006627D4"/>
+    <w:rsid w:val="00664938"/>
     <w:rsid w:val="00665B16"/>
     <w:rsid w:val="00665D03"/>
+    <w:rsid w:val="00665D4E"/>
     <w:rsid w:val="00675E90"/>
     <w:rsid w:val="00676281"/>
     <w:rsid w:val="00677714"/>
     <w:rsid w:val="006807C5"/>
     <w:rsid w:val="0068208B"/>
     <w:rsid w:val="00687803"/>
     <w:rsid w:val="006953CA"/>
     <w:rsid w:val="00696C2E"/>
+    <w:rsid w:val="006A1BB6"/>
     <w:rsid w:val="006A78C3"/>
     <w:rsid w:val="006A7C00"/>
     <w:rsid w:val="006B017F"/>
     <w:rsid w:val="006B5A69"/>
     <w:rsid w:val="006C0A00"/>
     <w:rsid w:val="006C14B8"/>
     <w:rsid w:val="006C160B"/>
+    <w:rsid w:val="006C19F5"/>
     <w:rsid w:val="006C223A"/>
     <w:rsid w:val="006C2499"/>
     <w:rsid w:val="006C4F19"/>
     <w:rsid w:val="006D4EB1"/>
     <w:rsid w:val="006D6CCA"/>
     <w:rsid w:val="006E665E"/>
     <w:rsid w:val="006F1252"/>
     <w:rsid w:val="006F5C88"/>
     <w:rsid w:val="007130B9"/>
     <w:rsid w:val="00713559"/>
     <w:rsid w:val="0071426E"/>
-    <w:rsid w:val="00715E20"/>
     <w:rsid w:val="00721FE9"/>
     <w:rsid w:val="00734464"/>
     <w:rsid w:val="00736695"/>
     <w:rsid w:val="0074101D"/>
     <w:rsid w:val="00744783"/>
     <w:rsid w:val="007471EC"/>
     <w:rsid w:val="007475B0"/>
     <w:rsid w:val="007569BA"/>
     <w:rsid w:val="00756DCE"/>
     <w:rsid w:val="007671D6"/>
     <w:rsid w:val="007812B9"/>
     <w:rsid w:val="007836F1"/>
-    <w:rsid w:val="007879EF"/>
     <w:rsid w:val="00787BEB"/>
     <w:rsid w:val="00787D5C"/>
     <w:rsid w:val="00790635"/>
+    <w:rsid w:val="007915D5"/>
     <w:rsid w:val="00794691"/>
     <w:rsid w:val="007949A6"/>
     <w:rsid w:val="007A229A"/>
     <w:rsid w:val="007B1EF9"/>
     <w:rsid w:val="007B5512"/>
     <w:rsid w:val="007D3F30"/>
-    <w:rsid w:val="007D7CB2"/>
+    <w:rsid w:val="007D73C1"/>
     <w:rsid w:val="007E1DF2"/>
     <w:rsid w:val="007E258A"/>
     <w:rsid w:val="007E6830"/>
     <w:rsid w:val="007E71E4"/>
     <w:rsid w:val="007E7383"/>
     <w:rsid w:val="007E7605"/>
     <w:rsid w:val="007E76F8"/>
     <w:rsid w:val="007F1C54"/>
     <w:rsid w:val="007F2C9C"/>
     <w:rsid w:val="00804331"/>
+    <w:rsid w:val="0080463C"/>
     <w:rsid w:val="00804E45"/>
     <w:rsid w:val="0080780C"/>
     <w:rsid w:val="00807FE3"/>
     <w:rsid w:val="00811877"/>
     <w:rsid w:val="00811B34"/>
     <w:rsid w:val="00811C62"/>
     <w:rsid w:val="00813FFA"/>
     <w:rsid w:val="00815318"/>
     <w:rsid w:val="00816DE2"/>
     <w:rsid w:val="008175FC"/>
     <w:rsid w:val="008360F9"/>
     <w:rsid w:val="0083612D"/>
+    <w:rsid w:val="00845AAD"/>
     <w:rsid w:val="0084739B"/>
     <w:rsid w:val="00847F00"/>
     <w:rsid w:val="00857409"/>
     <w:rsid w:val="00860F35"/>
     <w:rsid w:val="00867238"/>
     <w:rsid w:val="0087084B"/>
     <w:rsid w:val="0087248B"/>
     <w:rsid w:val="008739CE"/>
     <w:rsid w:val="00876346"/>
     <w:rsid w:val="0087763A"/>
     <w:rsid w:val="00877808"/>
     <w:rsid w:val="00883B27"/>
     <w:rsid w:val="00884547"/>
     <w:rsid w:val="008850D3"/>
     <w:rsid w:val="00885BDD"/>
     <w:rsid w:val="0089052F"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="00895C86"/>
     <w:rsid w:val="00895D39"/>
     <w:rsid w:val="008972EA"/>
     <w:rsid w:val="008A1608"/>
+    <w:rsid w:val="008A19C5"/>
     <w:rsid w:val="008A2D3D"/>
     <w:rsid w:val="008A5291"/>
     <w:rsid w:val="008A628E"/>
     <w:rsid w:val="008B1B8D"/>
     <w:rsid w:val="008B6298"/>
     <w:rsid w:val="008C5CFD"/>
     <w:rsid w:val="008C7C33"/>
     <w:rsid w:val="008D038C"/>
+    <w:rsid w:val="008D3B54"/>
     <w:rsid w:val="008D7331"/>
     <w:rsid w:val="00900639"/>
     <w:rsid w:val="00901E2D"/>
     <w:rsid w:val="00916287"/>
     <w:rsid w:val="009222EE"/>
     <w:rsid w:val="00933FC0"/>
     <w:rsid w:val="00937D33"/>
-    <w:rsid w:val="0094006C"/>
     <w:rsid w:val="00942915"/>
     <w:rsid w:val="00945627"/>
     <w:rsid w:val="00945E03"/>
     <w:rsid w:val="00946B3B"/>
+    <w:rsid w:val="00950628"/>
     <w:rsid w:val="00950EC7"/>
     <w:rsid w:val="00951F71"/>
     <w:rsid w:val="00960D1C"/>
     <w:rsid w:val="009627AC"/>
     <w:rsid w:val="00963C0E"/>
     <w:rsid w:val="00964AD2"/>
     <w:rsid w:val="009659FA"/>
     <w:rsid w:val="00965A24"/>
     <w:rsid w:val="0097078E"/>
     <w:rsid w:val="0097096C"/>
     <w:rsid w:val="00971D54"/>
     <w:rsid w:val="00972216"/>
     <w:rsid w:val="00973386"/>
+    <w:rsid w:val="00980E8B"/>
+    <w:rsid w:val="00982742"/>
     <w:rsid w:val="009923FF"/>
     <w:rsid w:val="009931FB"/>
     <w:rsid w:val="00994D5C"/>
+    <w:rsid w:val="00997DE2"/>
     <w:rsid w:val="009A24A0"/>
     <w:rsid w:val="009B0D36"/>
     <w:rsid w:val="009B2A57"/>
     <w:rsid w:val="009B31E0"/>
     <w:rsid w:val="009B4815"/>
-    <w:rsid w:val="009B6FEF"/>
     <w:rsid w:val="009C1A79"/>
     <w:rsid w:val="009C6051"/>
     <w:rsid w:val="009D2B07"/>
     <w:rsid w:val="009E1703"/>
+    <w:rsid w:val="009E2C3B"/>
     <w:rsid w:val="009E63D4"/>
     <w:rsid w:val="009F0172"/>
     <w:rsid w:val="009F17F7"/>
+    <w:rsid w:val="009F3B5B"/>
+    <w:rsid w:val="00A03AE2"/>
     <w:rsid w:val="00A0428A"/>
     <w:rsid w:val="00A17CC7"/>
     <w:rsid w:val="00A229F2"/>
     <w:rsid w:val="00A265A4"/>
-    <w:rsid w:val="00A2712B"/>
     <w:rsid w:val="00A27D31"/>
     <w:rsid w:val="00A3214C"/>
     <w:rsid w:val="00A332BA"/>
     <w:rsid w:val="00A36A11"/>
     <w:rsid w:val="00A47C39"/>
     <w:rsid w:val="00A57F6C"/>
     <w:rsid w:val="00A640B5"/>
     <w:rsid w:val="00A72F35"/>
     <w:rsid w:val="00A7362F"/>
     <w:rsid w:val="00A80718"/>
     <w:rsid w:val="00A8128C"/>
     <w:rsid w:val="00A86C5B"/>
     <w:rsid w:val="00A8764F"/>
     <w:rsid w:val="00A87E91"/>
     <w:rsid w:val="00A90E35"/>
     <w:rsid w:val="00A9202C"/>
+    <w:rsid w:val="00A9386C"/>
     <w:rsid w:val="00A94E3A"/>
     <w:rsid w:val="00A978A2"/>
     <w:rsid w:val="00AA075C"/>
     <w:rsid w:val="00AA2C1C"/>
     <w:rsid w:val="00AA3A4F"/>
     <w:rsid w:val="00AA3E15"/>
     <w:rsid w:val="00AB3872"/>
     <w:rsid w:val="00AB4C4A"/>
+    <w:rsid w:val="00AC11D7"/>
     <w:rsid w:val="00AC3B53"/>
     <w:rsid w:val="00AC71A1"/>
     <w:rsid w:val="00AC7C9F"/>
     <w:rsid w:val="00AD2891"/>
     <w:rsid w:val="00AE195E"/>
     <w:rsid w:val="00AF7CF9"/>
+    <w:rsid w:val="00B03C3D"/>
     <w:rsid w:val="00B04E23"/>
     <w:rsid w:val="00B04E7C"/>
     <w:rsid w:val="00B054BA"/>
     <w:rsid w:val="00B1033D"/>
     <w:rsid w:val="00B13484"/>
     <w:rsid w:val="00B205C4"/>
     <w:rsid w:val="00B2428A"/>
     <w:rsid w:val="00B31E5C"/>
     <w:rsid w:val="00B32336"/>
     <w:rsid w:val="00B357BB"/>
-    <w:rsid w:val="00B4082E"/>
+    <w:rsid w:val="00B41EC4"/>
     <w:rsid w:val="00B4364F"/>
     <w:rsid w:val="00B43FFA"/>
     <w:rsid w:val="00B44131"/>
     <w:rsid w:val="00B4484D"/>
+    <w:rsid w:val="00B44C78"/>
     <w:rsid w:val="00B521C2"/>
     <w:rsid w:val="00B54AEB"/>
     <w:rsid w:val="00B55FBC"/>
     <w:rsid w:val="00B56589"/>
     <w:rsid w:val="00B60B87"/>
     <w:rsid w:val="00B6210A"/>
     <w:rsid w:val="00B63CD0"/>
     <w:rsid w:val="00B720D4"/>
-    <w:rsid w:val="00B7326A"/>
     <w:rsid w:val="00B75EFB"/>
     <w:rsid w:val="00B86143"/>
     <w:rsid w:val="00B86724"/>
     <w:rsid w:val="00B86B3A"/>
+    <w:rsid w:val="00B92BB3"/>
     <w:rsid w:val="00B939AC"/>
     <w:rsid w:val="00B9412B"/>
     <w:rsid w:val="00B9586F"/>
     <w:rsid w:val="00B95914"/>
     <w:rsid w:val="00BA1837"/>
     <w:rsid w:val="00BA3DED"/>
     <w:rsid w:val="00BB00A7"/>
     <w:rsid w:val="00BB22F8"/>
     <w:rsid w:val="00BB3E40"/>
+    <w:rsid w:val="00BB4CD1"/>
     <w:rsid w:val="00BB734F"/>
     <w:rsid w:val="00BB743A"/>
     <w:rsid w:val="00BC1886"/>
     <w:rsid w:val="00BC18C9"/>
     <w:rsid w:val="00BC24CB"/>
     <w:rsid w:val="00BC3638"/>
     <w:rsid w:val="00BC3ECB"/>
     <w:rsid w:val="00BC5067"/>
     <w:rsid w:val="00BC7FE5"/>
     <w:rsid w:val="00BD59BC"/>
+    <w:rsid w:val="00BE035E"/>
     <w:rsid w:val="00BE39BC"/>
+    <w:rsid w:val="00BE4B5D"/>
     <w:rsid w:val="00BF05A1"/>
     <w:rsid w:val="00BF400D"/>
     <w:rsid w:val="00BF4D9E"/>
     <w:rsid w:val="00C0130A"/>
     <w:rsid w:val="00C06956"/>
     <w:rsid w:val="00C1142B"/>
     <w:rsid w:val="00C14B2C"/>
     <w:rsid w:val="00C15D13"/>
     <w:rsid w:val="00C229DE"/>
     <w:rsid w:val="00C27146"/>
     <w:rsid w:val="00C32543"/>
     <w:rsid w:val="00C33CE3"/>
+    <w:rsid w:val="00C3637B"/>
     <w:rsid w:val="00C402A8"/>
     <w:rsid w:val="00C43A1E"/>
     <w:rsid w:val="00C44B36"/>
+    <w:rsid w:val="00C4782C"/>
     <w:rsid w:val="00C478B5"/>
     <w:rsid w:val="00C50C3D"/>
     <w:rsid w:val="00C546B1"/>
+    <w:rsid w:val="00C638DA"/>
     <w:rsid w:val="00C63D86"/>
     <w:rsid w:val="00C6465C"/>
+    <w:rsid w:val="00C70490"/>
     <w:rsid w:val="00C70C52"/>
     <w:rsid w:val="00C778C1"/>
     <w:rsid w:val="00C81FED"/>
     <w:rsid w:val="00C85348"/>
     <w:rsid w:val="00C870A0"/>
     <w:rsid w:val="00C95862"/>
+    <w:rsid w:val="00CA5F46"/>
     <w:rsid w:val="00CA6B6B"/>
     <w:rsid w:val="00CB2C42"/>
     <w:rsid w:val="00CB31AD"/>
     <w:rsid w:val="00CC4320"/>
+    <w:rsid w:val="00CC4524"/>
+    <w:rsid w:val="00CC5345"/>
     <w:rsid w:val="00CC6B32"/>
+    <w:rsid w:val="00CD6E3C"/>
     <w:rsid w:val="00CD7AE4"/>
     <w:rsid w:val="00CE3BBD"/>
     <w:rsid w:val="00CE61E5"/>
     <w:rsid w:val="00CE7206"/>
+    <w:rsid w:val="00CE743D"/>
     <w:rsid w:val="00CF3DB7"/>
     <w:rsid w:val="00D10828"/>
     <w:rsid w:val="00D20BE8"/>
     <w:rsid w:val="00D31D89"/>
     <w:rsid w:val="00D35F01"/>
     <w:rsid w:val="00D40F39"/>
+    <w:rsid w:val="00D56AA5"/>
     <w:rsid w:val="00D63E80"/>
     <w:rsid w:val="00D669F0"/>
     <w:rsid w:val="00D67601"/>
     <w:rsid w:val="00D72109"/>
     <w:rsid w:val="00D7644A"/>
     <w:rsid w:val="00D77D54"/>
     <w:rsid w:val="00D80608"/>
     <w:rsid w:val="00D845B8"/>
     <w:rsid w:val="00D87BBE"/>
+    <w:rsid w:val="00D87E48"/>
     <w:rsid w:val="00D94B33"/>
     <w:rsid w:val="00DA0E0D"/>
     <w:rsid w:val="00DA2874"/>
     <w:rsid w:val="00DA5CF3"/>
     <w:rsid w:val="00DB060A"/>
     <w:rsid w:val="00DB4A78"/>
     <w:rsid w:val="00DB599B"/>
     <w:rsid w:val="00DB5FF9"/>
     <w:rsid w:val="00DB712D"/>
+    <w:rsid w:val="00DB74EE"/>
     <w:rsid w:val="00DD0846"/>
     <w:rsid w:val="00DD6FAB"/>
     <w:rsid w:val="00DD6FCE"/>
     <w:rsid w:val="00DE0AF7"/>
     <w:rsid w:val="00DE0B4E"/>
     <w:rsid w:val="00DE52D9"/>
     <w:rsid w:val="00DF7FFE"/>
     <w:rsid w:val="00E01C42"/>
     <w:rsid w:val="00E030A3"/>
     <w:rsid w:val="00E0685E"/>
     <w:rsid w:val="00E1255F"/>
     <w:rsid w:val="00E1432E"/>
     <w:rsid w:val="00E16BCC"/>
     <w:rsid w:val="00E30882"/>
     <w:rsid w:val="00E31A93"/>
-    <w:rsid w:val="00E31CD5"/>
     <w:rsid w:val="00E34968"/>
     <w:rsid w:val="00E36740"/>
     <w:rsid w:val="00E401A0"/>
     <w:rsid w:val="00E40D29"/>
     <w:rsid w:val="00E50BFB"/>
     <w:rsid w:val="00E5157B"/>
+    <w:rsid w:val="00E54018"/>
     <w:rsid w:val="00E57F18"/>
     <w:rsid w:val="00E60B33"/>
     <w:rsid w:val="00E6636F"/>
     <w:rsid w:val="00E70A28"/>
     <w:rsid w:val="00E71769"/>
     <w:rsid w:val="00E7475D"/>
     <w:rsid w:val="00E772E0"/>
     <w:rsid w:val="00E80AE3"/>
     <w:rsid w:val="00E8366D"/>
     <w:rsid w:val="00E87421"/>
     <w:rsid w:val="00E87B12"/>
     <w:rsid w:val="00EA26DB"/>
     <w:rsid w:val="00EA2953"/>
+    <w:rsid w:val="00EA2F4B"/>
     <w:rsid w:val="00EA6390"/>
+    <w:rsid w:val="00EB1B5E"/>
     <w:rsid w:val="00EC1610"/>
     <w:rsid w:val="00EC71B6"/>
+    <w:rsid w:val="00EC763A"/>
     <w:rsid w:val="00ED28BF"/>
     <w:rsid w:val="00ED52DA"/>
     <w:rsid w:val="00ED7E25"/>
     <w:rsid w:val="00EE3066"/>
-    <w:rsid w:val="00EF4CE6"/>
+    <w:rsid w:val="00EF41F9"/>
     <w:rsid w:val="00EF6B58"/>
     <w:rsid w:val="00EF7899"/>
     <w:rsid w:val="00F00C1B"/>
     <w:rsid w:val="00F04C72"/>
     <w:rsid w:val="00F05345"/>
     <w:rsid w:val="00F10008"/>
+    <w:rsid w:val="00F149B3"/>
     <w:rsid w:val="00F1637A"/>
     <w:rsid w:val="00F22145"/>
     <w:rsid w:val="00F23C0F"/>
     <w:rsid w:val="00F32AC7"/>
     <w:rsid w:val="00F346E4"/>
     <w:rsid w:val="00F401BB"/>
     <w:rsid w:val="00F420DD"/>
     <w:rsid w:val="00F4251A"/>
     <w:rsid w:val="00F44A7F"/>
     <w:rsid w:val="00F621D9"/>
     <w:rsid w:val="00F6245C"/>
+    <w:rsid w:val="00F64536"/>
     <w:rsid w:val="00F64A4F"/>
     <w:rsid w:val="00F6528C"/>
     <w:rsid w:val="00F71296"/>
     <w:rsid w:val="00F714A6"/>
     <w:rsid w:val="00F7278F"/>
     <w:rsid w:val="00F74A10"/>
     <w:rsid w:val="00F83AA3"/>
     <w:rsid w:val="00F84ACB"/>
     <w:rsid w:val="00F9201D"/>
     <w:rsid w:val="00F9383A"/>
     <w:rsid w:val="00F93DD0"/>
     <w:rsid w:val="00F95105"/>
     <w:rsid w:val="00F96F3F"/>
     <w:rsid w:val="00F96FC7"/>
     <w:rsid w:val="00FA06AB"/>
     <w:rsid w:val="00FA1734"/>
+    <w:rsid w:val="00FA3862"/>
     <w:rsid w:val="00FB3AC7"/>
     <w:rsid w:val="00FC788B"/>
     <w:rsid w:val="00FD2586"/>
     <w:rsid w:val="00FD43AC"/>
     <w:rsid w:val="00FD4ECF"/>
+    <w:rsid w:val="00FE1CBA"/>
     <w:rsid w:val="00FF1D61"/>
     <w:rsid w:val="0BBA0B5B"/>
     <w:rsid w:val="19456A79"/>
     <w:rsid w:val="268F75D5"/>
     <w:rsid w:val="34592D57"/>
     <w:rsid w:val="3DFD3B10"/>
     <w:rsid w:val="59F26EC9"/>
     <w:rsid w:val="5A5020B8"/>
     <w:rsid w:val="5EA55DCC"/>
     <w:rsid w:val="622E66C8"/>
     <w:rsid w:val="7BE3102E"/>
     <w:rsid w:val="7E053981"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C508005"/>
   <w15:docId w15:val="{E2AB283C-3EBB-471B-8218-707D8FB7D9A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6492,51 +6628,51 @@
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="PMingLiU" w:hAnsi="Calibri Light"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="新細明體" w:hAnsi="Calibri Light"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
@@ -6546,159 +6682,159 @@
     <w:qFormat/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="800"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="default">
     <w:name w:val="default"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="註解方塊文字 字元"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="PMingLiU" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="新細明體" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="頁首 字元"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="頁尾 字元"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="未解析的提及1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
@@ -6740,137 +6876,150 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A7A12"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00860F35"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Courier New"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="純文字 字元"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00860F35"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Courier New"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Courier New"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ds-markdown-paragraph">
     <w:name w:val="ds-markdown-paragraph"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00BC1886"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+      <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00BC1886"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af1">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00BC1886"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F5731"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="892426348">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijosi.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icsi@i-sim.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/toc/10.1155/JONM.si.854566" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijosi.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7156,60 +7305,60 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DC715F3-2F71-4761-9AC7-52BC71CA591C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>783</Words>
-  <Characters>1027</Characters>
+  <Words>1245</Words>
+  <Characters>974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1738</CharactersWithSpaces>
+  <CharactersWithSpaces>2215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The 11th International Conference on Systematic Innovation (ICSI) &amp; the 10th Global Competition on Systematic Innovation (GCSI)</dc:title>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
     <vt:lpwstr>470ef8029255ba434d72cb069786750393b1f23c0accbc46b233c269f203015e</vt:lpwstr>