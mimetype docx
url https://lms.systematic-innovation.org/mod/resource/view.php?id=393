--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,68 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vsd" ContentType="application/vnd.visio"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6509E5E1" w14:textId="77777777" w:rsidR="00046813" w:rsidRDefault="00046813">
-[...3 lines deleted...]
-        <w:spacing w:beforeLines="0" w:before="200" w:after="140" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6509E5E1" w14:textId="77777777" w:rsidR="00046813" w:rsidRDefault="00046813" w:rsidP="007E196A">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Title of Y</w:t>
       </w:r>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">ur Paper for International Conference on </w:t>
       </w:r>
       <w:r>
         <w:t>Systematic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Innovation</w:t>
       </w:r>
@@ -319,51 +317,51 @@
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:210.75pt;height:75.75pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="" o:bordertopcolor="this" o:borderleftcolor="this" o:borderbottomcolor="this" o:borderrightcolor="this">
             <v:imagedata r:id="rId7" o:title=""/>
             <w10:bordertop type="dot" width="4"/>
             <w10:borderleft type="dot" width="4"/>
             <w10:borderbottom type="dot" width="4"/>
             <w10:borderright type="dot" width="4"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1830931700" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.11" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1832152020" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="47097C42" w14:textId="77777777" w:rsidR="003722A5" w:rsidRDefault="003722A5" w:rsidP="003722A5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:t>Figure 1. This is an example of a figure caption.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F0CC23" w14:textId="77777777" w:rsidR="003722A5" w:rsidRDefault="003722A5" w:rsidP="003722A5">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Table captions should be centered above. Avoid placing tables before their first mention in the text. Full size of the figure (100%) is suggested. Use “Table 1”, “Table 2” when mentioning the figure in the text. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD44497" w14:textId="77777777" w:rsidR="003722A5" w:rsidRDefault="003722A5" w:rsidP="003722A5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="480"/>
@@ -464,51 +462,51 @@
       <w:r>
         <w:t>Define abbreviations and acronyms the first time they are used in the text, even if they have been defined in the abstract. Abbreviations such as SI, MKS, CGS, do not have to be defined. Abbreviations that incorporate periods should not have spaces: write “C.N.R.S.,” not “C. N. R. S.” Do not use abbreviations in the title unless they are unavoidable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD887BF" w14:textId="77777777" w:rsidR="003722A5" w:rsidRDefault="003722A5" w:rsidP="003722A5">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:t>All mathematical expressions and formulas should be typewritten. All symbols should be clearly defined. Number equations consecutively with equation numbers in parentheses flush with the right margin, as in Equation (1). Punctuate equations when they are part of a sentence, as in</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DC9DC6" w14:textId="77777777" w:rsidR="003722A5" w:rsidRDefault="00CB1345" w:rsidP="003722A5">
       <w:pPr>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="-6"/>
         </w:rPr>
         <w:object w:dxaOrig="795" w:dyaOrig="285" w14:anchorId="760665C1">
           <v:shape id="对象 1" o:spid="_x0000_i1026" type="#_x0000_t75" alt="" style="width:39pt;height:14.25pt;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0" o:ole="">
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="对象 1" DrawAspect="Content" ObjectID="_1830931701" r:id="rId10"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="对象 1" DrawAspect="Content" ObjectID="_1832152021" r:id="rId10"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003722A5">
         <w:tab/>
@@ -827,105 +825,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF6EAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00091F28">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
-          <w:t>https://www.i-sim.org/ic</w:t>
-[...19 lines deleted...]
-          <w:t>i2026</w:t>
+          <w:t>https://www.i-sim.org/icsi2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EF6EAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="21FE05BC" w14:textId="5ABAD387" w:rsidR="00046813" w:rsidRPr="00091F28" w:rsidRDefault="00046813" w:rsidP="003722A5">
       <w:pPr>
         <w:pStyle w:val="eTRIZSymp-heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00046813" w:rsidRPr="00091F28" w:rsidSect="0033674A">
+    <w:sectPr w:rsidR="00046813" w:rsidRPr="00091F28" w:rsidSect="007E196A">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="926" w:bottom="1079" w:left="1260" w:header="539" w:footer="533" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="926" w:bottom="1079" w:left="1260" w:header="510" w:footer="533" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5C172A0C" w14:textId="77777777" w:rsidR="0015348A" w:rsidRDefault="0015348A">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C816413" w14:textId="77777777" w:rsidR="0015348A" w:rsidRDefault="0015348A">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="480"/>
@@ -992,105 +970,110 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5604A7E9" w14:textId="77777777" w:rsidR="00046813" w:rsidRDefault="00046813">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="253E9151" w14:textId="02A9A71E" w:rsidR="00046813" w:rsidRDefault="00091F28" w:rsidP="0014685F">
+  <w:p w14:paraId="253E9151" w14:textId="1C2DA015" w:rsidR="00046813" w:rsidRDefault="00C652FA" w:rsidP="0014685F">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:ind w:firstLine="400"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44F84382" wp14:editId="0F98F30F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AA94405" wp14:editId="526A2F8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-76200</wp:posOffset>
+            <wp:posOffset>-85725</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-20955</wp:posOffset>
+            <wp:posOffset>64770</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="6172200" cy="637540"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="6162675" cy="466725"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapNone/>
-          <wp:docPr id="253710040" name="圖片 1"/>
+          <wp:docPr id="591472361" name="圖片 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="253710040" name="圖片 1"/>
+                  <pic:cNvPr id="0" name="Picture 3"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1"/>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6172200" cy="637540"/>
+                    <a:ext cx="6162675" cy="466725"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="0014685F">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="0014685F">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="0014685F">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EB5728" w:rsidRPr="00EB5728">
       <w:rPr>
         <w:noProof/>
@@ -1134,158 +1117,95 @@
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="480"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C2DA718" w14:textId="77777777" w:rsidR="00046813" w:rsidRDefault="00046813">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58633DF0" w14:textId="7DA32ECD" w:rsidR="002D13BE" w:rsidRPr="00091F28" w:rsidRDefault="002D13BE" w:rsidP="002D13BE">
+  <w:p w14:paraId="58633DF0" w14:textId="0431DEBE" w:rsidR="002D13BE" w:rsidRPr="007E196A" w:rsidRDefault="007E196A" w:rsidP="007E196A">
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="a6"/>
+      <w:ind w:firstLineChars="0" w:firstLine="0"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="新細明體"/>
+        <w:rFonts w:hint="eastAsia"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
+        <w:kern w:val="0"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk157164439"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk157164440"/>
-    <w:r w:rsidRPr="004607BF">
+    <w:r w:rsidRPr="007E196A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:kern w:val="0"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>The 1</w:t>
+      <w:t xml:space="preserve">The Joint Conference of 17th International Conference &amp; Global Competition on Systematic Innovation (ICSI &amp; GCSI) and 3rd International Conference on Data Science &amp; Exploration in Artificial Intelligence (CODE AI-2026)                                  </w:t>
     </w:r>
-    <w:r w:rsidR="00091F28">
-[...10 lines deleted...]
-    <w:r w:rsidRPr="004607BF">
+    <w:r w:rsidRPr="007E196A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:kern w:val="0"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="de-DE"/>
       </w:rPr>
-      <w:t>th International Conference &amp; Global Competition on Systematic Innovation</w:t>
+      <w:t>July 17-19, 202</w:t>
     </w:r>
-    <w:r w:rsidRPr="004607BF">
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:r w:rsidRPr="007E196A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:kern w:val="0"/>
-        <w:szCs w:val="24"/>
-[...52 lines deleted...]
-        <w:color w:val="000000" w:themeColor="text1"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="412EA634" w14:textId="77777777" w:rsidR="00046813" w:rsidRDefault="00046813">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D2E7217"/>
     <w:multiLevelType w:val="multilevel"/>
@@ -1397,51 +1317,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097" fill="f" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="8193" fill="f" stroke="f">
       <v:fill on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -1495,81 +1415,84 @@
     <w:rsid w:val="003116BE"/>
     <w:rsid w:val="0033674A"/>
     <w:rsid w:val="00353DC0"/>
     <w:rsid w:val="0037152E"/>
     <w:rsid w:val="003722A5"/>
     <w:rsid w:val="003762FB"/>
     <w:rsid w:val="00384D86"/>
     <w:rsid w:val="003B42D8"/>
     <w:rsid w:val="003E62A5"/>
     <w:rsid w:val="003E7535"/>
     <w:rsid w:val="003F51A7"/>
     <w:rsid w:val="00410BB0"/>
     <w:rsid w:val="0041490B"/>
     <w:rsid w:val="00446428"/>
     <w:rsid w:val="004714D6"/>
     <w:rsid w:val="00477EB0"/>
     <w:rsid w:val="00481BF0"/>
     <w:rsid w:val="004847B7"/>
     <w:rsid w:val="0048777A"/>
     <w:rsid w:val="00493A87"/>
     <w:rsid w:val="004C5BA3"/>
     <w:rsid w:val="00512EA5"/>
     <w:rsid w:val="00514F36"/>
     <w:rsid w:val="0051767C"/>
     <w:rsid w:val="00527126"/>
+    <w:rsid w:val="0055241D"/>
     <w:rsid w:val="0056587E"/>
     <w:rsid w:val="005779CC"/>
     <w:rsid w:val="005825EF"/>
     <w:rsid w:val="00591FDE"/>
     <w:rsid w:val="00594C18"/>
     <w:rsid w:val="005A0E34"/>
     <w:rsid w:val="005B63AC"/>
     <w:rsid w:val="005B7D5E"/>
     <w:rsid w:val="005D5770"/>
     <w:rsid w:val="005E4CC2"/>
     <w:rsid w:val="006357C2"/>
     <w:rsid w:val="00672A3B"/>
     <w:rsid w:val="00680CCC"/>
     <w:rsid w:val="0068257A"/>
     <w:rsid w:val="006839F4"/>
     <w:rsid w:val="00685CD1"/>
     <w:rsid w:val="00687B5B"/>
     <w:rsid w:val="006C219A"/>
     <w:rsid w:val="006E6AAF"/>
     <w:rsid w:val="006F51F2"/>
     <w:rsid w:val="00705F73"/>
     <w:rsid w:val="00722D7B"/>
+    <w:rsid w:val="0073118D"/>
     <w:rsid w:val="007348B9"/>
     <w:rsid w:val="0076504D"/>
     <w:rsid w:val="0078366D"/>
     <w:rsid w:val="007839EA"/>
     <w:rsid w:val="00784362"/>
     <w:rsid w:val="00790597"/>
     <w:rsid w:val="007B6B5A"/>
     <w:rsid w:val="007B70E5"/>
     <w:rsid w:val="007D2632"/>
+    <w:rsid w:val="007E196A"/>
     <w:rsid w:val="008019EE"/>
     <w:rsid w:val="00803493"/>
     <w:rsid w:val="00826CAE"/>
     <w:rsid w:val="00834C2C"/>
     <w:rsid w:val="008413B5"/>
     <w:rsid w:val="008432E7"/>
     <w:rsid w:val="00853511"/>
     <w:rsid w:val="00854859"/>
     <w:rsid w:val="00880438"/>
     <w:rsid w:val="00892AB9"/>
     <w:rsid w:val="008F1123"/>
     <w:rsid w:val="00904BB2"/>
     <w:rsid w:val="00923F85"/>
     <w:rsid w:val="00924827"/>
     <w:rsid w:val="009413D4"/>
     <w:rsid w:val="0095457A"/>
     <w:rsid w:val="009A5FEC"/>
     <w:rsid w:val="009B328B"/>
     <w:rsid w:val="009C5180"/>
     <w:rsid w:val="009D02D8"/>
     <w:rsid w:val="009D29E6"/>
     <w:rsid w:val="009F6EF8"/>
     <w:rsid w:val="00A031A0"/>
     <w:rsid w:val="00A0694F"/>
     <w:rsid w:val="00A1183F"/>
@@ -1577,50 +1500,51 @@
     <w:rsid w:val="00A63A7D"/>
     <w:rsid w:val="00A740C8"/>
     <w:rsid w:val="00A80C2C"/>
     <w:rsid w:val="00AA7C83"/>
     <w:rsid w:val="00AE46A1"/>
     <w:rsid w:val="00AF5CB6"/>
     <w:rsid w:val="00B01929"/>
     <w:rsid w:val="00B0262D"/>
     <w:rsid w:val="00B24AEB"/>
     <w:rsid w:val="00B2729B"/>
     <w:rsid w:val="00B51E87"/>
     <w:rsid w:val="00B81178"/>
     <w:rsid w:val="00B83C44"/>
     <w:rsid w:val="00B85AF5"/>
     <w:rsid w:val="00BE058A"/>
     <w:rsid w:val="00BE7CBF"/>
     <w:rsid w:val="00BF1F3C"/>
     <w:rsid w:val="00C042F4"/>
     <w:rsid w:val="00C0754F"/>
     <w:rsid w:val="00C100E9"/>
     <w:rsid w:val="00C14920"/>
     <w:rsid w:val="00C276B1"/>
     <w:rsid w:val="00C35472"/>
     <w:rsid w:val="00C354FC"/>
     <w:rsid w:val="00C521C0"/>
+    <w:rsid w:val="00C652FA"/>
     <w:rsid w:val="00C86932"/>
     <w:rsid w:val="00CB1345"/>
     <w:rsid w:val="00CB6E36"/>
     <w:rsid w:val="00CC093D"/>
     <w:rsid w:val="00CC0A4C"/>
     <w:rsid w:val="00CD40E7"/>
     <w:rsid w:val="00CE7503"/>
     <w:rsid w:val="00CF6371"/>
     <w:rsid w:val="00D22CCD"/>
     <w:rsid w:val="00D64973"/>
     <w:rsid w:val="00D84552"/>
     <w:rsid w:val="00DA6E2D"/>
     <w:rsid w:val="00DB320D"/>
     <w:rsid w:val="00DB4D42"/>
     <w:rsid w:val="00DC1840"/>
     <w:rsid w:val="00DF5578"/>
     <w:rsid w:val="00DF55AA"/>
     <w:rsid w:val="00DF56F0"/>
     <w:rsid w:val="00E14B5C"/>
     <w:rsid w:val="00E20346"/>
     <w:rsid w:val="00E2034C"/>
     <w:rsid w:val="00E4583B"/>
     <w:rsid w:val="00E8118E"/>
     <w:rsid w:val="00EB5728"/>
     <w:rsid w:val="00EC4D81"/>
@@ -1636,62 +1560,64 @@
     <w:rsid w:val="00FA46B4"/>
     <w:rsid w:val="00FA47BA"/>
     <w:rsid w:val="00FA7D4A"/>
     <w:rsid w:val="00FB6317"/>
     <w:rsid w:val="00FC18AB"/>
     <w:rsid w:val="00FD3D48"/>
     <w:rsid w:val="00FD448C"/>
     <w:rsid w:val="00FF767C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097" fill="f" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="8193" fill="f" stroke="f">
       <v:fill on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="35686274"/>
+  <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2D466690-ABBD-431C-AA3A-9E9CE722A2A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2030,51 +1956,50 @@
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:firstLineChars="0" w:firstLine="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w14:shadow w14:blurRad="50800" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
         <w14:srgbClr w14:val="000000">
           <w14:alpha w14:val="60000"/>
         </w14:srgbClr>
       </w14:shadow>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a3">
     <w:name w:val="頁尾 字元"/>
@@ -2323,51 +2248,51 @@
     <w:div w:id="341929732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Visio_2003-2010_Drawing.vsd"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>