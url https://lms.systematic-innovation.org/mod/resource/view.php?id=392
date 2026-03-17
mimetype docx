--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,214 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5091F8D7" w14:textId="7DF7B9F6" w:rsidR="00FD4ECF" w:rsidRPr="00270CCF" w:rsidRDefault="00FD4ECF" w:rsidP="00FD4ECF">
-      <w:pPr>
+    <w:p w14:paraId="4FE10B12" w14:textId="26B77181" w:rsidR="000B48E8" w:rsidRPr="000B48E8" w:rsidRDefault="00FD4ECF" w:rsidP="000B48E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk187856665"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk198217201"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>The 1</w:t>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00321D7C">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Joint C</w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>nference</w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000763C9">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> International Conference &amp; Global Competition on Systematic Innovation </w:t>
       </w:r>
-      <w:r w:rsidRPr="00270CCF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+      <w:r w:rsidR="00385AC0" w:rsidRPr="00270CCF">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>(ICSI &amp; GCSI)</w:t>
+      </w:r>
+      <w:r w:rsidR="00385AC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-        <w:t>(ICSI &amp; GCSI)</w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8" w:rsidRPr="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B48E8" w:rsidRPr="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8" w:rsidRPr="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>  International</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B48E8" w:rsidRPr="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conference on Data Science &amp; Exploration in Artificial Intelligence (CODE AI-2026)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1218839A" w14:textId="436E5105" w:rsidR="00FD4ECF" w:rsidRPr="001E7242" w:rsidRDefault="00FD4ECF" w:rsidP="00FD4ECF">
-      <w:pPr>
+    <w:p w14:paraId="1218839A" w14:textId="668A3555" w:rsidR="00FD4ECF" w:rsidRPr="001E7242" w:rsidRDefault="00FD4ECF" w:rsidP="00321D7C">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="001E7242">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Call for Papers and Projects</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3ECA67" w14:textId="7B53B8BA" w:rsidR="00FD4ECF" w:rsidRPr="00270CCF" w:rsidRDefault="00FD4ECF" w:rsidP="00FD4ECF">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Conference Theme</w:t>
       </w:r>
       <w:r w:rsidR="00270CCF" w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:u w:val="single" w:color="FF0000"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>AI + IM: Intelligent Innovation Methods</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5327BC22" w14:textId="33E6650A" w:rsidR="00FD4ECF" w:rsidRPr="00270CCF" w:rsidRDefault="00FD4ECF" w:rsidP="00270CCF">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Dates</w:t>
       </w:r>
       <w:r w:rsidR="00270CCF" w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="000763C9">
         <w:rPr>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">July </w:t>
       </w:r>
       <w:r w:rsidR="000763C9" w:rsidRPr="000763C9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
@@ -272,581 +397,1013 @@
     <w:p w14:paraId="0D89C948" w14:textId="77777777" w:rsidR="000763C9" w:rsidRPr="000763C9" w:rsidRDefault="000763C9" w:rsidP="000763C9">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000763C9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conference Venue: National Tsing Hua University, Hsinchu, Taiwan </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1884C24D" w14:textId="62A4C15F" w:rsidR="00F44A7F" w:rsidRPr="00270CCF" w:rsidRDefault="0053250F" w:rsidP="00270CCF">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Web</w:t>
       </w:r>
       <w:r w:rsidR="00270CCF" w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="000763C9">
           <w:rPr>
             <w:rStyle w:val="ab"/>
-            <w:rFonts w:eastAsia="PMingLiU"/>
+            <w:rFonts w:eastAsia="新細明體"/>
             <w:b/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>https://www.i-sim.org/icsi2026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="381EBD5E" w14:textId="5E02037B" w:rsidR="00F44A7F" w:rsidRPr="00270CCF" w:rsidRDefault="00270CCF" w:rsidP="00270CCF">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="ab"/>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>E-m</w:t>
       </w:r>
       <w:r w:rsidR="00FD4ECF" w:rsidRPr="00270CCF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ail</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00270CCF">
           <w:rPr>
             <w:rStyle w:val="ab"/>
-            <w:rFonts w:eastAsia="PMingLiU"/>
+            <w:rFonts w:eastAsia="新細明體"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>icsi@i-sim.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="0F28BFF8" w14:textId="77777777" w:rsidR="00270CCF" w:rsidRPr="00270CCF" w:rsidRDefault="00270CCF" w:rsidP="00270CCF">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FDC5F38" w14:textId="77777777" w:rsidR="00884547" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="00270CCF">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67F2E99F" w14:textId="5EFFA150" w:rsidR="00884547" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="00270CCF">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Organizers:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF95AFE" w14:textId="77777777" w:rsidR="00884547" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="00884547">
+    <w:p w14:paraId="6CF95AFE" w14:textId="1837BF37" w:rsidR="00884547" w:rsidRDefault="00884547" w:rsidP="00884547">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>International Society of Innovation Methods (I-SIM) (Sponsor)</w:t>
+        <w:t>International Society of Innovation Methods (I-SIM)</w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>, USA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Sponsor)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D0DB60" w14:textId="77777777" w:rsidR="000763C9" w:rsidRDefault="00884547" w:rsidP="000763C9">
+    <w:p w14:paraId="342AE665" w14:textId="72AD064C" w:rsidR="000B48E8" w:rsidRPr="00270CCF" w:rsidRDefault="000B48E8" w:rsidP="00884547">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270CCF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+      <w:r w:rsidRPr="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>The Society of Systematic Innovation (SSI)</w:t>
+        <w:t>Manipal Institute of Technology Bengaluru, Manipal Academy of Higher Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Co-sponsor)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5128973A" w14:textId="3F4E8F00" w:rsidR="000763C9" w:rsidRPr="00ED28BF" w:rsidRDefault="000763C9" w:rsidP="000763C9">
+    <w:p w14:paraId="43D0DB60" w14:textId="5C45F3E7" w:rsidR="000763C9" w:rsidRDefault="00884547" w:rsidP="000763C9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>The Society of Systematic Innovation (SSI)</w:t>
+      </w:r>
+      <w:r w:rsidR="000B48E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Co-sponsor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E6C8C0" w14:textId="74167CE4" w:rsidR="000B48E8" w:rsidRPr="000B48E8" w:rsidRDefault="000763C9" w:rsidP="000B48E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00ED28BF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>National Tsing Hua University (NTHU). (local host)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA1F13B" w14:textId="77777777" w:rsidR="00884547" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="003A6BFD">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62689040" w14:textId="2A04249A" w:rsidR="00884547" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="00884547">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Supporting journal for publications:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6072C73B" w14:textId="5507BA21" w:rsidR="00884547" w:rsidRDefault="00884547" w:rsidP="009B0D36">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">Int. J. of Systematic Innovation (IJoSI) (SCOPUS and </w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Google Scholar</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> indexed)</w:t>
       </w:r>
       <w:r w:rsidR="00C95862">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00C95862" w:rsidRPr="00C95862">
           <w:rPr>
             <w:rStyle w:val="ab"/>
-            <w:rFonts w:eastAsia="PMingLiU"/>
+            <w:rFonts w:eastAsia="新細明體"/>
             <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>Link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C95862">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCB15C7" w14:textId="77777777" w:rsidR="00F44A7F" w:rsidRPr="00270CCF" w:rsidRDefault="00F44A7F" w:rsidP="003A6BFD">
-[...1 lines deleted...]
-        <w:ind w:left="284"/>
+    <w:p w14:paraId="13CFB013" w14:textId="267BA881" w:rsidR="007D73C1" w:rsidRDefault="007D73C1" w:rsidP="007D73C1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>Sustainability</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Issue (SSCI/SCIE, IF 3.3, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE035E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nvironmental </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE035E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ciences </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>178/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>,Q2)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.mdpi.com/journal/sustainability/special_issues/26T7MXKM49"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>Link</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6984BD17" w14:textId="77777777" w:rsidR="00361BD9" w:rsidRDefault="007D73C1" w:rsidP="00361BD9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Nursing Management (SSCI/SCIE, IF 4.0, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>NURSING</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>6/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>193</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>,Q1)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://onlinelibrary.wiley.com/doi/toc/10.1155/JONM.si.854566"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>Link</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0E9660" w14:textId="5A1DC75C" w:rsidR="00361BD9" w:rsidRPr="00361BD9" w:rsidRDefault="00361BD9" w:rsidP="00361BD9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00361BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CCIS Springer Proceedings </w:t>
+      </w:r>
+      <w:r w:rsidR="00321D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="00321D7C" w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>SCOPUS</w:t>
+      </w:r>
+      <w:r w:rsidR="00321D7C" w:rsidRPr="00361BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00361BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>index</w:t>
+      </w:r>
+      <w:r w:rsidR="00321D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="760F4962" w14:textId="7482FC00" w:rsidR="00F44A7F" w:rsidRPr="00270CCF" w:rsidRDefault="00455018" w:rsidP="003A6BFD">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Conference features</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DADDED" w14:textId="24B7DE40" w:rsidR="001F55B1" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="00270CCF">
       <w:pPr>
         <w:pStyle w:val="default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk156300576"/>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">Optional </w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>paper competition</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> excellent paper presentations </w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>will be selected for awards</w:t>
       </w:r>
       <w:r w:rsidR="001F55B1" w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> recognized in the international arena.</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200E5C34" w14:textId="6F1A8920" w:rsidR="00884547" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="00270CCF">
+    <w:p w14:paraId="200E5C34" w14:textId="1EE539BC" w:rsidR="00884547" w:rsidRPr="00270CCF" w:rsidRDefault="00884547" w:rsidP="00270CCF">
       <w:pPr>
         <w:pStyle w:val="default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:rightChars="-202" w:right="-424"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">In-scope awarded </w:t>
       </w:r>
       <w:r w:rsidR="001F55B1" w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">full </w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>papers will be recommended for review toward journal paper publication</w:t>
       </w:r>
       <w:r w:rsidR="001F55B1" w:rsidRPr="00270CCF">
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidR="001F55B1" w:rsidRPr="00270CCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>IJoSI. Review efforts will be for</w:t>
+        <w:t>IJoSI</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nvironmental </w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="005B32A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>ciences, or</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="007D73C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Journal of Nursing Management</w:t>
+      </w:r>
+      <w:r w:rsidR="001F55B1" w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Review efforts will be for</w:t>
       </w:r>
       <w:r w:rsidR="00A47C39" w:rsidRPr="00270CCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="001F55B1" w:rsidRPr="00270CCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> improvements </w:t>
       </w:r>
       <w:r w:rsidR="00A47C39" w:rsidRPr="00270CCF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of paper quality.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A62D3E" w14:textId="57FCC8E2" w:rsidR="00455018" w:rsidRPr="00ED28BF" w:rsidRDefault="00455018" w:rsidP="006C47C3">
       <w:pPr>
@@ -856,313 +1413,696 @@
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED28BF">
         <w:t>State-of-the-art forward-thinking keynotes, tutorials, and invited special speeches by world-class speakers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75269B03" w14:textId="77777777" w:rsidR="00455018" w:rsidRPr="00270CCF" w:rsidRDefault="00455018" w:rsidP="00270CCF">
       <w:pPr>
         <w:pStyle w:val="default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GCSI provides an excellent platform and global recognition for your outstanding innovation projects in the International Arena.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="647CC2E8" w14:textId="3412D49A" w:rsidR="00455018" w:rsidRPr="00270CCF" w:rsidRDefault="00455018" w:rsidP="00270CCF">
+    <w:p w14:paraId="116293C7" w14:textId="77777777" w:rsidR="00990A2D" w:rsidRPr="00990A2D" w:rsidRDefault="00455018" w:rsidP="00990A2D">
       <w:pPr>
         <w:pStyle w:val="default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ICSI</w:t>
       </w:r>
       <w:r w:rsidR="005844A5" w:rsidRPr="00270CCF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provide excellent networking opportunities for researchers and practitioners to learn from one another and world-leading experts in the field related to</w:t>
       </w:r>
       <w:r w:rsidR="003361BF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> AI and</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> innovation methods.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4F734417" w14:textId="31D69D70" w:rsidR="007D73C1" w:rsidRPr="00990A2D" w:rsidRDefault="00924C31" w:rsidP="00990A2D">
+      <w:pPr>
+        <w:pStyle w:val="default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tional p</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">re-conference tour </w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tsmc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> museum or Hsinchu Science </w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ark</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>, which is the Silicon Valley of Taiwan,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be arranged for international properly registered participants</w:t>
+      </w:r>
+      <w:r w:rsidR="007D73C1" w:rsidRPr="00990A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="微軟正黑體"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="5F414C5F" w14:textId="77777777" w:rsidR="00F44A7F" w:rsidRDefault="00F44A7F" w:rsidP="003A6BFD">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:eastAsia="新細明體"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5357632D" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk187858221"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk187858298"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TOPICS OF INTERESTS (include but not limited to)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A849BA0" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+    <w:p w14:paraId="5A849BA0" w14:textId="5E2E5E55" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Innovation Methods for applications in Strategy, Business, Service, Products, Processes and Equipment, etc.</w:t>
+        <w:t xml:space="preserve">Innovation Methods for </w:t>
+      </w:r>
+      <w:r w:rsidR="003B209F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">theories &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applications in Strategy, Business, Service, </w:t>
+      </w:r>
+      <w:r w:rsidR="007915D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education, </w:t>
+      </w:r>
+      <w:r w:rsidR="0080463C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="007915D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>pportunity Identification</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE743D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0080463C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policies, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE743D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4782C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Including but not limited to TRIZ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5320A5" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+    <w:p w14:paraId="0B70CACB" w14:textId="53CC1B1E" w:rsidR="003B209F" w:rsidRPr="00270CCF" w:rsidRDefault="003B209F" w:rsidP="003B209F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Innovation methods for Intellectual Property analysis and applications. </w:t>
+        <w:t xml:space="preserve">Innovation Methods for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">theories &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applications in </w:t>
+      </w:r>
+      <w:r w:rsidR="007915D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>Technolog</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE743D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, Products, Processes and Equipment, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4782C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Including but not limited to TRIZ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C18136A" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+    <w:p w14:paraId="2C5320A5" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Education of systematic product/process/service innovations &amp; innovation methods</w:t>
+        <w:t xml:space="preserve">Innovation methods for Intellectual Property analysis and applications. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12AD8933" w14:textId="512BEA48" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+    <w:p w14:paraId="0F2ECBBD" w14:textId="3A846913" w:rsidR="002745E8" w:rsidRPr="002745E8" w:rsidRDefault="002745E8" w:rsidP="00DE0F3B">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270CCF">
+      <w:r w:rsidRPr="002745E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>TRIZ-based opportunity identification and problem solving</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Human Computer Engineering</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and interactions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782B26E8" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+    <w:p w14:paraId="5042B47F" w14:textId="4F8FD834" w:rsidR="002745E8" w:rsidRPr="007915D5" w:rsidRDefault="002745E8" w:rsidP="00DE0F3B">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270CCF">
+      <w:r w:rsidRPr="002745E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Data driven innovation</w:t>
+        <w:t>Artificial Intelligence for Machine Vision</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Pattern Recognition, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002745E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>and Action Recognition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A809D93" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+    <w:p w14:paraId="4B1252EB" w14:textId="53BDFF4E" w:rsidR="0080463C" w:rsidRDefault="0080463C" w:rsidP="0080463C">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270CCF">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
-        </w:rPr>
-        <w:t>Integration of Innovation Methods with Artificial Intelligence (AI), Internet of Things (IoT), Smart Design/Manufacturing/Services, or Computer-Aided Innovation (CAI)</w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innovative </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007915D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>AI algorithms and d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007915D5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ata driven innovation</w:t>
+      </w:r>
+      <w:r w:rsidR="00997DE2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2329DDA8" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+    <w:p w14:paraId="2A809D93" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Other new technologies, theories, applications, equipment, tools and trends that are related to or can be integrated with systematic innovation</w:t>
+        <w:t>Integration of Innovation Methods with Artificial Intelligence (AI), Internet of Things (IoT), Smart Design/Manufacturing/Services, or Computer-Aided Innovation (CAI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2329DDA8" w14:textId="5ADBC4A7" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:leftChars="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Other new technologies, theories, applications, equipment, tools</w:t>
+      </w:r>
+      <w:r w:rsidR="0080463C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080463C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270CCF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trends that are related to or can be integrated with systematic innovation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182933ED" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FB9BFEB" w14:textId="363EFD24" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SUBMISSI</w:t>
       </w:r>
       <w:r w:rsidR="00BC18C9" w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00270CCF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>N GUIDELINES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14049CC0" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="004E4E9B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -1231,210 +2171,212 @@
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Important due dates</w:t>
       </w:r>
       <w:r w:rsidRPr="004E4E9B">
         <w:rPr>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="8651" w:type="dxa"/>
         <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4677"/>
         <w:gridCol w:w="3974"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w14:paraId="70D19CD5" w14:textId="77777777" w:rsidTr="00C007B2">
+      <w:tr w:rsidR="000850DC" w:rsidRPr="00270CCF" w14:paraId="70D19CD5" w14:textId="77777777" w:rsidTr="00C007B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D942E15" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
+          <w:p w14:paraId="4D942E15" w14:textId="77777777" w:rsidR="000850DC" w:rsidRPr="00270CCF" w:rsidRDefault="000850DC" w:rsidP="000850DC">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270CCF">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Paper Abstracts &amp; GCSI Project Briefing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48B8B3AC" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="000763C9" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
+          <w:p w14:paraId="48B8B3AC" w14:textId="345B8958" w:rsidR="000850DC" w:rsidRPr="000763C9" w:rsidRDefault="000850DC" w:rsidP="000850DC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000763C9">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="002E5DB1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0319EB"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
-              <w:t>May</w:t>
-[...17 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>May 15, 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w14:paraId="54B13B93" w14:textId="77777777" w:rsidTr="00C007B2">
+      <w:tr w:rsidR="000850DC" w:rsidRPr="00270CCF" w14:paraId="54B13B93" w14:textId="77777777" w:rsidTr="00C007B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="347A7EEE" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
+          <w:p w14:paraId="347A7EEE" w14:textId="77777777" w:rsidR="000850DC" w:rsidRPr="00270CCF" w:rsidRDefault="000850DC" w:rsidP="000850DC">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270CCF">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Acceptance notification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A644B7F" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00B1033D" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
+          <w:p w14:paraId="5A644B7F" w14:textId="359F0808" w:rsidR="000850DC" w:rsidRPr="00B1033D" w:rsidRDefault="000850DC" w:rsidP="000850DC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>After</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00287987">
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
-              <w:t>T</w:t>
+              <w:t xml:space="preserve"> 5/30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E5DB1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve">wo weeks after </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="002E5DB1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>recept</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="002E5DB1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve"> of document</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w14:paraId="58476877" w14:textId="77777777" w:rsidTr="00C007B2">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E475A95" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
@@ -1451,60 +2393,60 @@
             <w:r w:rsidRPr="00270CCF">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Early-bird Registration due</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="026ADA5A" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270CCF">
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>June 15, 202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w14:paraId="67054FC9" w14:textId="77777777" w:rsidTr="00C007B2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="467F78CC" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
@@ -1546,60 +2488,60 @@
             <w:r w:rsidRPr="00270CCF">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> due </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2349F33E" w14:textId="77777777" w:rsidR="004E4E9B" w:rsidRPr="00270CCF" w:rsidRDefault="004E4E9B" w:rsidP="00C007B2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270CCF">
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU"/>
+                <w:rFonts w:eastAsia="新細明體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>June 15, 202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F048466" w14:textId="77777777" w:rsidR="00F83AA3" w:rsidRPr="004E4E9B" w:rsidRDefault="00F83AA3" w:rsidP="00F83AA3">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B28E915" w14:textId="77777777" w:rsidR="000C046C" w:rsidRPr="000C046C" w:rsidRDefault="000C046C" w:rsidP="004E4E9B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
@@ -2191,124 +3133,177 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">USD 80/per project. Each project must </w:t>
             </w:r>
             <w:r w:rsidR="00B75EFB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">be </w:t>
             </w:r>
             <w:r w:rsidRPr="000C046C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>supported by at le</w:t>
             </w:r>
             <w:r w:rsidR="00BC18C9">
               <w:rPr>
-                <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="000C046C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>st one individual ICSI registration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C046C" w:rsidRPr="000C046C" w14:paraId="54417AA0" w14:textId="77777777" w:rsidTr="000C046C">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9385" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A6F6219" w14:textId="77777777" w:rsidR="000C046C" w:rsidRPr="000C046C" w:rsidRDefault="000C046C" w:rsidP="000C046C">
+          <w:p w14:paraId="6A6F6219" w14:textId="174E9424" w:rsidR="000C046C" w:rsidRPr="00881375" w:rsidRDefault="000C046C" w:rsidP="000C046C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C046C">
+            <w:r w:rsidRPr="00881375">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Each participant’s registration covers one paper. Each additional </w:t>
+              <w:t xml:space="preserve">Each participant’s registration covers </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000C046C">
+            <w:r w:rsidRPr="00881375">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>one paper</w:t>
+            </w:r>
+            <w:r w:rsidR="00881375" w:rsidRPr="00881375">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881375">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>paperrequires</w:t>
+              <w:t>. Each additional paper</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="0051351A" w:rsidRPr="00881375">
+              <w:rPr>
+                <w:rFonts w:eastAsia="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> additional USD 100/per paper. </w:t>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881375">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>requires additional USD 100/per paper</w:t>
+            </w:r>
+            <w:r w:rsidR="00881375" w:rsidRPr="00881375">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881375">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00881375" w:rsidRPr="00881375">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>each additional project requires USD 80/per project.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E1344C1" w14:textId="11D2DFA9" w:rsidR="000C046C" w:rsidRPr="000C046C" w:rsidRDefault="000C046C" w:rsidP="000C046C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C046C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Online participant registration fee: USD 2</w:t>
             </w:r>
             <w:r w:rsidR="009E1703">
               <w:rPr>
@@ -2509,516 +3504,401 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D93E4C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00860F35" w:rsidSect="00270CCF">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1134" w:bottom="1134" w:left="1276" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="312"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3187EB82" w14:textId="77777777" w:rsidR="00F149B3" w:rsidRDefault="00F149B3">
+    <w:p w14:paraId="4E26B04F" w14:textId="77777777" w:rsidR="002F666D" w:rsidRDefault="002F666D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FE86CC8" w14:textId="77777777" w:rsidR="00F149B3" w:rsidRDefault="00F149B3">
+    <w:p w14:paraId="5819BBD2" w14:textId="77777777" w:rsidR="002F666D" w:rsidRDefault="002F666D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...7 lines deleted...]
-    <w:altName w:val="SimSun"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="PMingLiU">
-    <w:altName w:val="新細明體"/>
+  <w:font w:name="新細明體">
+    <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei UI">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="微軟正黑體">
+    <w:altName w:val="Microsoft JhengHei"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="French Script MT">
     <w:panose1 w:val="03020402040607040605"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AA08D28" w14:textId="77777777" w:rsidR="00F149B3" w:rsidRDefault="00F149B3">
+    <w:p w14:paraId="3F97E966" w14:textId="77777777" w:rsidR="002F666D" w:rsidRDefault="002F666D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4840B65C" w14:textId="77777777" w:rsidR="00F149B3" w:rsidRDefault="00F149B3">
+    <w:p w14:paraId="0C42FEF0" w14:textId="77777777" w:rsidR="002F666D" w:rsidRDefault="002F666D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5E562F5C" w14:textId="3B6544DD" w:rsidR="00F44A7F" w:rsidRDefault="000763C9">
+  <w:p w14:paraId="5E562F5C" w14:textId="5E823088" w:rsidR="00F44A7F" w:rsidRDefault="00D87E48">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+        <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun"/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664895" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74794AFB" wp14:editId="5C71E305">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665919" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58F5A53D" wp14:editId="5B59EB2A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>3812540</wp:posOffset>
+            <wp:posOffset>5165090</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-283210</wp:posOffset>
+            <wp:posOffset>-289560</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2240724" cy="427355"/>
-[...2 lines deleted...]
-          <wp:docPr id="3" name="图片 5"/>
+          <wp:extent cx="1417320" cy="380365"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="273272120" name="圖片 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="图片 5"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="273272120" name="圖片 273272120"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2240724" cy="427355"/>
+                    <a:ext cx="1417320" cy="380365"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664895" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74794AFB" wp14:editId="1B464147">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2946344</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-339090</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2111948" cy="436489"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="1905"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="图片 5"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="图片 5"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2111948" cy="436489"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004A7A12">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B7BFF30" wp14:editId="21C8C068">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B7BFF30" wp14:editId="0A946ECB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>2160270</wp:posOffset>
+            <wp:posOffset>1412240</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>-671849</wp:posOffset>
+            <wp:posOffset>-711835</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="450850" cy="458470"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Resim 445697444" descr="A logo of a sun and a swirly wave&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="445697444" name="Resim 445697444" descr="A logo of a sun and a swirly wave&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="450850" cy="458470"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004A7A12">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A2CDC25" wp14:editId="370F938C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="796F43F3" wp14:editId="12048DB6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>2548890</wp:posOffset>
+                <wp:posOffset>104775</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-292735</wp:posOffset>
-[...190 lines deleted...]
-                <wp:posOffset>-280035</wp:posOffset>
+                <wp:posOffset>-305435</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1308100" cy="464185"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="16" name="Text Box 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1308100" cy="464185"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
@@ -3039,80 +3919,271 @@
                             <w:rPr>
                               <w:rFonts w:ascii="French Script MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="0053250F">
                             <w:rPr>
                               <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
                             </w:rPr>
                             <w:t>International Society of Innovation Methods</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="796F43F3" id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:49.2pt;margin-top:-22.05pt;width:103pt;height:36.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpHRcsowEAAC8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR+wfxD0vtjuuiIw4hRri+6l&#10;uwBtP4CR6diYLWqiEjt/P0px0l3eir4QEikd8pzD1fU09GqPnjuylS4WuVZoDdWd3Vb6+en+w1Ir&#10;DmBr6MlipQ/I+nr9/t1qdCVeUEt9jV4JiOVydJVuQ3BllrFpcQBekEMrxYb8AEGufpvVHkZBH/rs&#10;Is+vspF87TwZZJbs3bGo1wm/adCE703DGFRfaZktpOhT3MSYrVdQbj24tjPzGPCKKQborDQ9Q91B&#10;ALXz3X9QQ2c8MTVhYWjIqGk6g4mDsCnyf9g8tuAwcRFx2J1l4reDNd/2j+6HV2G6oUkMTCTYPZD5&#10;ycrSbQt2i5+9p7FFqKVxESXLRsfl/DVKzSVHkM34lWoxGXaBEtDU+CGqIjyVoIsBh7PoOAVlYsuP&#10;+bLIpWSkdnl1WSw/pRZQnn47z+EL0qDiodJeTE3osH/gEKeB8vQkNrN03/V9Mra3fyXk4TGDaTPm&#10;36fxj0TCtJlUV89EY21D9UHIjbIkleZfO/B41kBcSf3nDYq2/3lPSr3s+fo3AAAA//8DAFBLAwQU&#10;AAYACAAAACEAjQDA4d0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3LZk&#10;o6C11J0QiCuI8SFxyxqvrWicqsnW8u8xJzjafvT6ecvt7Ht1ojF2gRFWSwOKuA6u4wbh7fVxsQEV&#10;k2Vn+8CE8E0RttX5WWkLFyZ+odMuNUpCOBYWoU1pKLSOdUvexmUYiOV2CKO3Scax0W60k4T7Xq+N&#10;udHediwfWjvQfUv11+7oEd6fDp8fmXluHvz1MIXZaPa5Rry8mO9uQSWa0x8Mv/qiDpU47cORXVQ9&#10;Qr7JhERYZNkKlABXJpPNHmGdG9BVqf83qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;6R0XLKMBAAAvAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAjQDA4d0AAAAJAQAADwAAAAAAAAAAAAAAAAD9AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shapetype w14:anchorId="796F43F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:8.25pt;margin-top:-24.05pt;width:103pt;height:36.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYqc8JoAEAACgDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR+wfxD0vtjuuiIw4hTbiu6l&#10;uwDdPoCR6diYJWqiEjt/P0q5dJe3oi+CRIqHPOdwdTvbUe0x8ECu0dWi1AqdoXZw20b/+H7/ZqkV&#10;R3AtjOSw0Qdkfbt+/Wo1+RqvqKexxaAExHE9+Ub3Mfq6KNj0aIEX5NFJsqNgIcozbIs2wCTodiyu&#10;yvKmmCi0PpBBZoneHZN6nfG7Dk382nWMUY2NltliPkM+N+ks1iuotwF8P5jTGPCMKSwMTppeoO4g&#10;gtqF4T8oO5hATF1cGLIFdd1gMHMQNlX5D5vHHjxmLiIO+4tM/HKw5sv+0X8LKs4faBYDMwn2D2R+&#10;snL0sQe3xfch0NQjtNK4SpIVk+f6VJqk5poTyGb6TK2YDLtIGWjugk2qCE8l6GLA4SI6zlGZ1PJt&#10;uaxKSRnJXd9cV8t3uQXU52ofOH5CsipdGh3E1IwO+weOaRqoz19SM0f3wzhmY0f3V0A+HiOYN+NU&#10;fR7/SCTOm1lqU3BD7UFYTbIdjeZfOwh4IS925Man1Ul+//nOEj0t+Po3AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAP3KK3N0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI3LZk1TqN&#10;0nRCIK4gxh+Jm9d4bUXjVE22lm+POcHNz356/r1yN/tenWmMXWALq6UBRVwH13Fj4e31cbEFFROy&#10;wz4wWfimCLvq8qLEwoWJX+i8T42SEI4FWmhTGgqtY92Sx7gMA7HcjmH0mESOjXYjThLue50Zs9Ee&#10;O5YPLQ5031L9tT95C+9Px8+PtXluHnw+TGE2mv2Ntvb6ar67BZVoTn9m+MUXdKiE6RBO7KLqRW9y&#10;cVpYrLcrUGLIskw2BxlyA7oq9f8G1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGKnP&#10;CaABAAAoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;P3KK3N0AAAAJAQAADwAAAAAAAAAAAAAAAAD6AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAAQFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="7FD4596C" w14:textId="2B30F791" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="0053250F">
                     <w:pPr>
                       <w:pStyle w:val="Web"/>
                       <w:kinsoku w:val="0"/>
                       <w:overflowPunct w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:snapToGrid w:val="0"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:textAlignment w:val="baseline"/>
                       <w:rPr>
                         <w:rFonts w:ascii="French Script MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="0053250F">
                       <w:rPr>
                         <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT" w:cs="Times New Roman"/>
                       </w:rPr>
                       <w:t>International Society of Innovation Methods</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2027700A" wp14:editId="7D81F693">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-459105</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-300055</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="660400" cy="417830"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="1270"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="985"/>
+              <wp:lineTo x="2492" y="15757"/>
+              <wp:lineTo x="0" y="19696"/>
+              <wp:lineTo x="0" y="20681"/>
+              <wp:lineTo x="21185" y="20681"/>
+              <wp:lineTo x="21185" y="19696"/>
+              <wp:lineTo x="18069" y="15757"/>
+              <wp:lineTo x="21185" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="4" name="Resim 1764317315"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1764317315" name="Resim 1764317315"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId4">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="660400" cy="417830"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A2CDC25" wp14:editId="3F4073E0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>1776130</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-282575</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1339215" cy="455930"/>
+              <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="1" name="文字方塊 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1339215" cy="455930"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5332102C" w14:textId="20BD3781" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="0053250F">
+                          <w:pPr>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0053250F">
+                            <w:rPr>
+                              <w:rFonts w:ascii="French Script MT" w:eastAsia="新細明體" w:hAnsi="French Script MT"/>
+                              <w:sz w:val="24"/>
+                              <w:lang w:eastAsia="zh-TW"/>
+                            </w:rPr>
+                            <w:t>The Society of Systematic Innovation</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="7A2CDC25" id="文字方塊 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:139.85pt;margin-top:-22.25pt;width:105.45pt;height:35.9pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsdezH4wEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817L8aGvBcpAmSFEg&#10;fQBpPoCiSIuoxGWXtCX367ukFMdtb0EvBMmlZmdmR9uroWvZUaE3YEuez+acKSuhNnZf8sfvd2/e&#10;c+aDsLVowaqSn5TnV7vXr7a9K9QCGmhrhYxArC96V/ImBFdkmZeN6oSfgVOWihqwE4GOuM9qFD2h&#10;d222mM/fZj1g7RCk8p5ub8ci3yV8rZUMX7X2KrC25MQtpBXTWsU1221FsUfhGiMnGuIFLDphLDU9&#10;Q92KINgBzT9QnZEIHnSYSegy0NpIlTSQmnz+l5qHRjiVtJA53p1t8v8PVn45PrhvyMLwAQYaYBLh&#10;3T3IH55ZuGmE3atrROgbJWpqnEfLst75Yvo0Wu0LH0Gq/jPUNGRxCJCABo1ddIV0MkKnAZzOpqsh&#10;MBlbLpebRb7mTFJttV5vlmkqmSievnbow0cFHYubkiMNNaGL470PkY0onp7EZhbuTNumwbb2jwt6&#10;GG8S+0h4pB6GamCmnqRFMRXUJ5KDMMaF4k2bBvAXZz1FpeT+50Gg4qz9ZMmSTb5axWylw2r9bkEH&#10;vKxUlxVhJUGVPHA2bm/CmMeDQ7NvqNM4BAvXZKM2SeEzq4k+xSEJn6Ib83Z5Tq+ef7DdbwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOGs7LXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tuwjAQRfeV&#10;+AdrKnUHdmmAJsRBVatuW0EfEjsTD0lEPI5iQ9K/77Bql6N7dO+ZfDO6VlywD40nDfczBQKp9Lah&#10;SsPnx+v0EUSIhqxpPaGGHwywKSY3ucmsH2iLl12sBJdQyIyGOsYukzKUNToTZr5D4uzoe2cin30l&#10;bW8GLnetnCu1lM40xAu16fC5xvK0OzsNX2/H/Xei3qsXt+gGPypJLpVa392OT2sQEcf4B8NVn9Wh&#10;YKeDP5MNotUwX6UrRjVMk2QBgokkVUsQh2v0ALLI5f8Xil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAbHXsx+MBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA4azstd8AAAAKAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="5332102C" w14:textId="20BD3781" w:rsidR="00F44A7F" w:rsidRPr="004A7A12" w:rsidRDefault="0053250F">
+                    <w:pPr>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="French Script MT" w:hAnsi="French Script MT"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0053250F">
+                      <w:rPr>
+                        <w:rFonts w:ascii="French Script MT" w:eastAsia="新細明體" w:hAnsi="French Script MT"/>
+                        <w:sz w:val="24"/>
+                        <w:lang w:eastAsia="zh-TW"/>
+                      </w:rPr>
+                      <w:t>The Society of Systematic Innovation</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000004"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000004"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3372,50 +4443,199 @@
         </w:tabs>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E5469D2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D5641754"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="181C2BBB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="064E398A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3484,51 +4704,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C711485"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="064E398A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3597,51 +4817,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E234111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="990AAABA"/>
     <w:lvl w:ilvl="0" w:tplc="34AACF5C">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -3710,51 +4930,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BF36E0B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4BF36E0B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -3823,51 +5043,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DBC6B5D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4DBC6B5D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -3936,51 +5156,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A5C4D31"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A5C4D31"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4076,51 +5296,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="3360"/>
         </w:tabs>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A6D5BA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D42A1E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -4189,51 +5409,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C9322AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="719E55C4"/>
     <w:lvl w:ilvl="0" w:tplc="9536DB2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4279,682 +5499,732 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1160996893">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1638606751">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1943954031">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1638606751">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="4" w16cid:durableId="680619736">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="723215162">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1103305806">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1105729247">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="210112582">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="408776530">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="867907546">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="408776530">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="11" w16cid:durableId="414059210">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="867907546">
-[...2 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="414059210">
+  <w:num w:numId="12" w16cid:durableId="1531147549">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1531147549">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="13" w16cid:durableId="1402092718">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:savePreviewPicture/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NDc1NTKxNDcyMzM3MjFQ0lEKTi0uzszPAymwrAUA8CqYwiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00172A27"/>
     <w:rsid w:val="00002C33"/>
     <w:rsid w:val="00007287"/>
     <w:rsid w:val="0001211D"/>
     <w:rsid w:val="00017743"/>
     <w:rsid w:val="00022D87"/>
     <w:rsid w:val="00027A94"/>
     <w:rsid w:val="00031510"/>
     <w:rsid w:val="00031B14"/>
     <w:rsid w:val="00033610"/>
     <w:rsid w:val="00045B84"/>
     <w:rsid w:val="0005049E"/>
     <w:rsid w:val="00055AEA"/>
     <w:rsid w:val="0005709B"/>
     <w:rsid w:val="00060410"/>
+    <w:rsid w:val="00062485"/>
     <w:rsid w:val="00072402"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="00074595"/>
     <w:rsid w:val="00074C76"/>
     <w:rsid w:val="00074DB2"/>
     <w:rsid w:val="0007593D"/>
     <w:rsid w:val="000763C9"/>
     <w:rsid w:val="000813B7"/>
     <w:rsid w:val="00084213"/>
+    <w:rsid w:val="000850DC"/>
     <w:rsid w:val="00085B23"/>
     <w:rsid w:val="00095E93"/>
     <w:rsid w:val="000B043A"/>
+    <w:rsid w:val="000B0596"/>
+    <w:rsid w:val="000B48E8"/>
     <w:rsid w:val="000B71A0"/>
     <w:rsid w:val="000C046C"/>
     <w:rsid w:val="000C193E"/>
     <w:rsid w:val="000C611C"/>
     <w:rsid w:val="000C6CCF"/>
     <w:rsid w:val="000C71CB"/>
     <w:rsid w:val="000C7603"/>
     <w:rsid w:val="000D41F1"/>
     <w:rsid w:val="000D6414"/>
     <w:rsid w:val="000D6FB2"/>
     <w:rsid w:val="000D7383"/>
     <w:rsid w:val="000F3231"/>
     <w:rsid w:val="000F3797"/>
     <w:rsid w:val="000F3F64"/>
     <w:rsid w:val="000F41F5"/>
     <w:rsid w:val="000F63EE"/>
     <w:rsid w:val="000F6B9C"/>
     <w:rsid w:val="000F6D30"/>
     <w:rsid w:val="000F6E5F"/>
     <w:rsid w:val="000F7BBD"/>
     <w:rsid w:val="00102F9B"/>
     <w:rsid w:val="00107EF7"/>
     <w:rsid w:val="00113E4F"/>
     <w:rsid w:val="001155C8"/>
     <w:rsid w:val="0012002C"/>
     <w:rsid w:val="00120D24"/>
     <w:rsid w:val="00121650"/>
     <w:rsid w:val="00122DCC"/>
     <w:rsid w:val="00132642"/>
     <w:rsid w:val="001329B0"/>
     <w:rsid w:val="00136EEA"/>
     <w:rsid w:val="001435BE"/>
     <w:rsid w:val="001438DC"/>
     <w:rsid w:val="001443A0"/>
     <w:rsid w:val="0015108A"/>
     <w:rsid w:val="001513C0"/>
     <w:rsid w:val="001621B2"/>
     <w:rsid w:val="00172A27"/>
     <w:rsid w:val="00173408"/>
     <w:rsid w:val="00173D71"/>
     <w:rsid w:val="00180F3C"/>
     <w:rsid w:val="00181595"/>
+    <w:rsid w:val="00186447"/>
     <w:rsid w:val="00186A4C"/>
     <w:rsid w:val="00186FB4"/>
     <w:rsid w:val="001926E7"/>
     <w:rsid w:val="00195C10"/>
     <w:rsid w:val="001A1547"/>
     <w:rsid w:val="001A2142"/>
     <w:rsid w:val="001A5906"/>
     <w:rsid w:val="001B6A75"/>
     <w:rsid w:val="001B6FD2"/>
     <w:rsid w:val="001C1FEC"/>
+    <w:rsid w:val="001C206C"/>
     <w:rsid w:val="001C62B8"/>
     <w:rsid w:val="001D10D2"/>
     <w:rsid w:val="001D20C2"/>
     <w:rsid w:val="001E10BE"/>
     <w:rsid w:val="001E6248"/>
     <w:rsid w:val="001E6722"/>
     <w:rsid w:val="001E6767"/>
     <w:rsid w:val="001E7242"/>
     <w:rsid w:val="001E7540"/>
     <w:rsid w:val="001E7992"/>
+    <w:rsid w:val="001F0719"/>
     <w:rsid w:val="001F1E88"/>
     <w:rsid w:val="001F40C4"/>
     <w:rsid w:val="001F55B1"/>
     <w:rsid w:val="002002CB"/>
     <w:rsid w:val="00207CC1"/>
     <w:rsid w:val="0021438F"/>
     <w:rsid w:val="00214A36"/>
     <w:rsid w:val="00216CE8"/>
     <w:rsid w:val="0022442B"/>
     <w:rsid w:val="00224456"/>
     <w:rsid w:val="00224588"/>
     <w:rsid w:val="00226EF7"/>
     <w:rsid w:val="00231EC7"/>
     <w:rsid w:val="00242EEF"/>
     <w:rsid w:val="00245809"/>
     <w:rsid w:val="00245F25"/>
     <w:rsid w:val="00247903"/>
     <w:rsid w:val="0025374E"/>
     <w:rsid w:val="00256709"/>
     <w:rsid w:val="00260940"/>
     <w:rsid w:val="00265794"/>
     <w:rsid w:val="00270CCF"/>
+    <w:rsid w:val="002745E8"/>
     <w:rsid w:val="00285397"/>
     <w:rsid w:val="002868D6"/>
     <w:rsid w:val="00287556"/>
+    <w:rsid w:val="00287987"/>
     <w:rsid w:val="00293447"/>
     <w:rsid w:val="002962DF"/>
     <w:rsid w:val="002A0F50"/>
     <w:rsid w:val="002A1E96"/>
     <w:rsid w:val="002A380C"/>
     <w:rsid w:val="002A3B20"/>
+    <w:rsid w:val="002A3B51"/>
     <w:rsid w:val="002A606A"/>
     <w:rsid w:val="002B1AE3"/>
     <w:rsid w:val="002C79A8"/>
     <w:rsid w:val="002D4153"/>
     <w:rsid w:val="002D4BA0"/>
     <w:rsid w:val="002E093D"/>
     <w:rsid w:val="002E09AB"/>
     <w:rsid w:val="002E1ABB"/>
     <w:rsid w:val="002E3077"/>
     <w:rsid w:val="002E7CCC"/>
     <w:rsid w:val="002F12AD"/>
     <w:rsid w:val="002F18B0"/>
+    <w:rsid w:val="002F666D"/>
     <w:rsid w:val="00300457"/>
     <w:rsid w:val="003054B2"/>
     <w:rsid w:val="00305E3F"/>
     <w:rsid w:val="0030624E"/>
     <w:rsid w:val="00312AC3"/>
+    <w:rsid w:val="00321D7C"/>
     <w:rsid w:val="00326D9B"/>
     <w:rsid w:val="00330777"/>
+    <w:rsid w:val="00331EE9"/>
     <w:rsid w:val="0033288D"/>
     <w:rsid w:val="00332A3A"/>
     <w:rsid w:val="003361BF"/>
     <w:rsid w:val="00340999"/>
     <w:rsid w:val="00341A93"/>
     <w:rsid w:val="00357E76"/>
+    <w:rsid w:val="00361BD9"/>
     <w:rsid w:val="00364718"/>
     <w:rsid w:val="00366B44"/>
     <w:rsid w:val="003703CB"/>
     <w:rsid w:val="00370936"/>
     <w:rsid w:val="00370E1C"/>
     <w:rsid w:val="00371115"/>
     <w:rsid w:val="0037407A"/>
     <w:rsid w:val="00374380"/>
     <w:rsid w:val="00374933"/>
     <w:rsid w:val="0037793E"/>
+    <w:rsid w:val="00385AC0"/>
     <w:rsid w:val="00391E21"/>
     <w:rsid w:val="003928D3"/>
     <w:rsid w:val="003973C8"/>
     <w:rsid w:val="003A02A0"/>
     <w:rsid w:val="003A3E30"/>
     <w:rsid w:val="003A6BFD"/>
     <w:rsid w:val="003B1484"/>
+    <w:rsid w:val="003B209F"/>
     <w:rsid w:val="003C42DE"/>
     <w:rsid w:val="003D1512"/>
     <w:rsid w:val="003D2615"/>
     <w:rsid w:val="003D73D3"/>
     <w:rsid w:val="003E2FCF"/>
     <w:rsid w:val="003E3FD5"/>
     <w:rsid w:val="003E6472"/>
     <w:rsid w:val="003E6D1C"/>
     <w:rsid w:val="003F15C1"/>
     <w:rsid w:val="003F48F5"/>
     <w:rsid w:val="003F77FC"/>
     <w:rsid w:val="00403A3C"/>
+    <w:rsid w:val="00412982"/>
     <w:rsid w:val="00414136"/>
     <w:rsid w:val="004210B2"/>
     <w:rsid w:val="00421E0B"/>
     <w:rsid w:val="004268F5"/>
     <w:rsid w:val="00431F81"/>
     <w:rsid w:val="004322F1"/>
     <w:rsid w:val="00436219"/>
     <w:rsid w:val="00436A97"/>
     <w:rsid w:val="00441456"/>
     <w:rsid w:val="00447614"/>
     <w:rsid w:val="0045011E"/>
     <w:rsid w:val="00452E8D"/>
     <w:rsid w:val="00453F8C"/>
     <w:rsid w:val="00454754"/>
     <w:rsid w:val="00455018"/>
     <w:rsid w:val="00457696"/>
     <w:rsid w:val="00460FCA"/>
     <w:rsid w:val="004636EA"/>
+    <w:rsid w:val="004709F0"/>
+    <w:rsid w:val="00473020"/>
     <w:rsid w:val="00480BC6"/>
+    <w:rsid w:val="00482D12"/>
+    <w:rsid w:val="004831B7"/>
     <w:rsid w:val="00490916"/>
     <w:rsid w:val="004936E3"/>
     <w:rsid w:val="004940A5"/>
     <w:rsid w:val="0049413F"/>
     <w:rsid w:val="004974F3"/>
     <w:rsid w:val="004A0D71"/>
     <w:rsid w:val="004A2B9D"/>
     <w:rsid w:val="004A6B4B"/>
     <w:rsid w:val="004A7A12"/>
+    <w:rsid w:val="004B2642"/>
     <w:rsid w:val="004B27D6"/>
     <w:rsid w:val="004B686B"/>
     <w:rsid w:val="004C1830"/>
     <w:rsid w:val="004C3654"/>
     <w:rsid w:val="004D03C2"/>
     <w:rsid w:val="004D47D2"/>
     <w:rsid w:val="004D7794"/>
     <w:rsid w:val="004E2AAB"/>
     <w:rsid w:val="004E4E9B"/>
     <w:rsid w:val="004E545A"/>
     <w:rsid w:val="004F2D18"/>
     <w:rsid w:val="004F5CA3"/>
     <w:rsid w:val="0050012D"/>
     <w:rsid w:val="005110BA"/>
+    <w:rsid w:val="0051351A"/>
     <w:rsid w:val="0051372C"/>
     <w:rsid w:val="00514036"/>
     <w:rsid w:val="00516A27"/>
     <w:rsid w:val="00530D2E"/>
     <w:rsid w:val="0053250F"/>
     <w:rsid w:val="005328A0"/>
     <w:rsid w:val="00535165"/>
     <w:rsid w:val="00535AA8"/>
     <w:rsid w:val="00541C81"/>
     <w:rsid w:val="00541E38"/>
     <w:rsid w:val="005454B2"/>
     <w:rsid w:val="0055247B"/>
     <w:rsid w:val="005605D9"/>
     <w:rsid w:val="00563CA5"/>
     <w:rsid w:val="00576608"/>
     <w:rsid w:val="00577F0C"/>
     <w:rsid w:val="00583644"/>
     <w:rsid w:val="005844A5"/>
     <w:rsid w:val="005953DC"/>
     <w:rsid w:val="00596255"/>
     <w:rsid w:val="005A0698"/>
     <w:rsid w:val="005A0BC3"/>
     <w:rsid w:val="005A3426"/>
     <w:rsid w:val="005A38B7"/>
     <w:rsid w:val="005A4072"/>
     <w:rsid w:val="005A722A"/>
     <w:rsid w:val="005A767C"/>
     <w:rsid w:val="005B3158"/>
     <w:rsid w:val="005B521E"/>
     <w:rsid w:val="005B5610"/>
     <w:rsid w:val="005C1D1B"/>
     <w:rsid w:val="005C4CD7"/>
     <w:rsid w:val="005C5981"/>
     <w:rsid w:val="005D08E7"/>
     <w:rsid w:val="005D3EB6"/>
     <w:rsid w:val="005E0815"/>
     <w:rsid w:val="005F0D03"/>
+    <w:rsid w:val="005F781F"/>
     <w:rsid w:val="006009A9"/>
     <w:rsid w:val="00602323"/>
+    <w:rsid w:val="006067E2"/>
     <w:rsid w:val="006143AB"/>
     <w:rsid w:val="00614A11"/>
     <w:rsid w:val="006212F3"/>
     <w:rsid w:val="00623132"/>
     <w:rsid w:val="00624D26"/>
     <w:rsid w:val="00625AE1"/>
     <w:rsid w:val="006277A0"/>
     <w:rsid w:val="00627B0C"/>
     <w:rsid w:val="00635693"/>
     <w:rsid w:val="0064787C"/>
     <w:rsid w:val="00651031"/>
     <w:rsid w:val="00654B04"/>
     <w:rsid w:val="006627D4"/>
+    <w:rsid w:val="00664938"/>
     <w:rsid w:val="00665B16"/>
     <w:rsid w:val="00665D03"/>
+    <w:rsid w:val="00665D4E"/>
     <w:rsid w:val="00675E90"/>
     <w:rsid w:val="00676281"/>
     <w:rsid w:val="00677714"/>
     <w:rsid w:val="006807C5"/>
     <w:rsid w:val="0068208B"/>
     <w:rsid w:val="00687803"/>
     <w:rsid w:val="006953CA"/>
     <w:rsid w:val="00696C2E"/>
     <w:rsid w:val="006A1BB6"/>
     <w:rsid w:val="006A78C3"/>
     <w:rsid w:val="006A7C00"/>
     <w:rsid w:val="006B017F"/>
     <w:rsid w:val="006B5A69"/>
     <w:rsid w:val="006C0A00"/>
     <w:rsid w:val="006C14B8"/>
     <w:rsid w:val="006C160B"/>
     <w:rsid w:val="006C223A"/>
     <w:rsid w:val="006C2499"/>
     <w:rsid w:val="006C4F19"/>
     <w:rsid w:val="006D4EB1"/>
     <w:rsid w:val="006D6CCA"/>
+    <w:rsid w:val="006D7784"/>
     <w:rsid w:val="006E665E"/>
     <w:rsid w:val="006F1252"/>
     <w:rsid w:val="006F5C88"/>
     <w:rsid w:val="007130B9"/>
     <w:rsid w:val="00713559"/>
     <w:rsid w:val="0071426E"/>
     <w:rsid w:val="00721FE9"/>
     <w:rsid w:val="00734464"/>
     <w:rsid w:val="00736695"/>
     <w:rsid w:val="0074101D"/>
     <w:rsid w:val="00744783"/>
     <w:rsid w:val="007471EC"/>
     <w:rsid w:val="007475B0"/>
     <w:rsid w:val="007569BA"/>
     <w:rsid w:val="00756DCE"/>
     <w:rsid w:val="007671D6"/>
     <w:rsid w:val="007812B9"/>
     <w:rsid w:val="007836F1"/>
     <w:rsid w:val="00787BEB"/>
     <w:rsid w:val="00787D5C"/>
     <w:rsid w:val="00790635"/>
+    <w:rsid w:val="007915D5"/>
     <w:rsid w:val="00794691"/>
     <w:rsid w:val="007949A6"/>
     <w:rsid w:val="007A229A"/>
     <w:rsid w:val="007B1EF9"/>
     <w:rsid w:val="007B5512"/>
     <w:rsid w:val="007D3F30"/>
+    <w:rsid w:val="007D73C1"/>
     <w:rsid w:val="007E1DF2"/>
     <w:rsid w:val="007E258A"/>
     <w:rsid w:val="007E6830"/>
     <w:rsid w:val="007E71E4"/>
     <w:rsid w:val="007E7383"/>
     <w:rsid w:val="007E7605"/>
     <w:rsid w:val="007E76F8"/>
     <w:rsid w:val="007F1C54"/>
     <w:rsid w:val="007F2C9C"/>
     <w:rsid w:val="00804331"/>
+    <w:rsid w:val="0080463C"/>
     <w:rsid w:val="00804E45"/>
     <w:rsid w:val="0080780C"/>
     <w:rsid w:val="00807FE3"/>
     <w:rsid w:val="00811877"/>
     <w:rsid w:val="00811B34"/>
     <w:rsid w:val="00811C62"/>
     <w:rsid w:val="00813FFA"/>
     <w:rsid w:val="00815318"/>
     <w:rsid w:val="00816DE2"/>
     <w:rsid w:val="008175FC"/>
     <w:rsid w:val="008360F9"/>
     <w:rsid w:val="0083612D"/>
     <w:rsid w:val="00845AAD"/>
     <w:rsid w:val="0084739B"/>
     <w:rsid w:val="00847F00"/>
     <w:rsid w:val="00857409"/>
     <w:rsid w:val="00860F35"/>
     <w:rsid w:val="00867238"/>
     <w:rsid w:val="0087084B"/>
     <w:rsid w:val="0087248B"/>
     <w:rsid w:val="008739CE"/>
     <w:rsid w:val="00876346"/>
     <w:rsid w:val="0087763A"/>
     <w:rsid w:val="00877808"/>
+    <w:rsid w:val="00881375"/>
     <w:rsid w:val="00883B27"/>
     <w:rsid w:val="00884547"/>
     <w:rsid w:val="008850D3"/>
     <w:rsid w:val="00885BDD"/>
     <w:rsid w:val="0089052F"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="00895C86"/>
     <w:rsid w:val="00895D39"/>
     <w:rsid w:val="008972EA"/>
     <w:rsid w:val="008A1608"/>
+    <w:rsid w:val="008A19C5"/>
     <w:rsid w:val="008A2D3D"/>
     <w:rsid w:val="008A5291"/>
     <w:rsid w:val="008A628E"/>
+    <w:rsid w:val="008B1374"/>
     <w:rsid w:val="008B1B8D"/>
     <w:rsid w:val="008B6298"/>
     <w:rsid w:val="008C5CFD"/>
     <w:rsid w:val="008C7C33"/>
     <w:rsid w:val="008D038C"/>
     <w:rsid w:val="008D7331"/>
     <w:rsid w:val="00900639"/>
     <w:rsid w:val="00901E2D"/>
     <w:rsid w:val="00916287"/>
     <w:rsid w:val="009222EE"/>
+    <w:rsid w:val="00924C31"/>
     <w:rsid w:val="00933FC0"/>
     <w:rsid w:val="00937D33"/>
     <w:rsid w:val="00942915"/>
     <w:rsid w:val="00945627"/>
     <w:rsid w:val="00945E03"/>
     <w:rsid w:val="00946B3B"/>
+    <w:rsid w:val="00950628"/>
     <w:rsid w:val="00950EC7"/>
     <w:rsid w:val="00951F71"/>
     <w:rsid w:val="00960D1C"/>
     <w:rsid w:val="009627AC"/>
     <w:rsid w:val="00963C0E"/>
     <w:rsid w:val="00964AD2"/>
     <w:rsid w:val="009659FA"/>
     <w:rsid w:val="00965A24"/>
     <w:rsid w:val="0097078E"/>
     <w:rsid w:val="0097096C"/>
     <w:rsid w:val="00971D54"/>
     <w:rsid w:val="00972216"/>
     <w:rsid w:val="00973386"/>
     <w:rsid w:val="00982742"/>
+    <w:rsid w:val="00990A2D"/>
     <w:rsid w:val="009923FF"/>
     <w:rsid w:val="009931FB"/>
     <w:rsid w:val="00994D5C"/>
+    <w:rsid w:val="00997DE2"/>
     <w:rsid w:val="009A24A0"/>
     <w:rsid w:val="009B0D36"/>
     <w:rsid w:val="009B2A57"/>
     <w:rsid w:val="009B31E0"/>
     <w:rsid w:val="009B4815"/>
     <w:rsid w:val="009C1A79"/>
     <w:rsid w:val="009C6051"/>
     <w:rsid w:val="009D2B07"/>
     <w:rsid w:val="009E1703"/>
+    <w:rsid w:val="009E2C3B"/>
     <w:rsid w:val="009E63D4"/>
     <w:rsid w:val="009F0172"/>
     <w:rsid w:val="009F17F7"/>
     <w:rsid w:val="009F3B5B"/>
+    <w:rsid w:val="00A03AE2"/>
     <w:rsid w:val="00A0428A"/>
     <w:rsid w:val="00A17CC7"/>
     <w:rsid w:val="00A229F2"/>
     <w:rsid w:val="00A265A4"/>
     <w:rsid w:val="00A27D31"/>
     <w:rsid w:val="00A3214C"/>
     <w:rsid w:val="00A332BA"/>
     <w:rsid w:val="00A36A11"/>
     <w:rsid w:val="00A47C39"/>
     <w:rsid w:val="00A57F6C"/>
     <w:rsid w:val="00A640B5"/>
     <w:rsid w:val="00A72F35"/>
     <w:rsid w:val="00A7362F"/>
     <w:rsid w:val="00A80718"/>
     <w:rsid w:val="00A8128C"/>
     <w:rsid w:val="00A86C5B"/>
     <w:rsid w:val="00A8764F"/>
     <w:rsid w:val="00A87E91"/>
     <w:rsid w:val="00A90E35"/>
     <w:rsid w:val="00A9202C"/>
     <w:rsid w:val="00A94E3A"/>
     <w:rsid w:val="00A978A2"/>
     <w:rsid w:val="00AA075C"/>
     <w:rsid w:val="00AA2C1C"/>
     <w:rsid w:val="00AA3A4F"/>
     <w:rsid w:val="00AA3E15"/>
     <w:rsid w:val="00AB3872"/>
     <w:rsid w:val="00AB4C4A"/>
+    <w:rsid w:val="00AC11D7"/>
     <w:rsid w:val="00AC3B53"/>
     <w:rsid w:val="00AC71A1"/>
     <w:rsid w:val="00AC7C9F"/>
     <w:rsid w:val="00AD2891"/>
     <w:rsid w:val="00AE195E"/>
     <w:rsid w:val="00AF7CF9"/>
     <w:rsid w:val="00B03C3D"/>
     <w:rsid w:val="00B04E23"/>
     <w:rsid w:val="00B04E7C"/>
     <w:rsid w:val="00B054BA"/>
     <w:rsid w:val="00B1033D"/>
     <w:rsid w:val="00B13484"/>
     <w:rsid w:val="00B205C4"/>
     <w:rsid w:val="00B2428A"/>
     <w:rsid w:val="00B31E5C"/>
     <w:rsid w:val="00B32336"/>
     <w:rsid w:val="00B357BB"/>
     <w:rsid w:val="00B4364F"/>
     <w:rsid w:val="00B43FFA"/>
     <w:rsid w:val="00B44131"/>
     <w:rsid w:val="00B4484D"/>
     <w:rsid w:val="00B44C78"/>
     <w:rsid w:val="00B521C2"/>
     <w:rsid w:val="00B54AEB"/>
     <w:rsid w:val="00B55FBC"/>
     <w:rsid w:val="00B56589"/>
     <w:rsid w:val="00B60B87"/>
     <w:rsid w:val="00B6210A"/>
     <w:rsid w:val="00B63CD0"/>
     <w:rsid w:val="00B720D4"/>
     <w:rsid w:val="00B75EFB"/>
     <w:rsid w:val="00B86143"/>
     <w:rsid w:val="00B86724"/>
     <w:rsid w:val="00B86B3A"/>
     <w:rsid w:val="00B92BB3"/>
     <w:rsid w:val="00B939AC"/>
     <w:rsid w:val="00B9412B"/>
     <w:rsid w:val="00B9586F"/>
     <w:rsid w:val="00B95914"/>
     <w:rsid w:val="00BA1837"/>
     <w:rsid w:val="00BA3DED"/>
     <w:rsid w:val="00BB00A7"/>
     <w:rsid w:val="00BB22F8"/>
     <w:rsid w:val="00BB3E40"/>
+    <w:rsid w:val="00BB4CD1"/>
     <w:rsid w:val="00BB734F"/>
     <w:rsid w:val="00BB743A"/>
     <w:rsid w:val="00BC1886"/>
     <w:rsid w:val="00BC18C9"/>
     <w:rsid w:val="00BC24CB"/>
     <w:rsid w:val="00BC3638"/>
     <w:rsid w:val="00BC3ECB"/>
     <w:rsid w:val="00BC5067"/>
     <w:rsid w:val="00BC7FE5"/>
     <w:rsid w:val="00BD59BC"/>
+    <w:rsid w:val="00BE035E"/>
     <w:rsid w:val="00BE39BC"/>
     <w:rsid w:val="00BF05A1"/>
     <w:rsid w:val="00BF400D"/>
     <w:rsid w:val="00BF4D9E"/>
     <w:rsid w:val="00C0130A"/>
     <w:rsid w:val="00C06956"/>
     <w:rsid w:val="00C1142B"/>
     <w:rsid w:val="00C14B2C"/>
     <w:rsid w:val="00C15D13"/>
     <w:rsid w:val="00C229DE"/>
     <w:rsid w:val="00C27146"/>
     <w:rsid w:val="00C32543"/>
     <w:rsid w:val="00C33CE3"/>
     <w:rsid w:val="00C402A8"/>
     <w:rsid w:val="00C43A1E"/>
     <w:rsid w:val="00C44B36"/>
+    <w:rsid w:val="00C4782C"/>
     <w:rsid w:val="00C478B5"/>
     <w:rsid w:val="00C50C3D"/>
     <w:rsid w:val="00C546B1"/>
     <w:rsid w:val="00C638DA"/>
     <w:rsid w:val="00C63D86"/>
     <w:rsid w:val="00C6465C"/>
     <w:rsid w:val="00C70C52"/>
     <w:rsid w:val="00C778C1"/>
     <w:rsid w:val="00C81FED"/>
     <w:rsid w:val="00C85348"/>
     <w:rsid w:val="00C870A0"/>
     <w:rsid w:val="00C95862"/>
     <w:rsid w:val="00CA5F46"/>
     <w:rsid w:val="00CA6B6B"/>
     <w:rsid w:val="00CB2C42"/>
     <w:rsid w:val="00CB31AD"/>
     <w:rsid w:val="00CC4320"/>
     <w:rsid w:val="00CC6B32"/>
     <w:rsid w:val="00CD7AE4"/>
     <w:rsid w:val="00CE3BBD"/>
     <w:rsid w:val="00CE61E5"/>
     <w:rsid w:val="00CE7206"/>
+    <w:rsid w:val="00CE743D"/>
     <w:rsid w:val="00CF3DB7"/>
     <w:rsid w:val="00D10828"/>
     <w:rsid w:val="00D20BE8"/>
     <w:rsid w:val="00D31D89"/>
     <w:rsid w:val="00D35F01"/>
     <w:rsid w:val="00D40F39"/>
     <w:rsid w:val="00D63E80"/>
     <w:rsid w:val="00D669F0"/>
     <w:rsid w:val="00D67601"/>
     <w:rsid w:val="00D72109"/>
     <w:rsid w:val="00D7644A"/>
     <w:rsid w:val="00D77D54"/>
     <w:rsid w:val="00D80608"/>
     <w:rsid w:val="00D845B8"/>
     <w:rsid w:val="00D87BBE"/>
+    <w:rsid w:val="00D87E48"/>
     <w:rsid w:val="00D94B33"/>
     <w:rsid w:val="00DA0E0D"/>
     <w:rsid w:val="00DA2874"/>
     <w:rsid w:val="00DA5CF3"/>
     <w:rsid w:val="00DB060A"/>
     <w:rsid w:val="00DB4A78"/>
     <w:rsid w:val="00DB599B"/>
     <w:rsid w:val="00DB5FF9"/>
     <w:rsid w:val="00DB712D"/>
     <w:rsid w:val="00DD0846"/>
     <w:rsid w:val="00DD6FAB"/>
     <w:rsid w:val="00DD6FCE"/>
     <w:rsid w:val="00DE0AF7"/>
     <w:rsid w:val="00DE0B4E"/>
     <w:rsid w:val="00DE52D9"/>
     <w:rsid w:val="00DF7FFE"/>
     <w:rsid w:val="00E01C42"/>
     <w:rsid w:val="00E030A3"/>
     <w:rsid w:val="00E0685E"/>
     <w:rsid w:val="00E1255F"/>
     <w:rsid w:val="00E1432E"/>
     <w:rsid w:val="00E16BCC"/>
     <w:rsid w:val="00E30882"/>
     <w:rsid w:val="00E31A93"/>
     <w:rsid w:val="00E34968"/>
@@ -4980,62 +6250,64 @@
     <w:rsid w:val="00EB1B5E"/>
     <w:rsid w:val="00EC1610"/>
     <w:rsid w:val="00EC71B6"/>
     <w:rsid w:val="00ED28BF"/>
     <w:rsid w:val="00ED52DA"/>
     <w:rsid w:val="00ED7E25"/>
     <w:rsid w:val="00EE3066"/>
     <w:rsid w:val="00EF6B58"/>
     <w:rsid w:val="00EF7899"/>
     <w:rsid w:val="00F00C1B"/>
     <w:rsid w:val="00F04C72"/>
     <w:rsid w:val="00F05345"/>
     <w:rsid w:val="00F10008"/>
     <w:rsid w:val="00F149B3"/>
     <w:rsid w:val="00F1637A"/>
     <w:rsid w:val="00F22145"/>
     <w:rsid w:val="00F23C0F"/>
     <w:rsid w:val="00F32AC7"/>
     <w:rsid w:val="00F346E4"/>
     <w:rsid w:val="00F401BB"/>
     <w:rsid w:val="00F420DD"/>
     <w:rsid w:val="00F4251A"/>
     <w:rsid w:val="00F44A7F"/>
     <w:rsid w:val="00F621D9"/>
     <w:rsid w:val="00F6245C"/>
+    <w:rsid w:val="00F64536"/>
     <w:rsid w:val="00F64A4F"/>
     <w:rsid w:val="00F6528C"/>
     <w:rsid w:val="00F71296"/>
     <w:rsid w:val="00F714A6"/>
     <w:rsid w:val="00F7278F"/>
     <w:rsid w:val="00F74A10"/>
     <w:rsid w:val="00F83AA3"/>
     <w:rsid w:val="00F84ACB"/>
     <w:rsid w:val="00F9201D"/>
     <w:rsid w:val="00F9383A"/>
     <w:rsid w:val="00F93DD0"/>
     <w:rsid w:val="00F95105"/>
+    <w:rsid w:val="00F96654"/>
     <w:rsid w:val="00F96F3F"/>
     <w:rsid w:val="00F96FC7"/>
     <w:rsid w:val="00FA06AB"/>
     <w:rsid w:val="00FA1734"/>
     <w:rsid w:val="00FB3AC7"/>
     <w:rsid w:val="00FC788B"/>
     <w:rsid w:val="00FD2586"/>
     <w:rsid w:val="00FD43AC"/>
     <w:rsid w:val="00FD4ECF"/>
     <w:rsid w:val="00FF1D61"/>
     <w:rsid w:val="0BBA0B5B"/>
     <w:rsid w:val="19456A79"/>
     <w:rsid w:val="268F75D5"/>
     <w:rsid w:val="34592D57"/>
     <w:rsid w:val="3DFD3B10"/>
     <w:rsid w:val="59F26EC9"/>
     <w:rsid w:val="5A5020B8"/>
     <w:rsid w:val="5EA55DCC"/>
     <w:rsid w:val="622E66C8"/>
     <w:rsid w:val="7BE3102E"/>
     <w:rsid w:val="7E053981"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -5050,51 +6322,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C508005"/>
   <w15:docId w15:val="{E2AB283C-3EBB-471B-8218-707D8FB7D9A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5483,51 +6755,51 @@
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="PMingLiU" w:hAnsi="Calibri Light"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="新細明體" w:hAnsi="Calibri Light"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
@@ -5537,159 +6809,159 @@
     <w:qFormat/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="800"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="default">
     <w:name w:val="default"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="註解方塊文字 字元"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="PMingLiU" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="新細明體" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="頁首 字元"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="頁尾 字元"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="未解析的提及1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
@@ -5731,80 +7003,80 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A7A12"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00860F35"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Courier New"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="純文字 字元"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00860F35"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Courier New"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Courier New"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ds-markdown-paragraph">
     <w:name w:val="ds-markdown-paragraph"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00BC1886"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+      <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00BC1886"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af1">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00BC1886"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
@@ -5817,51 +7089,51 @@
   <w:divs>
     <w:div w:id="892426348">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dsm.systematic-innovation.org/sharing/C6m3qBsX5" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijosi.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icsi@i-sim.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6114,93 +7386,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps/>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DC715F3-2F71-4761-9AC7-52BC71CA591C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DC715F3-2F71-4761-9AC7-52BC71CA591C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3973</Characters>
+  <Pages>3</Pages>
+  <Words>756</Words>
+  <Characters>5008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4549</CharactersWithSpaces>
+  <CharactersWithSpaces>5753</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The 11th International Conference on Systematic Innovation (ICSI) &amp; the 10th Global Competition on Systematic Innovation (GCSI)</dc:title>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
     <vt:lpwstr>470ef8029255ba434d72cb069786750393b1f23c0accbc46b233c269f203015e</vt:lpwstr>