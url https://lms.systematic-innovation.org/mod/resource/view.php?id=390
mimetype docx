--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,587 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3E0939C4" w14:textId="264D9756" w:rsidR="00C77BC0" w:rsidRDefault="00255433" w:rsidP="00874554">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:line="400" w:lineRule="exact"/>
+    <w:p w14:paraId="083B237C" w14:textId="7B803A6F" w:rsidR="00F511F8" w:rsidRPr="00F511F8" w:rsidRDefault="00F511F8" w:rsidP="00F511F8">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:bCs/>
+          <w:kern w:val="52"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>The 1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F511F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:bCs/>
+          <w:kern w:val="52"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+        <w:t>The Joint Conference of 17th International Conference &amp; Global Competition on Systematic Innovation (ICSI &amp; GCSI) and 3rd International Conference on Data Science &amp; Exploration in Artificial Intelligence (CODE AI-2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4118B216" w14:textId="064F368D" w:rsidR="00F511F8" w:rsidRPr="00F511F8" w:rsidRDefault="00F511F8" w:rsidP="00F511F8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F511F8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Web: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="005D3CDB">
+        <w:r w:rsidRPr="00CC4539">
           <w:rPr>
             <w:rStyle w:val="af0"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:b/>
+            <w:bCs/>
           </w:rPr>
-          <w:t>https://www.i-sim.org/icsi2026/</w:t>
+          <w:t>https://www.i-sim.org/icsi2026</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB79F5">
-[...33 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F511F8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E-mail: icsi@i-sim.org</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02F9D8B1" w14:textId="1DD6E650" w:rsidR="00C77BC0" w:rsidRDefault="00255433">
+    <w:p w14:paraId="02F9D8B1" w14:textId="51683CFA" w:rsidR="00C77BC0" w:rsidRDefault="00255433">
       <w:pPr>
         <w:pStyle w:val="Web"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="180" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="984806"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="33"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255433">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="984806"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="33"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GCSI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00255433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+      <w:r w:rsidR="00CD1632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="等线" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="984806"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="33"/>
           <w:u w:val="single"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-CODEAI </w:t>
       </w:r>
       <w:r w:rsidR="00CB79F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="984806"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="33"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidR="003F3883">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="984806"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="33"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Information </w:t>
       </w:r>
       <w:r w:rsidR="00CB79F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="984806"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="33"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45FAB287" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Agreement:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> By completing this registration form, the author(s) of this project agree to the rules of this exhibition/competition. (</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please use </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>▉</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to replace appropriate </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>below)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9FAFAD" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The author(s) indicate the disclosure intention of the project as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32234708" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="365" w:hangingChars="152" w:hanging="365"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>□ Grant the right for the Organizer to demonstrate and/or promote the project as submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E68C6D1" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="365" w:hangingChars="152" w:hanging="365"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">□ Do not want the Organizer to demonstrate and/or promote the project except for the announcement of the project title/participants and winning status. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649FE949" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:pStyle w:val="Web"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237E1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t>Representative Author (print name):______________  Signed</w:t>
       </w:r>
       <w:r w:rsidRPr="006237E1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="006D6CF0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="2"/>
         </w:rPr>
-        <w:t>_______________</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: _________ </w:t>
+        <w:t xml:space="preserve">________________  Date: _________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C5798C" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="365" w:hangingChars="152" w:hanging="365"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63D4DC81" w14:textId="6658234C" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please choose one of the above. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>By not choosing any choice, the author(s) grant the right for the Organizer to take either action.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The organiz</w:t>
       </w:r>
       <w:r w:rsidR="00ED0B4B">
         <w:rPr>
-          <w:rFonts w:ascii="DengXian" w:eastAsia="DengXian" w:hAnsi="DengXian" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="等线" w:eastAsia="等线" w:hAnsi="等线" w:hint="eastAsia"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the judges are NOT responsible for protecting any possible confidential information described in the submitted project. However, every effort will be made NOT to release project information without authors' consent if indicated above. Authors' personal data will be kept confidential.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781C293C" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:pStyle w:val="Web"/>
         <w:wordWrap w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="188"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00E3D1D3" w14:textId="574B0966" w:rsidR="00EF2330" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:pStyle w:val="Web"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Please e-mail your filled form </w:t>
       </w:r>
       <w:r w:rsidR="005631C7" w:rsidRPr="006237E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>upload to the web site below. In</w:t>
       </w:r>
       <w:r w:rsidR="00815062" w:rsidRPr="006D6CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005631C7" w:rsidRPr="00EB4C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">case of any difficulties, you may e-mail </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="0020076F" w:rsidRPr="000C222C">
           <w:rPr>
             <w:rStyle w:val="af0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>icsi@i-sim.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB4C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. Additional information can be downloaded from</w:t>
       </w:r>
       <w:r w:rsidR="00EF2330" w:rsidRPr="00EF2330">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="005D3CDB">
           <w:rPr>
             <w:rStyle w:val="af0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.i-sim.org/icsi2026/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006237E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B66E3F9" w14:textId="55BE4EDA" w:rsidR="00C77BC0" w:rsidRPr="006237E1" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:pStyle w:val="Web"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237E1">
@@ -595,1365 +507,1513 @@
       <w:tblPr>
         <w:tblW w:w="10170" w:type="dxa"/>
         <w:tblInd w:w="28" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1382"/>
         <w:gridCol w:w="791"/>
         <w:gridCol w:w="2174"/>
         <w:gridCol w:w="693"/>
         <w:gridCol w:w="1481"/>
         <w:gridCol w:w="142"/>
-        <w:gridCol w:w="247"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1948"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="5461FA85" w14:textId="77777777" w:rsidTr="0020076F">
+      <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="5461FA85" w14:textId="77777777" w:rsidTr="005B4910">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="893"/>
+          <w:trHeight w:val="1381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6544A6FD" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
+          <w:p w14:paraId="6544A6FD" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5" w:rsidP="00421D4A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:rightChars="47" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Project categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353EA51C" w14:textId="77777777" w:rsidR="007779F6" w:rsidRPr="007779F6" w:rsidRDefault="007779F6" w:rsidP="007779F6">
+          <w:p w14:paraId="353EA51C" w14:textId="2B546931" w:rsidR="007779F6" w:rsidRPr="007779F6" w:rsidRDefault="007779F6" w:rsidP="00421D4A">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:left="256" w:rightChars="47" w:right="113" w:hanging="284"/>
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007779F6">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>A.</w:t>
             </w:r>
+            <w:r w:rsidR="00C54D71">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:eastAsia="等线" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N</w:t>
+            </w:r>
+            <w:r w:rsidR="00602B65">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:eastAsia="等线" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>ew p</w:t>
+            </w:r>
             <w:r w:rsidRPr="007779F6">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:tab/>
-              <w:t>New product/device invention or innovative improvements</w:t>
+              <w:t>roduct/device invention or innovative improvements</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F50E496" w14:textId="77777777" w:rsidR="007779F6" w:rsidRPr="007779F6" w:rsidRDefault="007779F6" w:rsidP="007779F6">
+          <w:p w14:paraId="3F50E496" w14:textId="67936852" w:rsidR="007779F6" w:rsidRPr="007779F6" w:rsidRDefault="007779F6" w:rsidP="00421D4A">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:left="256" w:rightChars="47" w:right="113" w:hanging="284"/>
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007779F6">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>B.</w:t>
             </w:r>
+            <w:r w:rsidR="00C54D71" w:rsidRPr="00421D4A">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
             <w:r w:rsidRPr="007779F6">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:tab/>
-              <w:t>Innovative Process Improvement or invention</w:t>
+              <w:t>n</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="1D5E17ED" w14:textId="77777777" w:rsidR="007779F6" w:rsidRPr="007779F6" w:rsidRDefault="007779F6" w:rsidP="007779F6">
+            <w:r w:rsidR="00602B65">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:eastAsia="等线" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007779F6">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ovative Process Improvement or invention</w:t>
+            </w:r>
+            <w:r w:rsidR="00602B65">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:eastAsia="等线" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D5E17ED" w14:textId="72303548" w:rsidR="007779F6" w:rsidRPr="00C54D71" w:rsidRDefault="007779F6" w:rsidP="00421D4A">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:left="256" w:rightChars="47" w:right="113" w:hanging="284"/>
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007779F6">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>C.</w:t>
             </w:r>
+            <w:r w:rsidR="00C54D71" w:rsidRPr="00421D4A">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00421D4A" w:rsidRPr="00421D4A">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
             <w:r w:rsidRPr="007779F6">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:tab/>
-              <w:t>Innovative Service model or Processes</w:t>
+              <w:t>n</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="54CDD1FD" w14:textId="68E78644" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="007779F6" w:rsidP="007779F6">
+            <w:r w:rsidR="00602B65" w:rsidRPr="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007779F6">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ovative Service or Processes</w:t>
+            </w:r>
+            <w:r w:rsidR="00C54D71" w:rsidRPr="00421D4A">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with implementation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64AD72D0" w14:textId="7A5E7DC3" w:rsidR="00C54D71" w:rsidRPr="006E74C5" w:rsidRDefault="00C54D71" w:rsidP="00EB70FB">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="280" w:lineRule="exact"/>
+              <w:ind w:left="256" w:rightChars="47" w:right="113" w:hanging="284"/>
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007779F6">
-[...16 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="006E74C5">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>______________</w:t>
+              <w:t xml:space="preserve">D. </w:t>
+            </w:r>
+            <w:r w:rsidR="006E74C5" w:rsidRPr="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovative AI algorithm </w:t>
+            </w:r>
+            <w:r w:rsidR="006E74C5" w:rsidRPr="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:eastAsia="等线" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidR="006E74C5" w:rsidRPr="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d</w:t>
+            </w:r>
+            <w:r w:rsidR="006E74C5" w:rsidRPr="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ata driven </w:t>
+            </w:r>
+            <w:r w:rsidR="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:eastAsia="等线" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">project </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidR="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:eastAsia="等线" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E74C5">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>implementation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54CDD1FD" w14:textId="086D701B" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C54D71" w:rsidP="00421D4A">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="256" w:rightChars="47" w:right="113" w:hanging="284"/>
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421D4A">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="007779F6" w:rsidRPr="007779F6">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421D4A">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007779F6" w:rsidRPr="007779F6">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00421D4A">
+              <w:rPr>
+                <w:rStyle w:val="longtext"/>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Projects with innovative ideas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76FDCC9F" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="019FD751" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C13F319" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="4BB98EB1" w14:textId="77777777" w:rsidTr="0020076F">
+      <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="4BB98EB1" w14:textId="77777777" w:rsidTr="0044076E">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="1153"/>
+          <w:trHeight w:hRule="exact" w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD4B009" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Team</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73721C70" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Membership</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB9E65A" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
+          <w:p w14:paraId="25C6F9AB" w14:textId="7CCE174A" w:rsidR="00C77BC0" w:rsidRPr="0080027C" w:rsidRDefault="00CB79F5" w:rsidP="0080027C">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="255" w:hanging="255"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB4C0D">
+            <w:r w:rsidRPr="0080027C">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Academic Team </w:t>
+              <w:t xml:space="preserve"> Academic Team (all members are from academia.) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25C6F9AB" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
-[...38 lines deleted...]
-          <w:p w14:paraId="5D64C90C" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
+          <w:p w14:paraId="7E81A679" w14:textId="71FF88D6" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5" w:rsidP="0080027C">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="255" w:hanging="255"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
                 <w:rStyle w:val="longtext"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Non-academic team </w:t>
-[...20 lines deleted...]
-              <w:t>(at least one member is not from academia.)</w:t>
+              <w:t xml:space="preserve"> Non-academic team (at least one member is not from academia.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EDC7D59" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BC18FE0" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="102791A6" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28A40221" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Project Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36F2800F" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="213F5921" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10170" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="590B4ABF" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="006237E1" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006237E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name and Information of team member(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="7C3EB051" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2173" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="164B155E" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597F6A79" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Middle Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08248E0F" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Last Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3649" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D6A90B7" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="0A980666" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2173" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BFF0CBD" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52986522" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B6CA537" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3649" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="520AFCFB" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="1C5CEC5A" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2173" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="053A2909" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2344F7AB" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27DE13D8" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3649" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DAC0C34" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="7971DF92" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2173" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E3FAC8" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C18AC70" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="699C2019" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3649" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25885000" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="6EF46D7B" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10170" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F2A9074" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:ind w:firstLineChars="100" w:firstLine="240"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Corresponding Author</w:t>
             </w:r>
             <w:r w:rsidR="003F3883" w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="046F99E6" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3219027E" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04816A87" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73E06CD8" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03BC9654" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74DFD1BB" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="497DDC22" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C72DF16" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5DE54DEB" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40EB252F" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17FE5CBC" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3507" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="143857EA" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="509167A6" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75423B9F" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08F62752" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="664F1F45" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="043D144D" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="486FBB62" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tel (Cell)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01748C9A" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F4295EE" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tel (H)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3507" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="687ECF2F" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
-[...8 lines deleted...]
-          </w:p>
           <w:p w14:paraId="63DF2FE3" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C77BC0" w:rsidRPr="00ED1189" w14:paraId="535492B3" w14:textId="77777777" w:rsidTr="0020076F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3640729D" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00CB79F5">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4C0D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mailing Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6179C40E" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="176330D1" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E8CAF85" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:pStyle w:val="Web"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="984806"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="33"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2117,840 +2177,990 @@
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Only the important points are to be included in the briefing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAAABB2" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="00EB4C0D" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1789B4CB" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Project Title</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ID</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:shd w:val="pct10" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>[ID to be filled by the organizer]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E97D3B" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5075FDB9" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59939260" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D63437F" w14:textId="0031CAC4" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Motivation </w:t>
       </w:r>
       <w:r w:rsidR="00212066" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00212066" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bjectives</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342111B7" w14:textId="74EC182E" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Please briefly explain the background, motivation</w:t>
       </w:r>
       <w:r w:rsidR="00212066" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and objective of the project.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B16442" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77601C74" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D307E4F" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="086A7365" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76D9A33C" w14:textId="54F64435" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Features of the project</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. Advantages or features of </w:t>
       </w:r>
       <w:r w:rsidR="00212066" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>project.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="165821D2" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E1633DB" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44D025BC" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00447A96" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E1F8570" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Value and Contributions</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. the benefits, contributions, or value to life or business.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4EF553" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42265EFF" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55174190" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="783B24D9" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10019C7C" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28DCFA12" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The ideas generation process</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Please briefly explain the thought process and indicate what tools are used to generate the ideas, if any. Use a flow chart/diagram to explain the process when appropriate.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407240C8" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A2C13FE" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0807E13A" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31581B8E" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C25D3E1" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00C77BC0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="723E288A" w14:textId="7FEE18DC" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Optional</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D1B02" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, if </w:t>
       </w:r>
       <w:r w:rsidR="00D81ECD" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>really needed</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. (e.g. references, possible extended applications, future developments, and related patents</w:t>
       </w:r>
       <w:r w:rsidR="00D81ECD" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00964197">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ID &amp; title</w:t>
       </w:r>
       <w:r w:rsidR="00D81ECD" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> only, no certificate</w:t>
       </w:r>
       <w:r w:rsidR="00212066" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D81ECD" w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, if needed.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A6331D" w14:textId="77777777" w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidRDefault="00CB79F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020076F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DFKai-SB" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C77BC0" w:rsidRPr="0020076F" w:rsidSect="0020076F">
-      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="397" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2665F483" w14:textId="77777777" w:rsidR="000F5FD0" w:rsidRDefault="000F5FD0">
+    <w:p w14:paraId="5BE52D95" w14:textId="77777777" w:rsidR="005D7E39" w:rsidRDefault="005D7E39">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D34A977" w14:textId="77777777" w:rsidR="000F5FD0" w:rsidRDefault="000F5FD0">
+    <w:p w14:paraId="20B031A4" w14:textId="77777777" w:rsidR="005D7E39" w:rsidRDefault="005D7E39">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="新細明體">
-    <w:altName w:val="PMingLiU"/>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-    <w:altName w:val="宋体"/>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="標楷體">
+  <w:font w:name="DFKai-SB">
+    <w:altName w:val="標楷體"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
+  <w:font w:name="等线">
+    <w:altName w:val="DengXian"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D3D4CD6" w14:textId="77777777" w:rsidR="000F5FD0" w:rsidRDefault="000F5FD0">
+    <w:p w14:paraId="169FADEB" w14:textId="77777777" w:rsidR="005D7E39" w:rsidRDefault="005D7E39">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76B75E9F" w14:textId="77777777" w:rsidR="000F5FD0" w:rsidRDefault="000F5FD0">
+    <w:p w14:paraId="54714A96" w14:textId="77777777" w:rsidR="005D7E39" w:rsidRDefault="005D7E39">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0279CDEE" w14:textId="09953CA5" w:rsidR="00EF2330" w:rsidRPr="0020076F" w:rsidRDefault="005D3CDB" w:rsidP="0020076F">
+  <w:p w14:paraId="0279CDEE" w14:textId="019439F6" w:rsidR="00EF2330" w:rsidRPr="009D1448" w:rsidRDefault="009D1448" w:rsidP="009D1448">
     <w:pPr>
       <w:pStyle w:val="ad"/>
-      <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D443E83" wp14:editId="3505DEFD">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E804EB0" wp14:editId="4B015FD2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>2540</wp:posOffset>
+            <wp:posOffset>-245745</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-185420</wp:posOffset>
+            <wp:posOffset>-108585</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="6479540" cy="669290"/>
+          <wp:extent cx="7038975" cy="534441"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="253710040" name="圖片 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="253710040" name="圖片 253710040"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="253710040" name="圖片 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6479540" cy="669290"/>
+                    <a:ext cx="7038975" cy="534441"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000004"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000004"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="840"/>
+        </w:tabs>
+        <w:ind w:left="840" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:left="1260" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1680"/>
+        </w:tabs>
+        <w:ind w:left="1680" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2100"/>
+        </w:tabs>
+        <w:ind w:left="2100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2940"/>
+        </w:tabs>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3360"/>
+        </w:tabs>
+        <w:ind w:left="3360" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0087634B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0087634B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -2995,63 +3205,63 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2700668E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2700668E"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -3108,51 +3318,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AA330E4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3AA330E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -3197,63 +3407,63 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5664740D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5664740D"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -3311,70 +3521,72 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="158008411">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1965771465">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="808203103">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1237934344">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1965771465">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="808203103">
+  <w:num w:numId="5" w16cid:durableId="1105729247">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
@@ -3407,365 +3619,379 @@
     <w:rsid w:val="000C1A87"/>
     <w:rsid w:val="000C4337"/>
     <w:rsid w:val="000D047C"/>
     <w:rsid w:val="000E429C"/>
     <w:rsid w:val="000E6A24"/>
     <w:rsid w:val="000E6D81"/>
     <w:rsid w:val="000F13F1"/>
     <w:rsid w:val="000F1BF3"/>
     <w:rsid w:val="000F5AFA"/>
     <w:rsid w:val="000F5FD0"/>
     <w:rsid w:val="00102761"/>
     <w:rsid w:val="00104964"/>
     <w:rsid w:val="00117662"/>
     <w:rsid w:val="00120375"/>
     <w:rsid w:val="0012616A"/>
     <w:rsid w:val="00151AB5"/>
     <w:rsid w:val="00157AF3"/>
     <w:rsid w:val="00164E7D"/>
     <w:rsid w:val="00165DC5"/>
     <w:rsid w:val="001713E5"/>
     <w:rsid w:val="0018451E"/>
     <w:rsid w:val="0019084B"/>
     <w:rsid w:val="001A52BC"/>
     <w:rsid w:val="001A5FAF"/>
     <w:rsid w:val="001D1B02"/>
+    <w:rsid w:val="001E36E0"/>
     <w:rsid w:val="001F6110"/>
     <w:rsid w:val="0020076F"/>
     <w:rsid w:val="00212066"/>
     <w:rsid w:val="00213F16"/>
     <w:rsid w:val="00236797"/>
     <w:rsid w:val="00237C86"/>
     <w:rsid w:val="002470D9"/>
     <w:rsid w:val="002477E5"/>
     <w:rsid w:val="0025438F"/>
     <w:rsid w:val="00255433"/>
     <w:rsid w:val="00261A14"/>
     <w:rsid w:val="00265608"/>
     <w:rsid w:val="0027044F"/>
     <w:rsid w:val="00281220"/>
     <w:rsid w:val="00282D66"/>
     <w:rsid w:val="00283779"/>
     <w:rsid w:val="00285231"/>
     <w:rsid w:val="002B698E"/>
     <w:rsid w:val="002C12BF"/>
     <w:rsid w:val="002E4750"/>
     <w:rsid w:val="002F7E97"/>
     <w:rsid w:val="00307C43"/>
     <w:rsid w:val="00331392"/>
     <w:rsid w:val="003317FD"/>
     <w:rsid w:val="0034700A"/>
     <w:rsid w:val="003764BF"/>
     <w:rsid w:val="00384BEA"/>
     <w:rsid w:val="0038733C"/>
     <w:rsid w:val="00391935"/>
     <w:rsid w:val="003A138C"/>
     <w:rsid w:val="003C0C40"/>
     <w:rsid w:val="003C3ACA"/>
     <w:rsid w:val="003D76CA"/>
     <w:rsid w:val="003F36C4"/>
     <w:rsid w:val="003F3883"/>
     <w:rsid w:val="003F6300"/>
     <w:rsid w:val="00412226"/>
     <w:rsid w:val="00414ED6"/>
+    <w:rsid w:val="00421D4A"/>
     <w:rsid w:val="00424AA8"/>
     <w:rsid w:val="00435042"/>
     <w:rsid w:val="004353B5"/>
+    <w:rsid w:val="0044076E"/>
     <w:rsid w:val="004444F1"/>
     <w:rsid w:val="004452BF"/>
     <w:rsid w:val="004519DF"/>
     <w:rsid w:val="00462A70"/>
     <w:rsid w:val="004654B5"/>
     <w:rsid w:val="004739D2"/>
     <w:rsid w:val="0047620B"/>
     <w:rsid w:val="00486BCD"/>
     <w:rsid w:val="004A2655"/>
     <w:rsid w:val="004B4029"/>
     <w:rsid w:val="004B53E9"/>
     <w:rsid w:val="004D1482"/>
     <w:rsid w:val="004E08CF"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004F0E2E"/>
     <w:rsid w:val="004F782A"/>
     <w:rsid w:val="00511173"/>
     <w:rsid w:val="0051249B"/>
     <w:rsid w:val="00514C4A"/>
     <w:rsid w:val="00516C97"/>
     <w:rsid w:val="005378E0"/>
     <w:rsid w:val="005401B2"/>
     <w:rsid w:val="00543D7A"/>
     <w:rsid w:val="00547F23"/>
     <w:rsid w:val="00554296"/>
     <w:rsid w:val="005572A3"/>
     <w:rsid w:val="005631C7"/>
     <w:rsid w:val="00573152"/>
     <w:rsid w:val="00595D92"/>
     <w:rsid w:val="005A091A"/>
     <w:rsid w:val="005A1B00"/>
     <w:rsid w:val="005A4F32"/>
     <w:rsid w:val="005B125B"/>
+    <w:rsid w:val="005B4910"/>
     <w:rsid w:val="005C5421"/>
     <w:rsid w:val="005C556D"/>
     <w:rsid w:val="005D22FA"/>
     <w:rsid w:val="005D3CDB"/>
+    <w:rsid w:val="005D7E39"/>
     <w:rsid w:val="005E1498"/>
     <w:rsid w:val="005E26D1"/>
     <w:rsid w:val="005F3C3F"/>
+    <w:rsid w:val="00602B65"/>
     <w:rsid w:val="006062B9"/>
     <w:rsid w:val="0061459F"/>
     <w:rsid w:val="006237E1"/>
     <w:rsid w:val="006245C1"/>
     <w:rsid w:val="00624EDA"/>
     <w:rsid w:val="00626129"/>
     <w:rsid w:val="00627648"/>
     <w:rsid w:val="00627AFC"/>
     <w:rsid w:val="00634345"/>
     <w:rsid w:val="00660E9C"/>
     <w:rsid w:val="00660EDA"/>
     <w:rsid w:val="00662519"/>
     <w:rsid w:val="00671347"/>
     <w:rsid w:val="00685993"/>
     <w:rsid w:val="0069168C"/>
     <w:rsid w:val="006979C9"/>
     <w:rsid w:val="006B2624"/>
     <w:rsid w:val="006B2E45"/>
     <w:rsid w:val="006B746E"/>
     <w:rsid w:val="006B7E02"/>
     <w:rsid w:val="006D6CF0"/>
     <w:rsid w:val="006E6E15"/>
+    <w:rsid w:val="006E74C5"/>
     <w:rsid w:val="006F0DBC"/>
     <w:rsid w:val="006F3131"/>
     <w:rsid w:val="00700386"/>
     <w:rsid w:val="00704234"/>
     <w:rsid w:val="00710D41"/>
     <w:rsid w:val="007122BC"/>
     <w:rsid w:val="0073369D"/>
     <w:rsid w:val="00735080"/>
     <w:rsid w:val="00736394"/>
     <w:rsid w:val="00737104"/>
     <w:rsid w:val="007453CC"/>
     <w:rsid w:val="007514AD"/>
     <w:rsid w:val="00754CEF"/>
     <w:rsid w:val="00764970"/>
     <w:rsid w:val="007675C0"/>
     <w:rsid w:val="007705BD"/>
     <w:rsid w:val="0077062B"/>
     <w:rsid w:val="007779F6"/>
     <w:rsid w:val="00782BC8"/>
     <w:rsid w:val="007910F0"/>
     <w:rsid w:val="007935F1"/>
     <w:rsid w:val="007A3651"/>
     <w:rsid w:val="007A550C"/>
     <w:rsid w:val="007B2804"/>
     <w:rsid w:val="007C18B5"/>
     <w:rsid w:val="007C3414"/>
     <w:rsid w:val="007D1304"/>
     <w:rsid w:val="007D3FCD"/>
     <w:rsid w:val="007E3C1D"/>
     <w:rsid w:val="007F6545"/>
     <w:rsid w:val="007F7602"/>
+    <w:rsid w:val="0080027C"/>
     <w:rsid w:val="00805697"/>
     <w:rsid w:val="008077B0"/>
     <w:rsid w:val="008101C0"/>
     <w:rsid w:val="008130F2"/>
     <w:rsid w:val="00815062"/>
     <w:rsid w:val="00831C96"/>
     <w:rsid w:val="0083265A"/>
     <w:rsid w:val="00835B74"/>
+    <w:rsid w:val="00856A9E"/>
     <w:rsid w:val="00865FDA"/>
     <w:rsid w:val="00866C9F"/>
     <w:rsid w:val="00874554"/>
     <w:rsid w:val="00883BD9"/>
     <w:rsid w:val="008A0F8B"/>
     <w:rsid w:val="008A6964"/>
     <w:rsid w:val="008B7B0F"/>
     <w:rsid w:val="008C4398"/>
     <w:rsid w:val="008D48AF"/>
     <w:rsid w:val="008E2EE2"/>
     <w:rsid w:val="008E65D2"/>
     <w:rsid w:val="008E6DCD"/>
     <w:rsid w:val="008F3295"/>
     <w:rsid w:val="00927A6C"/>
     <w:rsid w:val="009301A2"/>
     <w:rsid w:val="009374D6"/>
     <w:rsid w:val="009473FC"/>
     <w:rsid w:val="00951196"/>
     <w:rsid w:val="009543E1"/>
     <w:rsid w:val="00955E61"/>
     <w:rsid w:val="00961234"/>
     <w:rsid w:val="00964197"/>
     <w:rsid w:val="0097105B"/>
     <w:rsid w:val="00977DAD"/>
     <w:rsid w:val="009938A6"/>
     <w:rsid w:val="00996A63"/>
     <w:rsid w:val="00997A4D"/>
     <w:rsid w:val="009A2EB6"/>
     <w:rsid w:val="009C64CB"/>
     <w:rsid w:val="009D02ED"/>
+    <w:rsid w:val="009D1448"/>
     <w:rsid w:val="009D2D24"/>
     <w:rsid w:val="009D2FB0"/>
     <w:rsid w:val="009F7FB2"/>
     <w:rsid w:val="00A07747"/>
     <w:rsid w:val="00A131F2"/>
     <w:rsid w:val="00A21743"/>
     <w:rsid w:val="00A50D84"/>
     <w:rsid w:val="00A575EE"/>
     <w:rsid w:val="00A6572B"/>
     <w:rsid w:val="00AA0E4B"/>
     <w:rsid w:val="00AB74F4"/>
+    <w:rsid w:val="00AC5A0D"/>
     <w:rsid w:val="00AD4A2A"/>
     <w:rsid w:val="00AD5346"/>
     <w:rsid w:val="00AE206F"/>
     <w:rsid w:val="00AE4EAA"/>
     <w:rsid w:val="00AE6ABA"/>
     <w:rsid w:val="00AF53BA"/>
     <w:rsid w:val="00B2138E"/>
     <w:rsid w:val="00B317DF"/>
     <w:rsid w:val="00B32A64"/>
     <w:rsid w:val="00B65587"/>
     <w:rsid w:val="00B71AC7"/>
     <w:rsid w:val="00B812F9"/>
     <w:rsid w:val="00BA389B"/>
     <w:rsid w:val="00BA3F8C"/>
     <w:rsid w:val="00BA7F56"/>
     <w:rsid w:val="00BB3F73"/>
     <w:rsid w:val="00BC0140"/>
     <w:rsid w:val="00BC59A5"/>
     <w:rsid w:val="00BD21A7"/>
     <w:rsid w:val="00BF4A8B"/>
     <w:rsid w:val="00BF4ED5"/>
     <w:rsid w:val="00C00C33"/>
     <w:rsid w:val="00C00FFB"/>
     <w:rsid w:val="00C1454C"/>
     <w:rsid w:val="00C16338"/>
     <w:rsid w:val="00C30A0B"/>
     <w:rsid w:val="00C36CCF"/>
     <w:rsid w:val="00C36E43"/>
     <w:rsid w:val="00C44653"/>
     <w:rsid w:val="00C53647"/>
+    <w:rsid w:val="00C54D71"/>
     <w:rsid w:val="00C607F7"/>
     <w:rsid w:val="00C705D1"/>
     <w:rsid w:val="00C77BC0"/>
     <w:rsid w:val="00C94424"/>
     <w:rsid w:val="00CB19FC"/>
     <w:rsid w:val="00CB79F5"/>
     <w:rsid w:val="00CC3C57"/>
     <w:rsid w:val="00CD0AB7"/>
+    <w:rsid w:val="00CD1632"/>
     <w:rsid w:val="00CE3D5D"/>
     <w:rsid w:val="00CE51FF"/>
     <w:rsid w:val="00CF1190"/>
     <w:rsid w:val="00CF3844"/>
     <w:rsid w:val="00D0207F"/>
     <w:rsid w:val="00D03241"/>
     <w:rsid w:val="00D10BBC"/>
     <w:rsid w:val="00D11928"/>
     <w:rsid w:val="00D15B91"/>
     <w:rsid w:val="00D30FD6"/>
     <w:rsid w:val="00D470B1"/>
     <w:rsid w:val="00D579DC"/>
     <w:rsid w:val="00D66CD2"/>
     <w:rsid w:val="00D8023D"/>
     <w:rsid w:val="00D81ECD"/>
     <w:rsid w:val="00DD1A67"/>
     <w:rsid w:val="00DE00E6"/>
     <w:rsid w:val="00DE1F80"/>
     <w:rsid w:val="00E04DDA"/>
     <w:rsid w:val="00E07486"/>
     <w:rsid w:val="00E307ED"/>
     <w:rsid w:val="00E34726"/>
     <w:rsid w:val="00E34987"/>
     <w:rsid w:val="00E425DD"/>
     <w:rsid w:val="00E6283F"/>
     <w:rsid w:val="00E64A04"/>
     <w:rsid w:val="00E669C5"/>
     <w:rsid w:val="00E86BAB"/>
     <w:rsid w:val="00E86FC3"/>
     <w:rsid w:val="00EB4C0D"/>
     <w:rsid w:val="00EB521C"/>
     <w:rsid w:val="00EB6759"/>
     <w:rsid w:val="00EC2621"/>
     <w:rsid w:val="00EC2C6C"/>
     <w:rsid w:val="00ED0B4B"/>
     <w:rsid w:val="00ED1189"/>
     <w:rsid w:val="00EE37DB"/>
     <w:rsid w:val="00EE6534"/>
     <w:rsid w:val="00EF0B95"/>
     <w:rsid w:val="00EF2330"/>
     <w:rsid w:val="00EF58EA"/>
     <w:rsid w:val="00F0138A"/>
     <w:rsid w:val="00F02937"/>
     <w:rsid w:val="00F108BA"/>
     <w:rsid w:val="00F17F8A"/>
     <w:rsid w:val="00F20416"/>
     <w:rsid w:val="00F35BB2"/>
+    <w:rsid w:val="00F511F8"/>
     <w:rsid w:val="00F54620"/>
     <w:rsid w:val="00F61F4A"/>
     <w:rsid w:val="00F704D2"/>
     <w:rsid w:val="00F83C9C"/>
     <w:rsid w:val="00F85A11"/>
     <w:rsid w:val="00F91E78"/>
     <w:rsid w:val="00FB68D1"/>
     <w:rsid w:val="00FB6B23"/>
     <w:rsid w:val="00FF1F10"/>
     <w:rsid w:val="00FF767C"/>
     <w:rsid w:val="6AA7BE3E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="01436086"/>
   <w15:docId w15:val="{C73B8E1A-9686-4A7B-859A-4B34BEF3D9CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3906,50 +4132,51 @@
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -4113,50 +4340,72 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009D1448"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="180" w:after="180" w:line="720" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="52"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4172,231 +4421,231 @@
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
-      <w:rFonts w:ascii="SimSun"/>
+      <w:rFonts w:ascii="宋体"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="新細明體"/>
+      <w:rFonts w:eastAsia="PMingLiU"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="新細明體"/>
+      <w:rFonts w:eastAsia="PMingLiU"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af1">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af2">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="新細明體"/>
+      <w:rFonts w:eastAsia="PMingLiU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="註解方塊文字 字元"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="宋体" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="頁首 字元"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="頁尾 字元"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="PMingLiU" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="清單段落1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="800"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="新細明體"/>
+      <w:rFonts w:eastAsia="PMingLiU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
     <w:name w:val="long_text"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="文件引導模式 字元"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun"/>
+      <w:rFonts w:ascii="宋体" w:eastAsia="宋体"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="修訂1"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="41">
     <w:name w:val="无格式表格 41"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="44"/>
     <w:qFormat/>
     <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -4442,50 +4691,82 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="註解主旨 字元"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af3">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00102761"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="標題 1 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009D1448"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="52"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E74C5"/>
+    <w:pPr>
+      <w:ind w:leftChars="200" w:left="480"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1057974680">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1069768935">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -4505,55 +4786,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2144343875">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icsi@i-sim.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icsi@i-sim.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icsi@i-sim.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i-sim.org/icsi2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4816,92 +5097,92 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
 </s:customData>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38C23125-060D-482F-A508-67FC2573E3D3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38C23125-060D-482F-A508-67FC2573E3D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>441</Words>
-  <Characters>2779</Characters>
+  <Words>502</Words>
+  <Characters>2926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>133</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>AgiTek</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3214</CharactersWithSpaces>
+  <CharactersWithSpaces>3371</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7667749</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.i-sim.org/icsi2020</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7602213</vt:i4>
       </vt:variant>
       <vt:variant>