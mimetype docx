--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="340FC6FC" w14:textId="70DA1152" w:rsidR="00CE7702" w:rsidRPr="00CE7702" w:rsidRDefault="00CE7702" w:rsidP="00CE7702">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE7702">
         <w:rPr>
           <w:rFonts w:eastAsia="微軟正黑體"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -103,53 +104,53 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
       <w:r w:rsidR="006D3E24" w:rsidRPr="006D3E24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>July 17-19</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7702">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="006D3E24">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+      <w:r w:rsidR="006D3E24" w:rsidRPr="009B6560">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7702">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (On-site &amp; On-line Meetings)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306DD460" w14:textId="77777777" w:rsidR="00C40EDD" w:rsidRPr="00C40EDD" w:rsidRDefault="00C40EDD" w:rsidP="00C40EDD">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1184,51 +1185,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E2669F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="100"/>
                 <w:szCs w:val="100"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E2669F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00E2669F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="305C3B6C" wp14:editId="4D96D809">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="305C3B6C" wp14:editId="4E44EAAC">
                   <wp:extent cx="579120" cy="388620"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="8" name="圖片 8" descr="cv_card"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5" descr="cv_card"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -1533,51 +1534,93 @@
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="184A3E81" w14:textId="77777777" w:rsidR="003E2CBB" w:rsidRPr="00E2669F" w:rsidRDefault="003E2CBB" w:rsidP="00C902C6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:wordWrap w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="30" w:before="72" w:afterLines="10" w:after="24"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2669F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>(The Same As The Signature On Your Card)</w:t>
+              <w:t xml:space="preserve">(The Same </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E2669F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>As</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E2669F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E2669F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E2669F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Signature </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E2669F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>On</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E2669F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Your Card)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E2CBB" w:rsidRPr="00E2669F" w14:paraId="1747D72C" w14:textId="77777777" w:rsidTr="005E41D7">
         <w:trPr>
           <w:trHeight w:val="552"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D6D3536" w14:textId="77777777" w:rsidR="003E2CBB" w:rsidRPr="00E2669F" w:rsidRDefault="003E2CBB" w:rsidP="00C902C6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="30" w:before="72" w:afterLines="10" w:after="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗超明體繁" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1710,72 +1753,86 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2669F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Fax: +886-3-572-3210; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72548AC2" w14:textId="36A48B0E" w:rsidR="00F65B08" w:rsidRDefault="00273DCD" w:rsidP="00221F3B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001745F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r w:rsidR="001745F1" w:rsidRPr="001745F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">icsi@i-sim.org </w:t>
+        <w:t>icsi@i-sim.org</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001745F1" w:rsidRPr="001745F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA2871A" w14:textId="08275E59" w:rsidR="00CE7702" w:rsidRPr="00CE7702" w:rsidRDefault="00CE7702" w:rsidP="00CE7702">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE7702">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">International Society of Innovation Methods (I-SIM) </w:t>
       </w:r>
     </w:p>
@@ -1795,61 +1852,61 @@
       </w:pPr>
       <w:r w:rsidRPr="00CE7702">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>The Society of Systematic Innovation (SSI)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001745F1" w:rsidRPr="00CE7702" w:rsidSect="00C9120A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DB5BBB8" w14:textId="77777777" w:rsidR="008118A0" w:rsidRDefault="008118A0">
+    <w:p w14:paraId="4FE9E1EB" w14:textId="77777777" w:rsidR="0015736D" w:rsidRDefault="0015736D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52097BEE" w14:textId="77777777" w:rsidR="008118A0" w:rsidRDefault="008118A0">
+    <w:p w14:paraId="6A1CD944" w14:textId="77777777" w:rsidR="0015736D" w:rsidRDefault="0015736D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1882,61 +1939,61 @@
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000E3" w:usb1="38C9787A" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B5BD5F3" w14:textId="77777777" w:rsidR="008118A0" w:rsidRDefault="008118A0">
+    <w:p w14:paraId="6550802D" w14:textId="77777777" w:rsidR="0015736D" w:rsidRDefault="0015736D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52A8D0C2" w14:textId="77777777" w:rsidR="008118A0" w:rsidRDefault="008118A0">
+    <w:p w14:paraId="55347293" w14:textId="77777777" w:rsidR="0015736D" w:rsidRDefault="0015736D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="580B1DAD" w14:textId="38B4C35A" w:rsidR="00E2669F" w:rsidRDefault="00E2669F" w:rsidP="00E2669F">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:firstLine="400"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D9F7A53" wp14:editId="6B57061D">
           <wp:simplePos x="0" y="0"/>
@@ -2270,149 +2327,153 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1027950026">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1161043045">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0MrGwMDO0NLKwMDYzMLNQ0lEKTi0uzszPAykwrQUA4DlbjCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F65B08"/>
     <w:rsid w:val="000016A8"/>
     <w:rsid w:val="00066363"/>
     <w:rsid w:val="000A4F3D"/>
     <w:rsid w:val="000A55E4"/>
     <w:rsid w:val="000E6EB5"/>
     <w:rsid w:val="000F3570"/>
     <w:rsid w:val="000F5D52"/>
     <w:rsid w:val="00121096"/>
     <w:rsid w:val="0015470B"/>
+    <w:rsid w:val="0015736D"/>
     <w:rsid w:val="001659DA"/>
     <w:rsid w:val="001745F1"/>
     <w:rsid w:val="00192873"/>
     <w:rsid w:val="00195DF6"/>
     <w:rsid w:val="001E2EE1"/>
     <w:rsid w:val="00200E0D"/>
     <w:rsid w:val="00221F3B"/>
     <w:rsid w:val="00250863"/>
     <w:rsid w:val="002514A1"/>
     <w:rsid w:val="00273DCD"/>
     <w:rsid w:val="002904EA"/>
     <w:rsid w:val="002A0DF9"/>
     <w:rsid w:val="002C12DA"/>
     <w:rsid w:val="002C5AF6"/>
     <w:rsid w:val="00331F0A"/>
     <w:rsid w:val="00380051"/>
     <w:rsid w:val="003943F2"/>
     <w:rsid w:val="003A1D35"/>
     <w:rsid w:val="003D3F3B"/>
     <w:rsid w:val="003E2CBB"/>
     <w:rsid w:val="00451D66"/>
     <w:rsid w:val="004714C4"/>
     <w:rsid w:val="00480EEF"/>
     <w:rsid w:val="00493405"/>
     <w:rsid w:val="004A09DA"/>
     <w:rsid w:val="004A0E41"/>
     <w:rsid w:val="004A7C69"/>
     <w:rsid w:val="004B0886"/>
+    <w:rsid w:val="004B629D"/>
     <w:rsid w:val="00523AC9"/>
     <w:rsid w:val="00544ACB"/>
     <w:rsid w:val="0055309C"/>
     <w:rsid w:val="00577C97"/>
     <w:rsid w:val="00584004"/>
     <w:rsid w:val="0059605D"/>
     <w:rsid w:val="005E41D7"/>
     <w:rsid w:val="00620915"/>
     <w:rsid w:val="00622E0D"/>
     <w:rsid w:val="0062725D"/>
     <w:rsid w:val="00631285"/>
     <w:rsid w:val="00670DC0"/>
     <w:rsid w:val="00684176"/>
     <w:rsid w:val="006A31D2"/>
     <w:rsid w:val="006B33AA"/>
     <w:rsid w:val="006D3E24"/>
     <w:rsid w:val="006D41B4"/>
     <w:rsid w:val="0074125D"/>
     <w:rsid w:val="0078184F"/>
     <w:rsid w:val="007871DC"/>
     <w:rsid w:val="007901F4"/>
     <w:rsid w:val="00795D0E"/>
     <w:rsid w:val="00797BA7"/>
     <w:rsid w:val="008118A0"/>
     <w:rsid w:val="008438EF"/>
     <w:rsid w:val="008767AA"/>
     <w:rsid w:val="008920B0"/>
     <w:rsid w:val="00897297"/>
     <w:rsid w:val="008B2B43"/>
     <w:rsid w:val="0090110E"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="00950B53"/>
     <w:rsid w:val="009B2B90"/>
+    <w:rsid w:val="009B6560"/>
     <w:rsid w:val="009C0A92"/>
     <w:rsid w:val="00A0383D"/>
     <w:rsid w:val="00A166BE"/>
     <w:rsid w:val="00A23B9A"/>
     <w:rsid w:val="00AB73A8"/>
     <w:rsid w:val="00B6607B"/>
     <w:rsid w:val="00B757FE"/>
     <w:rsid w:val="00BB643E"/>
     <w:rsid w:val="00C40EDD"/>
     <w:rsid w:val="00C420D7"/>
     <w:rsid w:val="00C9120A"/>
     <w:rsid w:val="00CA36B1"/>
     <w:rsid w:val="00CD426E"/>
     <w:rsid w:val="00CE7702"/>
     <w:rsid w:val="00CF1FB2"/>
     <w:rsid w:val="00CF2F2F"/>
     <w:rsid w:val="00D12B90"/>
     <w:rsid w:val="00D63067"/>
     <w:rsid w:val="00D76F52"/>
     <w:rsid w:val="00D85244"/>
     <w:rsid w:val="00DD2FC5"/>
     <w:rsid w:val="00E2669F"/>
     <w:rsid w:val="00E31FAD"/>
     <w:rsid w:val="00E3269C"/>
     <w:rsid w:val="00E360D2"/>
@@ -2931,50 +2992,51 @@
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>