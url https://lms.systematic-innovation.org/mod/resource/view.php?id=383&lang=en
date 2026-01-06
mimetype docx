--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -1,3058 +1,3322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FBFBFB"/>
   <w:body>
-    <w:p w14:paraId="19AFF4DD" w14:textId="77777777" w:rsidR="00C60883" w:rsidRPr="00736100" w:rsidRDefault="00C60883" w:rsidP="00F80239">
+    <w:p w14:paraId="41F5925C" w14:textId="580680D6" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00654E10" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk206055703"/>
+      <w:r w:rsidRPr="00654E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>2026</w:t>
+        <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
+        <w:br/>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="0042679B">
+      <w:r w:rsidR="00CF211B" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0042679B">
+      <w:r w:rsidR="00CF211B" w:rsidRPr="000048DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>中學組專案競賽專用</w:t>
+        <w:t>中學</w:t>
       </w:r>
-      <w:r w:rsidRPr="0042679B">
+      <w:r w:rsidR="00CF211B" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>組</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF211B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF211B" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>專案競賽專用</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF211B" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10435" w:type="dxa"/>
+        <w:tblW w:w="10469" w:type="dxa"/>
         <w:tblInd w:w="25" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1930"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1936"/>
+        <w:gridCol w:w="3271"/>
+        <w:gridCol w:w="2560"/>
+        <w:gridCol w:w="2702"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="6D30CB2D" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="2376D801" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BDD3BC4" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="04FC9DD4" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="007264D9" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品名稱</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62804054" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
+          <w:p w14:paraId="6A3F8FA7" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="3DA0EDF8" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="0EC5B94F" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03EF7670" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="21496C24" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品編號</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149F482F" w14:textId="2237EAD2" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
+          <w:p w14:paraId="18C66963" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>主辦單位填寫</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="14C6C986" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="1E52CEAF" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="018D6B02" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5262C3F8" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>專案競賽</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F531C42" w14:textId="6EB3C4AF" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3204EABE" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品類別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5B2261" w14:textId="5406FC0F" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="01AE5936" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新方法組</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2642A780" w14:textId="2B00B434" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="18A12C75" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2) </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新實作組</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="026FC435" w14:textId="550DEB48" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7A33550D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3) </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>其他創新方法</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>實作組</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C60883" w:rsidRPr="008E0D33" w14:paraId="5F6AAE05" w14:textId="77777777" w:rsidTr="00162B6A">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="62E7D67A" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10435" w:type="dxa"/>
+            <w:tcW w:w="10469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCF011E" w14:textId="49FDAE87" w:rsidR="00C60883" w:rsidRPr="008E0D33" w:rsidRDefault="00C60883" w:rsidP="00C60883">
+          <w:p w14:paraId="69CFC5E5" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="100" w:firstLine="320"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>團隊成員資訊</w:t>
             </w:r>
-            <w:r w:rsidRPr="002721D9">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="002721D9">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
               </w:rPr>
               <w:t>參與組別人員須全部為中學或五專同學，不得有老師參加</w:t>
             </w:r>
-            <w:r w:rsidRPr="002721D9">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="27697034" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="22F9FE2B" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6916AF" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="731C02EC" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76981681" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="14A91A90" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43A45863" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="366CBF7C" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12DF9BD2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="04FAC23B" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>職稱</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>組長或組員</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="250FB2A7" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="541E8106" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1302351D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="6B987BF4" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56BC522E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="53D832A8" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11A994D7" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="281C29FB" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31BFC5B0" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5B833895" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="0F86AB5D" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="0432DBC7" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66456F9B" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3148954D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10D77D54" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="489487CF" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35EFC832" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="052AEC11" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE00759" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5AAEEFD0" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="662A677A" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="0E55B327" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C68D3F2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="2E261346" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97B77E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="05BE1DD4" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036728AE" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="698B06BC" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27904EC3" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="158E4765" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="655E7796" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="5B16776F" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D0AEF5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="08C6A142" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D4953D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="47251C65" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="316E33C1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="75BF2A1A" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC450D9" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="41BF185D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="55C366A6" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="392B325F" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10435" w:type="dxa"/>
+            <w:tcW w:w="10469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="741E9EEA" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="07F0BA64" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>組長姓名：</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="188AE66A" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="54755210" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5190" w:type="dxa"/>
+            <w:tcW w:w="5207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4445E105" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="49382826" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47D65A2D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="0A691825" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="054E56A1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7CCFEADA" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="295E0FA5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="4F719BDD" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>門</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科系</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>職稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="544145E9" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="1CEE5CD5" w14:textId="77777777" w:rsidTr="00621585">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5190" w:type="dxa"/>
+            <w:tcW w:w="5207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23B63033" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="33DA156B" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>手機號碼</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50746909" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00621585">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF211B" w:rsidRPr="006C56BD" w14:paraId="7EED6DE6" w14:textId="77777777" w:rsidTr="00621585">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2662"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10469" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F63D724" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7F6C13B1" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="00305720" w:rsidRDefault="00CF211B" w:rsidP="00621585">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>:1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>若有指導老師，請組長提供指導老師姓名，為表達感謝，學會將在大會結束後後寄送「專案競賽指導老師感謝狀」電子檔予指導老師（不論有無獲獎）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="703C75F8" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="00F604F5" w:rsidRDefault="00CF211B" w:rsidP="00621585">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="2F03EB"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F604F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="2F03EB"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>指導老師姓名</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F604F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="2F03EB"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F604F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="2F03EB"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>指導老師</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F604F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="2F03EB"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8690EC" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="00305720" w:rsidRDefault="00CF211B" w:rsidP="00621585">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>有現場參與競賽同學，大會也會在會後給予參賽出席證明（不論有無得獎）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="777281E0" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="003B5B61" w:rsidRDefault="00CF211B" w:rsidP="00621585">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
-[...8 lines deleted...]
-              <w:t>Email:</w:t>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>若有獲獎，將會在閉幕大會頒獎（金銀銅牌者給予獎牌跟獎狀，佳作給予獎狀）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6723E092" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="759E16C0" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="008E0D33">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>授權同意</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>作者需勾選並簽核</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>以示其同意主辦單位為專案發表</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>競賽所制定之相關規章，</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>未勾選者恕無法參加競賽，</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請以</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F052"/>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>並簽署。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CCEF0D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4CDBA9E0" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>本人同意授權予主辦單位，將投稿之作品於推廣使用。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FBA509" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="2210E665" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008E0D33">
+        <w:t>組長（正楷簽名）：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>組長（正楷簽名）：</w:t>
+        <w:t xml:space="preserve">___________________ </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">___________________ </w:t>
+        <w:t>日期：</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>日期：</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB656F5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="7D63795E" w14:textId="50E5D5E2" w:rsidR="00CF211B" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidR="00312361" w:rsidRPr="00312361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidR="00312361" w:rsidRPr="00312361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D32B837" w14:textId="25507833" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="6C3412B1" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>作品簡述表</w:t>
       </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>初賽</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5DD1ED32" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="24BE00C5" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="5985817C" w14:textId="29B26C3F" w:rsidR="00EF2830" w:rsidRPr="00310533" w:rsidRDefault="00EF2830" w:rsidP="00310533">
+    <w:p w14:paraId="283051C5" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00310533">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>作品名稱</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E38D58" w14:textId="77777777" w:rsidR="00310533" w:rsidRDefault="00310533" w:rsidP="00310533">
+    <w:p w14:paraId="60BDC1FD" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E4FF3C7" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00310533" w:rsidRDefault="00310533" w:rsidP="00310533">
+    <w:p w14:paraId="6AC7F56D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D4A039B" w14:textId="5F3BCC10" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="141F53BB" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>二、研究方法</w:t>
       </w:r>
-      <w:r w:rsidR="00310533">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>或過程</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>簡述</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請簡要說明，</w:t>
       </w:r>
-      <w:r w:rsidR="00310533">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字以內，或用流程圖說明亦可</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B79254D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00310533" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="10DBED9A" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5198EC90" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="6036D70E" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72B8383C" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="32E51113" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20525387" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="18CCC957" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="115B3418" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="0354D45E" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72EA2C38" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="6863D1BE" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CAF66B1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="58725DAF" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10036201" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="3680F67D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CD381B3" w14:textId="527F0881" w:rsidR="00EF2830" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="0C7CF32D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>三、使用的創新工具</w:t>
       </w:r>
-      <w:r w:rsidR="00310533">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>簡述</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請簡要說明，</w:t>
       </w:r>
-      <w:r w:rsidR="00310533">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字以內</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF1E0FA" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00310533" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="3089D00D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D50B05C" w14:textId="77777777" w:rsidR="00310533" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="31FF603C" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B8A9595" w14:textId="77777777" w:rsidR="00310533" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="2D1BABA6" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E995F00" w14:textId="77777777" w:rsidR="00310533" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="1994CE95" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CDE7618" w14:textId="4B47C0CB" w:rsidR="00310533" w:rsidRPr="006C504C" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="7CC5E458" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>四</w:t>
+        <w:t>四、成果或貢獻簡述</w:t>
       </w:r>
-      <w:r w:rsidRPr="00310533">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>、成果或貢獻簡述</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>請簡要說明，</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>請簡要說明，</w:t>
+        <w:t>100</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>100</w:t>
+        <w:t>字以內</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>字以內</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092398DB" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4ED60957" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35ABC188" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="043134BD" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="192C4C2F" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="6EC0D9E0" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53736F61" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="77734E73" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E84C0F2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="1D957728" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15EABC30" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="0A090A3C" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="694240B9" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="17DA44F7" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DB9D765" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="2B946ECE" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>格式要求：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D88FD88" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="786B9BB7" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="006C56BD" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字體規定：中文：標楷體</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: 14</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>點</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>英文</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:Times New Roman:14</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>點。項目標題以粗體顯示。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B731AF5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00F56950" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="5341B53D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="00F56950" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>作品簡要說明最多</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>頁。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DDE699" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00F56950" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="1AD2C572" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="00F56950" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="259B15AF" w14:textId="77777777" w:rsidR="00FA048F" w:rsidRPr="00C81647" w:rsidRDefault="00FA048F" w:rsidP="0056113D">
+    <w:p w14:paraId="22ED698D" w14:textId="77777777" w:rsidR="00CF211B" w:rsidRPr="00C81647" w:rsidRDefault="00CF211B" w:rsidP="00CF211B">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00FA048F" w:rsidRPr="00C81647" w:rsidSect="00A7594B">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:p w14:paraId="259B15AF" w14:textId="77777777" w:rsidR="00FA048F" w:rsidRPr="00CF211B" w:rsidRDefault="00FA048F" w:rsidP="00CF211B"/>
+    <w:sectPr w:rsidR="00FA048F" w:rsidRPr="00CF211B" w:rsidSect="00A7594B">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="539" w:right="849" w:bottom="425" w:left="851" w:header="1134" w:footer="454" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="05997979" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0578C258" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -3131,344 +3395,314 @@
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="312BBF3A" w14:textId="77777777" w:rsidR="0012125E" w:rsidRDefault="0012125E">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="551749055"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="751A169A" w14:textId="080B9E10" w:rsidR="00F70997" w:rsidRDefault="00F70997">
         <w:pPr>
           <w:pStyle w:val="a9"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00406E42" w:rsidRPr="00406E42">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="118E52FD" w14:textId="77777777" w:rsidR="00F70997" w:rsidRDefault="00F70997">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6DDAA2DD" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C3B7DB6" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2EB7436B" w14:textId="77777777" w:rsidR="0012125E" w:rsidRDefault="0012125E">
-[...9 lines deleted...]
-  <w:p w14:paraId="2450BB99" w14:textId="2F825004" w:rsidR="006B6373" w:rsidRDefault="0012125E" w:rsidP="006B6373">
+  <w:p w14:paraId="2450BB99" w14:textId="3DC915AA" w:rsidR="006B6373" w:rsidRDefault="00385B8D" w:rsidP="006B6373">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:right="400"/>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk177649460"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk177649461"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk177649471"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk177649472"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk177649490"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk177649491"/>
     <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18862C68" wp14:editId="51648A6A">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>2126615</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-358140</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1351915" cy="424180"/>
+          <wp:effectExtent l="0" t="0" r="635" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1122163490" name="圖片 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1122163490" name="圖片 1"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1351915" cy="424180"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="0012125E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E1F97A4" wp14:editId="000F832C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5241290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-377190</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1116223" cy="444928"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1868829231" name="圖片 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1868829231" name="圖片 1868829231"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1116223" cy="444928"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0012125E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5105B28F" wp14:editId="361D2D14">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5105B28F" wp14:editId="1CD68573">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3564890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-332740</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1504950" cy="371034"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1577826424" name="圖片 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1577826424" name="圖片 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1504950" cy="371034"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
-            <wp14:pctHeight>0</wp14:pctHeight>
-[...59 lines deleted...]
-          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00903797">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DA2A8A5" wp14:editId="063F6038">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-7620</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-320040</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2017395" cy="357505"/>
           <wp:effectExtent l="0" t="0" r="1905" b="4445"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="3671" y="0"/>
               <wp:lineTo x="0" y="0"/>
               <wp:lineTo x="0" y="20718"/>
@@ -3516,65 +3750,50 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="1"/>
   <w:bookmarkEnd w:id="2"/>
   <w:bookmarkEnd w:id="3"/>
   <w:bookmarkEnd w:id="4"/>
   <w:bookmarkEnd w:id="5"/>
   <w:bookmarkEnd w:id="6"/>
-  <w:p w14:paraId="161D3A72" w14:textId="69917970" w:rsidR="006B6373" w:rsidRDefault="006B6373">
-[...13 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F80C96DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2280"/>
         </w:tabs>
         <w:ind w:left="2280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
@@ -5657,50 +5876,51 @@
   <w:num w:numId="25" w16cid:durableId="1757366081">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="699017526">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="895580786">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1783911474">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1745100037">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
@@ -5832,69 +6052,71 @@
     <w:rsid w:val="00114330"/>
     <w:rsid w:val="00114AE7"/>
     <w:rsid w:val="001165F0"/>
     <w:rsid w:val="00120769"/>
     <w:rsid w:val="0012125E"/>
     <w:rsid w:val="00121426"/>
     <w:rsid w:val="00122F2E"/>
     <w:rsid w:val="00127538"/>
     <w:rsid w:val="00127D7A"/>
     <w:rsid w:val="00127FD3"/>
     <w:rsid w:val="00130F6F"/>
     <w:rsid w:val="001315C1"/>
     <w:rsid w:val="00131CEF"/>
     <w:rsid w:val="001320EF"/>
     <w:rsid w:val="00134252"/>
     <w:rsid w:val="0013583C"/>
     <w:rsid w:val="00135E45"/>
     <w:rsid w:val="001366AD"/>
     <w:rsid w:val="001373B3"/>
     <w:rsid w:val="0014125C"/>
     <w:rsid w:val="00141DFC"/>
     <w:rsid w:val="001439D9"/>
     <w:rsid w:val="00147922"/>
     <w:rsid w:val="00147ECE"/>
     <w:rsid w:val="001505A9"/>
+    <w:rsid w:val="0015081A"/>
     <w:rsid w:val="00150BAE"/>
     <w:rsid w:val="00151038"/>
     <w:rsid w:val="00151E64"/>
     <w:rsid w:val="00153CF8"/>
     <w:rsid w:val="0015458F"/>
     <w:rsid w:val="00157396"/>
     <w:rsid w:val="001617E9"/>
     <w:rsid w:val="00161FDF"/>
     <w:rsid w:val="001622A1"/>
     <w:rsid w:val="001636EE"/>
     <w:rsid w:val="00163FE8"/>
     <w:rsid w:val="00165BB2"/>
     <w:rsid w:val="00166A2E"/>
     <w:rsid w:val="00167C97"/>
     <w:rsid w:val="00171B01"/>
     <w:rsid w:val="001754E6"/>
     <w:rsid w:val="001808C0"/>
     <w:rsid w:val="0018153A"/>
     <w:rsid w:val="00181D05"/>
+    <w:rsid w:val="00181FA9"/>
     <w:rsid w:val="00182A8E"/>
     <w:rsid w:val="00182C43"/>
     <w:rsid w:val="00182E6C"/>
     <w:rsid w:val="00185C6A"/>
     <w:rsid w:val="0018673F"/>
     <w:rsid w:val="00186DD5"/>
     <w:rsid w:val="001900DF"/>
     <w:rsid w:val="00190D25"/>
     <w:rsid w:val="00191858"/>
     <w:rsid w:val="00192056"/>
     <w:rsid w:val="00195796"/>
     <w:rsid w:val="00195912"/>
     <w:rsid w:val="00196006"/>
     <w:rsid w:val="001A1B7A"/>
     <w:rsid w:val="001A3D20"/>
     <w:rsid w:val="001A67C5"/>
     <w:rsid w:val="001A7953"/>
     <w:rsid w:val="001B1585"/>
     <w:rsid w:val="001B2C03"/>
     <w:rsid w:val="001B6F7D"/>
     <w:rsid w:val="001B731D"/>
     <w:rsid w:val="001C005A"/>
     <w:rsid w:val="001C120B"/>
     <w:rsid w:val="001C14F1"/>
     <w:rsid w:val="001C235B"/>
@@ -6001,88 +6223,90 @@
     <w:rsid w:val="002B6AB1"/>
     <w:rsid w:val="002B7B30"/>
     <w:rsid w:val="002C39E9"/>
     <w:rsid w:val="002C4770"/>
     <w:rsid w:val="002C4BAD"/>
     <w:rsid w:val="002C67D5"/>
     <w:rsid w:val="002C6EC5"/>
     <w:rsid w:val="002C7E3C"/>
     <w:rsid w:val="002D1609"/>
     <w:rsid w:val="002D2B64"/>
     <w:rsid w:val="002D355D"/>
     <w:rsid w:val="002D55AF"/>
     <w:rsid w:val="002D5648"/>
     <w:rsid w:val="002D700A"/>
     <w:rsid w:val="002E206D"/>
     <w:rsid w:val="002F367E"/>
     <w:rsid w:val="002F54B1"/>
     <w:rsid w:val="002F62F4"/>
     <w:rsid w:val="003008BD"/>
     <w:rsid w:val="0030581B"/>
     <w:rsid w:val="003072C4"/>
     <w:rsid w:val="00310533"/>
     <w:rsid w:val="00310BEF"/>
     <w:rsid w:val="00311511"/>
     <w:rsid w:val="00312329"/>
+    <w:rsid w:val="00312361"/>
     <w:rsid w:val="003126E5"/>
     <w:rsid w:val="00312810"/>
     <w:rsid w:val="0031406C"/>
     <w:rsid w:val="003155CD"/>
     <w:rsid w:val="003176C9"/>
     <w:rsid w:val="00320EBC"/>
     <w:rsid w:val="003211CF"/>
     <w:rsid w:val="003262FB"/>
     <w:rsid w:val="003269D9"/>
     <w:rsid w:val="00326FC1"/>
     <w:rsid w:val="003300F9"/>
     <w:rsid w:val="00331D40"/>
     <w:rsid w:val="00333C59"/>
     <w:rsid w:val="00334D2E"/>
     <w:rsid w:val="00335B7F"/>
     <w:rsid w:val="00335D4F"/>
     <w:rsid w:val="0033612A"/>
     <w:rsid w:val="00336552"/>
     <w:rsid w:val="003366BD"/>
     <w:rsid w:val="00336C49"/>
     <w:rsid w:val="00340F9E"/>
     <w:rsid w:val="0034105D"/>
     <w:rsid w:val="003453BE"/>
     <w:rsid w:val="00346CE1"/>
     <w:rsid w:val="00352379"/>
     <w:rsid w:val="00352ED3"/>
     <w:rsid w:val="00354428"/>
     <w:rsid w:val="0035667C"/>
     <w:rsid w:val="00360CDA"/>
     <w:rsid w:val="0036149A"/>
     <w:rsid w:val="00361B78"/>
     <w:rsid w:val="003631C6"/>
     <w:rsid w:val="00364C97"/>
     <w:rsid w:val="00373B07"/>
     <w:rsid w:val="00373BCF"/>
     <w:rsid w:val="00376EB2"/>
     <w:rsid w:val="0038054C"/>
     <w:rsid w:val="00384F70"/>
+    <w:rsid w:val="00385B8D"/>
     <w:rsid w:val="00385D1D"/>
     <w:rsid w:val="00391463"/>
     <w:rsid w:val="0039160B"/>
     <w:rsid w:val="00391B74"/>
     <w:rsid w:val="00393093"/>
     <w:rsid w:val="003939F8"/>
     <w:rsid w:val="003956F9"/>
     <w:rsid w:val="00396379"/>
     <w:rsid w:val="00397B61"/>
     <w:rsid w:val="003A0F52"/>
     <w:rsid w:val="003A1BCB"/>
     <w:rsid w:val="003A31D3"/>
     <w:rsid w:val="003B292C"/>
     <w:rsid w:val="003B3418"/>
     <w:rsid w:val="003B4916"/>
     <w:rsid w:val="003B6218"/>
     <w:rsid w:val="003B6284"/>
     <w:rsid w:val="003B65D0"/>
     <w:rsid w:val="003B6D24"/>
     <w:rsid w:val="003B7ECC"/>
     <w:rsid w:val="003C134F"/>
     <w:rsid w:val="003C2031"/>
     <w:rsid w:val="003C29DD"/>
     <w:rsid w:val="003C3683"/>
     <w:rsid w:val="003C42C5"/>
@@ -6163,50 +6387,51 @@
     <w:rsid w:val="004806D1"/>
     <w:rsid w:val="00480D10"/>
     <w:rsid w:val="004823FC"/>
     <w:rsid w:val="004837CF"/>
     <w:rsid w:val="00485049"/>
     <w:rsid w:val="00486AB0"/>
     <w:rsid w:val="004936DE"/>
     <w:rsid w:val="00495C66"/>
     <w:rsid w:val="004968DE"/>
     <w:rsid w:val="00496E8C"/>
     <w:rsid w:val="004A3147"/>
     <w:rsid w:val="004A4BD4"/>
     <w:rsid w:val="004A4E6C"/>
     <w:rsid w:val="004A6288"/>
     <w:rsid w:val="004A6844"/>
     <w:rsid w:val="004A7529"/>
     <w:rsid w:val="004B3B6A"/>
     <w:rsid w:val="004B47BC"/>
     <w:rsid w:val="004B6336"/>
     <w:rsid w:val="004B7B00"/>
     <w:rsid w:val="004C057F"/>
     <w:rsid w:val="004C05D0"/>
     <w:rsid w:val="004C2853"/>
     <w:rsid w:val="004C36E2"/>
     <w:rsid w:val="004C42BC"/>
+    <w:rsid w:val="004C65A7"/>
     <w:rsid w:val="004C696E"/>
     <w:rsid w:val="004C76C0"/>
     <w:rsid w:val="004C7C44"/>
     <w:rsid w:val="004C7F90"/>
     <w:rsid w:val="004D053C"/>
     <w:rsid w:val="004D06FE"/>
     <w:rsid w:val="004D0C8D"/>
     <w:rsid w:val="004D17BE"/>
     <w:rsid w:val="004D2265"/>
     <w:rsid w:val="004D3253"/>
     <w:rsid w:val="004D36CF"/>
     <w:rsid w:val="004D4319"/>
     <w:rsid w:val="004D4BAE"/>
     <w:rsid w:val="004D5002"/>
     <w:rsid w:val="004D53BF"/>
     <w:rsid w:val="004D5DD0"/>
     <w:rsid w:val="004D67C5"/>
     <w:rsid w:val="004D6E9B"/>
     <w:rsid w:val="004E104B"/>
     <w:rsid w:val="004E3765"/>
     <w:rsid w:val="004E3D5F"/>
     <w:rsid w:val="004E514B"/>
     <w:rsid w:val="004E67BC"/>
     <w:rsid w:val="004E6AE1"/>
     <w:rsid w:val="004E6AF8"/>
@@ -6353,95 +6578,98 @@
     <w:rsid w:val="00612936"/>
     <w:rsid w:val="00612BF2"/>
     <w:rsid w:val="00612EC1"/>
     <w:rsid w:val="00614398"/>
     <w:rsid w:val="00614710"/>
     <w:rsid w:val="00615A74"/>
     <w:rsid w:val="00620619"/>
     <w:rsid w:val="006227D5"/>
     <w:rsid w:val="00632269"/>
     <w:rsid w:val="00632586"/>
     <w:rsid w:val="006326D5"/>
     <w:rsid w:val="006338B1"/>
     <w:rsid w:val="00636E53"/>
     <w:rsid w:val="00640FD9"/>
     <w:rsid w:val="00641A23"/>
     <w:rsid w:val="00641DA3"/>
     <w:rsid w:val="0064588F"/>
     <w:rsid w:val="00645983"/>
     <w:rsid w:val="00647405"/>
     <w:rsid w:val="00647F4B"/>
     <w:rsid w:val="006501B3"/>
     <w:rsid w:val="006503BD"/>
     <w:rsid w:val="00650CE8"/>
     <w:rsid w:val="00650F64"/>
     <w:rsid w:val="006523DD"/>
+    <w:rsid w:val="00654E10"/>
     <w:rsid w:val="00655DBD"/>
     <w:rsid w:val="00656E81"/>
     <w:rsid w:val="00661C83"/>
     <w:rsid w:val="0066568D"/>
     <w:rsid w:val="006677B5"/>
     <w:rsid w:val="00670333"/>
     <w:rsid w:val="00674661"/>
     <w:rsid w:val="00674A25"/>
     <w:rsid w:val="006753D1"/>
     <w:rsid w:val="00676317"/>
     <w:rsid w:val="0067720C"/>
     <w:rsid w:val="00680E31"/>
     <w:rsid w:val="00680F7A"/>
     <w:rsid w:val="0068284D"/>
     <w:rsid w:val="00682F6D"/>
     <w:rsid w:val="0068311F"/>
     <w:rsid w:val="0068324B"/>
     <w:rsid w:val="00684A07"/>
     <w:rsid w:val="00685892"/>
     <w:rsid w:val="00685963"/>
     <w:rsid w:val="00685A86"/>
     <w:rsid w:val="00686BFF"/>
     <w:rsid w:val="006905AA"/>
     <w:rsid w:val="00690FC9"/>
+    <w:rsid w:val="0069286C"/>
     <w:rsid w:val="006933C9"/>
     <w:rsid w:val="006956F0"/>
     <w:rsid w:val="00695879"/>
     <w:rsid w:val="00696A4D"/>
     <w:rsid w:val="00696E67"/>
     <w:rsid w:val="006971BF"/>
     <w:rsid w:val="00697F4A"/>
     <w:rsid w:val="006A0C94"/>
     <w:rsid w:val="006A0DBC"/>
     <w:rsid w:val="006A3977"/>
     <w:rsid w:val="006A3D4C"/>
     <w:rsid w:val="006A42EF"/>
     <w:rsid w:val="006A4370"/>
     <w:rsid w:val="006A5867"/>
     <w:rsid w:val="006A627D"/>
     <w:rsid w:val="006A7868"/>
     <w:rsid w:val="006A7A61"/>
     <w:rsid w:val="006B043F"/>
     <w:rsid w:val="006B1BDB"/>
     <w:rsid w:val="006B2113"/>
     <w:rsid w:val="006B28CD"/>
+    <w:rsid w:val="006B3DFA"/>
     <w:rsid w:val="006B424B"/>
     <w:rsid w:val="006B55DA"/>
     <w:rsid w:val="006B5724"/>
     <w:rsid w:val="006B6373"/>
     <w:rsid w:val="006B77B2"/>
     <w:rsid w:val="006B78BD"/>
     <w:rsid w:val="006C0B66"/>
     <w:rsid w:val="006C2BB6"/>
     <w:rsid w:val="006C30C5"/>
     <w:rsid w:val="006C3BB7"/>
     <w:rsid w:val="006C3EE1"/>
     <w:rsid w:val="006C504C"/>
     <w:rsid w:val="006C5716"/>
     <w:rsid w:val="006C5D90"/>
     <w:rsid w:val="006D3AAB"/>
     <w:rsid w:val="006D44F1"/>
     <w:rsid w:val="006D6FE3"/>
     <w:rsid w:val="006D7FFC"/>
     <w:rsid w:val="006E2072"/>
     <w:rsid w:val="006E3E0C"/>
     <w:rsid w:val="006E51FC"/>
     <w:rsid w:val="006E57D9"/>
     <w:rsid w:val="006E6D01"/>
     <w:rsid w:val="006F261B"/>
     <w:rsid w:val="006F3142"/>
@@ -7092,50 +7320,51 @@
     <w:rsid w:val="00CC4905"/>
     <w:rsid w:val="00CC618D"/>
     <w:rsid w:val="00CC651B"/>
     <w:rsid w:val="00CC731F"/>
     <w:rsid w:val="00CD12D2"/>
     <w:rsid w:val="00CD1C32"/>
     <w:rsid w:val="00CD23B3"/>
     <w:rsid w:val="00CD4BD8"/>
     <w:rsid w:val="00CD4DC2"/>
     <w:rsid w:val="00CD592D"/>
     <w:rsid w:val="00CD66BF"/>
     <w:rsid w:val="00CD6BBB"/>
     <w:rsid w:val="00CE03E5"/>
     <w:rsid w:val="00CE120A"/>
     <w:rsid w:val="00CE1268"/>
     <w:rsid w:val="00CE192E"/>
     <w:rsid w:val="00CE31DC"/>
     <w:rsid w:val="00CE4783"/>
     <w:rsid w:val="00CE47C3"/>
     <w:rsid w:val="00CE4FC5"/>
     <w:rsid w:val="00CE656D"/>
     <w:rsid w:val="00CE738E"/>
     <w:rsid w:val="00CE79A7"/>
     <w:rsid w:val="00CE7B7B"/>
     <w:rsid w:val="00CF0982"/>
+    <w:rsid w:val="00CF211B"/>
     <w:rsid w:val="00CF225D"/>
     <w:rsid w:val="00CF3B9F"/>
     <w:rsid w:val="00CF3CA9"/>
     <w:rsid w:val="00CF3F2F"/>
     <w:rsid w:val="00CF46BE"/>
     <w:rsid w:val="00CF4F08"/>
     <w:rsid w:val="00CF7449"/>
     <w:rsid w:val="00D020A6"/>
     <w:rsid w:val="00D0669B"/>
     <w:rsid w:val="00D06FEA"/>
     <w:rsid w:val="00D07BDB"/>
     <w:rsid w:val="00D07CEE"/>
     <w:rsid w:val="00D10A52"/>
     <w:rsid w:val="00D10F95"/>
     <w:rsid w:val="00D1107C"/>
     <w:rsid w:val="00D128C7"/>
     <w:rsid w:val="00D13B8D"/>
     <w:rsid w:val="00D146BB"/>
     <w:rsid w:val="00D149BA"/>
     <w:rsid w:val="00D16E05"/>
     <w:rsid w:val="00D174F3"/>
     <w:rsid w:val="00D17C6A"/>
     <w:rsid w:val="00D200D2"/>
     <w:rsid w:val="00D25BDB"/>
     <w:rsid w:val="00D2665A"/>
@@ -9448,54 +9677,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2095468355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -9771,60 +10000,60 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84B9A201-010E-42C0-A79C-5CC01E316C6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>412</Words>
-  <Characters>222</Characters>
+  <Words>571</Words>
+  <Characters>246</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>633</CharactersWithSpaces>
+  <CharactersWithSpaces>816</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6422652</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://reurl.cc/pM7Vnr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>65547</vt:i4>
       </vt:variant>
       <vt:variant>