--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -9,2059 +9,2291 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FBFBFB"/>
   <w:body>
-    <w:p w14:paraId="7FE07752" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="19AFF4DD" w14:textId="77777777" w:rsidR="00C60883" w:rsidRPr="00736100" w:rsidRDefault="00C60883" w:rsidP="00F80239">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk206055703"/>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="00736100">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="00736100">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614E8F2E" w14:textId="1F19EFDF" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="75206E96" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="0015081A">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>系統性創新專案競賽報名表</w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C504C">
-[...9 lines deleted...]
-      <w:r w:rsidR="00310533" w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>中學組專案競賽專用</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="006C504C">
-[...21 lines deleted...]
-      <w:r w:rsidR="00310533" w:rsidRPr="006C504C">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10435" w:type="dxa"/>
+        <w:tblW w:w="10469" w:type="dxa"/>
         <w:tblInd w:w="25" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1930"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1936"/>
+        <w:gridCol w:w="3271"/>
+        <w:gridCol w:w="2560"/>
+        <w:gridCol w:w="2702"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="6D30CB2D" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="7999961A" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BDD3BC4" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="783F660D" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="007264D9" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品名稱</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62804054" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
+          <w:p w14:paraId="333B00C7" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="3DA0EDF8" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="730A0CA6" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03EF7670" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="14204C0C" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品編號</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149F482F" w14:textId="2237EAD2" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
+          <w:p w14:paraId="361231B7" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>主辦單位填寫</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="14C6C986" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="35859507" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="018D6B02" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="63942DF8" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>專案競賽</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F531C42" w14:textId="6EB3C4AF" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="46B47210" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品類別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5B2261" w14:textId="5406FC0F" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="1388AA07" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新方法組</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2642A780" w14:textId="2B00B434" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7CEF9CB1" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2) </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新實作組</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="026FC435" w14:textId="550DEB48" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="0F5B1D74" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3) </w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>其他創新方法</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>實作組</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="5F6AAE05" w14:textId="77777777" w:rsidTr="00162B6A">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="4C85CAEC" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10435" w:type="dxa"/>
+            <w:tcW w:w="10469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCF011E" w14:textId="39657AB4" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="60B2F59F" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="100" w:firstLine="320"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>團隊成員資訊</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>參與組別人員須全部為中學或五專同學，不得有老師參加</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...47 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="27697034" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="0F027C36" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6916AF" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="43C6AABB" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76981681" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3790B076" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43A45863" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="44CE6141" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12DF9BD2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3C75D1E8" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>職稱</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>組長或組員</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="250FB2A7" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="2402561B" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1302351D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="6D63EFAB" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56BC522E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="2DEE5AF9" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11A994D7" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="2C24D302" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31BFC5B0" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="1BBFB152" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="0F86AB5D" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="4F59F12D" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66456F9B" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="08AE0FF2" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10D77D54" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="18A66AFE" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35EFC832" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="43634EF7" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE00759" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="53D93884" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="662A677A" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="34233BB3" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C68D3F2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="4886214A" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97B77E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5CB7FAD5" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036728AE" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="191EAD40" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27904EC3" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="48E92AFE" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="655E7796" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="221D7465" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D0AEF5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="46B60B4F" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D4953D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="50DCA1E7" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="316E33C1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3B3BEA58" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC450D9" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="0499FA21" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="55C366A6" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="2BAC3ECB" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10435" w:type="dxa"/>
+            <w:tcW w:w="10469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="741E9EEA" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5F070734" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>組長姓名：</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="188AE66A" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="03360153" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5190" w:type="dxa"/>
+            <w:tcW w:w="5207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4445E105" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="09F1B09D" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47D65A2D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="181139B9" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="054E56A1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="67E03B02" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="295E0FA5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="20449C89" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>門</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科系</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>職稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="008E0D33" w14:paraId="544145E9" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="0B8E1566" w14:textId="77777777" w:rsidTr="002A0C35">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5190" w:type="dxa"/>
+            <w:tcW w:w="5207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23B63033" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="49DD808E" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>手機號碼</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5199924B" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0015081A" w:rsidRPr="006C56BD" w14:paraId="64DFF8F7" w14:textId="77777777" w:rsidTr="002A0C35">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2662"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10469" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F63D724" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="64D7AED6" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="00305720" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>:1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>若有指導老師，請組長提供指導老師姓名，為表達感謝，學會將在大會結束後</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>後</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>寄送「專案競賽指導老師感謝狀」</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>電子檔予指導</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>老師（不論有無獲獎）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415B3E34" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="00305720" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>指導老師姓名</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>指導老師</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="646E3165" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="00305720" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>有現場參與競賽同學，大會也會在會後給予參賽出席證明（不論有無得獎）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7269EE18" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="003B5B61" w:rsidRDefault="0015081A" w:rsidP="002A0C35">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E0D33">
-[...8 lines deleted...]
-              <w:t>Email:</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E0D33">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>若有獲獎，將會在閉幕大會頒獎（金銀銅牌者給予獎牌跟獎狀，佳作給予獎狀）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6723E092" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="7F5F0B72" w14:textId="77777777" w:rsidR="0015081A" w:rsidRPr="006C56BD" w:rsidRDefault="0015081A" w:rsidP="0015081A">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="008E0D33">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>授權同意</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>作者需勾選</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>並簽核</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>以示其同意主辦單位為專案發表</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>競賽所制定之相關規章，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>未勾選者恕</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>無法參加競賽，</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請以</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F052"/>
       </w:r>
-      <w:r w:rsidRPr="008E0D33">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>並簽署。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CCEF0D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0D33">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="008E0D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>本人同意授權予主辦單位，將投稿之作品於推廣使用。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FBA509" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="21F6FF8C" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="008E0D33" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="008E0D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>組長（正楷簽名）：</w:t>
       </w:r>
       <w:r w:rsidRPr="008E0D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">___________________ </w:t>
       </w:r>
       <w:r w:rsidRPr="008E0D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2115,103 +2347,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="006C504C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D32B837" w14:textId="419D909A" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="3D32B837" w14:textId="25507833" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C504C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>作品簡述表</w:t>
-      </w:r>
-[...28 lines deleted...]
-        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD1ED32" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C504C" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="5985817C" w14:textId="29B26C3F" w:rsidR="00EF2830" w:rsidRPr="00310533" w:rsidRDefault="00EF2830" w:rsidP="00310533">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
@@ -3146,58 +3348,58 @@
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA048F" w:rsidRPr="00C81647" w:rsidSect="00A7594B">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="539" w:right="849" w:bottom="425" w:left="851" w:header="1134" w:footer="454" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BB5933F" w14:textId="77777777" w:rsidR="00A363ED" w:rsidRDefault="00A363ED">
+    <w:p w14:paraId="05997979" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E85B088" w14:textId="77777777" w:rsidR="00A363ED" w:rsidRDefault="00A363ED">
+    <w:p w14:paraId="0578C258" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
@@ -3266,338 +3468,395 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="551749055"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="751A169A" w14:textId="4F4A88C6" w:rsidR="00F70997" w:rsidRDefault="00F70997">
+      <w:p w14:paraId="751A169A" w14:textId="080B9E10" w:rsidR="00F70997" w:rsidRDefault="00F70997">
         <w:pPr>
           <w:pStyle w:val="a9"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0064588F" w:rsidRPr="0064588F">
+        <w:r w:rsidR="00406E42" w:rsidRPr="00406E42">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="118E52FD" w14:textId="77777777" w:rsidR="00F70997" w:rsidRDefault="00F70997">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5405CD71" w14:textId="77777777" w:rsidR="00A363ED" w:rsidRDefault="00A363ED">
+    <w:p w14:paraId="6DDAA2DD" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1560D073" w14:textId="77777777" w:rsidR="00A363ED" w:rsidRDefault="00A363ED">
+    <w:p w14:paraId="5C3B7DB6" w14:textId="77777777" w:rsidR="006326D5" w:rsidRDefault="006326D5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2450BB99" w14:textId="77777777" w:rsidR="006B6373" w:rsidRDefault="006B6373" w:rsidP="006B6373">
+  <w:p w14:paraId="2450BB99" w14:textId="3DC915AA" w:rsidR="006B6373" w:rsidRDefault="00385B8D" w:rsidP="006B6373">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:right="400"/>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk177649460"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk177649461"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk177649471"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk177649472"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk177649490"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk177649491"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4839B48C" wp14:editId="68D04223">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18862C68" wp14:editId="51648A6A">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>4738370</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>2126615</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-421005</wp:posOffset>
+            <wp:posOffset>-358140</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1311965" cy="530038"/>
-[...68 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1351915" cy="424180"/>
+          <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1122163490" name="圖片 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1122163490" name="圖片 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1858945" cy="559379"/>
+                    <a:ext cx="1351915" cy="424180"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0012125E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DA2A8A5" wp14:editId="742C9E7A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E1F97A4" wp14:editId="000F832C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>76200</wp:posOffset>
+            <wp:posOffset>5241290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-280035</wp:posOffset>
+            <wp:posOffset>-377190</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2209800" cy="391795"/>
+          <wp:extent cx="1116223" cy="444928"/>
+          <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1868829231" name="圖片 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1868829231" name="圖片 1868829231"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1116223" cy="444928"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="0012125E">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5105B28F" wp14:editId="1CD68573">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>3564890</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-332740</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1504950" cy="371034"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1577826424" name="圖片 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1577826424" name="圖片 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId3">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1504950" cy="371034"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00903797">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DA2A8A5" wp14:editId="063F6038">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-7620</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-320040</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2017395" cy="357505"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="4445"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
-              <wp:start x="3724" y="0"/>
-[...8 lines deleted...]
-              <wp:lineTo x="3724" y="0"/>
+              <wp:start x="3671" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+              <wp:lineTo x="0" y="20718"/>
+              <wp:lineTo x="8159" y="20718"/>
+              <wp:lineTo x="12646" y="20718"/>
+              <wp:lineTo x="21416" y="20718"/>
+              <wp:lineTo x="21416" y="3453"/>
+              <wp:lineTo x="21008" y="0"/>
+              <wp:lineTo x="3671" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
           <wp:docPr id="11" name="圖片 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="圖片 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
+                  <a:blip r:embed="rId4">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2209800" cy="391795"/>
+                    <a:ext cx="2017395" cy="357505"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="1"/>
   <w:bookmarkEnd w:id="2"/>
   <w:bookmarkEnd w:id="3"/>
   <w:bookmarkEnd w:id="4"/>
   <w:bookmarkEnd w:id="5"/>
   <w:bookmarkEnd w:id="6"/>
-  <w:p w14:paraId="161D3A72" w14:textId="77777777" w:rsidR="006B6373" w:rsidRDefault="006B6373">
-[...3 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F80C96DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2280"/>
         </w:tabs>
         <w:ind w:left="2280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
@@ -5583,135 +5842,135 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="323626739">
+  <w:num w:numId="1" w16cid:durableId="433598126">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1970361296">
+  <w:num w:numId="2" w16cid:durableId="1917780982">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1480416601">
+  <w:num w:numId="3" w16cid:durableId="347408712">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1814827006">
+  <w:num w:numId="4" w16cid:durableId="26027660">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="27725295">
+  <w:num w:numId="5" w16cid:durableId="1104888197">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1426415397">
+  <w:num w:numId="6" w16cid:durableId="2126775930">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="614287362">
+  <w:num w:numId="7" w16cid:durableId="1351293330">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1407533038">
+  <w:num w:numId="8" w16cid:durableId="1083260672">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="327710679">
+  <w:num w:numId="9" w16cid:durableId="119106361">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="500118166">
+  <w:num w:numId="10" w16cid:durableId="744256007">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1753429591">
+  <w:num w:numId="11" w16cid:durableId="1724866919">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="828248246">
+  <w:num w:numId="12" w16cid:durableId="644628168">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2035301267">
+  <w:num w:numId="13" w16cid:durableId="1206212918">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="806900329">
+  <w:num w:numId="14" w16cid:durableId="395476724">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1393574142">
+  <w:num w:numId="15" w16cid:durableId="723482492">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="201402683">
+  <w:num w:numId="16" w16cid:durableId="898705140">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="463305599">
+  <w:num w:numId="17" w16cid:durableId="1342849922">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1032879749">
+  <w:num w:numId="18" w16cid:durableId="677148896">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1473211312">
+  <w:num w:numId="19" w16cid:durableId="58481612">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="57099361">
+  <w:num w:numId="20" w16cid:durableId="1623461151">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="621226956">
+  <w:num w:numId="21" w16cid:durableId="701321209">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="300229492">
+  <w:num w:numId="22" w16cid:durableId="1390884098">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1045645001">
+  <w:num w:numId="23" w16cid:durableId="2140799606">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="638153654">
+  <w:num w:numId="24" w16cid:durableId="1339457149">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="857423363">
+  <w:num w:numId="25" w16cid:durableId="1757366081">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="219873922">
+  <w:num w:numId="26" w16cid:durableId="699017526">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="623771760">
+  <w:num w:numId="27" w16cid:durableId="895580786">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1150561374">
+  <w:num w:numId="28" w16cid:durableId="1783911474">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1453816582">
+  <w:num w:numId="29" w16cid:durableId="1745100037">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
@@ -5741,50 +6000,51 @@
   <w:rsids>
     <w:rsidRoot w:val="00EE7C2E"/>
     <w:rsid w:val="0000203C"/>
     <w:rsid w:val="00003437"/>
     <w:rsid w:val="00005CBF"/>
     <w:rsid w:val="0001156D"/>
     <w:rsid w:val="00011749"/>
     <w:rsid w:val="0001247E"/>
     <w:rsid w:val="000128CA"/>
     <w:rsid w:val="00012F7B"/>
     <w:rsid w:val="000145FD"/>
     <w:rsid w:val="000147C8"/>
     <w:rsid w:val="0002326E"/>
     <w:rsid w:val="0002350F"/>
     <w:rsid w:val="0002365C"/>
     <w:rsid w:val="000239C2"/>
     <w:rsid w:val="00023C53"/>
     <w:rsid w:val="0002555F"/>
     <w:rsid w:val="000259F0"/>
     <w:rsid w:val="00026DC6"/>
     <w:rsid w:val="000272C0"/>
     <w:rsid w:val="00031A49"/>
     <w:rsid w:val="00032C1C"/>
     <w:rsid w:val="00033181"/>
     <w:rsid w:val="00035434"/>
+    <w:rsid w:val="00036C61"/>
     <w:rsid w:val="00037378"/>
     <w:rsid w:val="0004214F"/>
     <w:rsid w:val="000446A5"/>
     <w:rsid w:val="00046506"/>
     <w:rsid w:val="00046AB4"/>
     <w:rsid w:val="000475FC"/>
     <w:rsid w:val="00051477"/>
     <w:rsid w:val="00053310"/>
     <w:rsid w:val="000536C7"/>
     <w:rsid w:val="000579BE"/>
     <w:rsid w:val="00062ADB"/>
     <w:rsid w:val="00064003"/>
     <w:rsid w:val="00064C0A"/>
     <w:rsid w:val="0006710A"/>
     <w:rsid w:val="000703DB"/>
     <w:rsid w:val="00071129"/>
     <w:rsid w:val="00071336"/>
     <w:rsid w:val="00071497"/>
     <w:rsid w:val="00072431"/>
     <w:rsid w:val="000729B6"/>
     <w:rsid w:val="00072D0C"/>
     <w:rsid w:val="00075E7F"/>
     <w:rsid w:val="00076E84"/>
     <w:rsid w:val="00080A26"/>
     <w:rsid w:val="00080A9B"/>
@@ -5834,89 +6094,92 @@
     <w:rsid w:val="000E611C"/>
     <w:rsid w:val="000E61B7"/>
     <w:rsid w:val="000E7742"/>
     <w:rsid w:val="000F0AD5"/>
     <w:rsid w:val="000F1380"/>
     <w:rsid w:val="000F3550"/>
     <w:rsid w:val="000F418D"/>
     <w:rsid w:val="000F6C54"/>
     <w:rsid w:val="00100887"/>
     <w:rsid w:val="00101729"/>
     <w:rsid w:val="0010381F"/>
     <w:rsid w:val="00104566"/>
     <w:rsid w:val="0010560E"/>
     <w:rsid w:val="00105B86"/>
     <w:rsid w:val="00105E19"/>
     <w:rsid w:val="00106DAD"/>
     <w:rsid w:val="0011219A"/>
     <w:rsid w:val="001123DC"/>
     <w:rsid w:val="001125B5"/>
     <w:rsid w:val="00112FBA"/>
     <w:rsid w:val="00113B13"/>
     <w:rsid w:val="00114330"/>
     <w:rsid w:val="00114AE7"/>
     <w:rsid w:val="001165F0"/>
     <w:rsid w:val="00120769"/>
+    <w:rsid w:val="0012125E"/>
     <w:rsid w:val="00121426"/>
     <w:rsid w:val="00122F2E"/>
     <w:rsid w:val="00127538"/>
     <w:rsid w:val="00127D7A"/>
     <w:rsid w:val="00127FD3"/>
     <w:rsid w:val="00130F6F"/>
     <w:rsid w:val="001315C1"/>
     <w:rsid w:val="00131CEF"/>
     <w:rsid w:val="001320EF"/>
     <w:rsid w:val="00134252"/>
     <w:rsid w:val="0013583C"/>
     <w:rsid w:val="00135E45"/>
     <w:rsid w:val="001366AD"/>
     <w:rsid w:val="001373B3"/>
     <w:rsid w:val="0014125C"/>
     <w:rsid w:val="00141DFC"/>
     <w:rsid w:val="001439D9"/>
     <w:rsid w:val="00147922"/>
     <w:rsid w:val="00147ECE"/>
     <w:rsid w:val="001505A9"/>
+    <w:rsid w:val="0015081A"/>
     <w:rsid w:val="00150BAE"/>
     <w:rsid w:val="00151038"/>
     <w:rsid w:val="00151E64"/>
     <w:rsid w:val="00153CF8"/>
     <w:rsid w:val="0015458F"/>
     <w:rsid w:val="00157396"/>
     <w:rsid w:val="001617E9"/>
     <w:rsid w:val="00161FDF"/>
     <w:rsid w:val="001622A1"/>
     <w:rsid w:val="001636EE"/>
     <w:rsid w:val="00163FE8"/>
     <w:rsid w:val="00165BB2"/>
     <w:rsid w:val="00166A2E"/>
     <w:rsid w:val="00167C97"/>
     <w:rsid w:val="00171B01"/>
     <w:rsid w:val="001754E6"/>
     <w:rsid w:val="001808C0"/>
     <w:rsid w:val="0018153A"/>
     <w:rsid w:val="00181D05"/>
+    <w:rsid w:val="00181FA9"/>
     <w:rsid w:val="00182A8E"/>
     <w:rsid w:val="00182C43"/>
     <w:rsid w:val="00182E6C"/>
     <w:rsid w:val="00185C6A"/>
     <w:rsid w:val="0018673F"/>
     <w:rsid w:val="00186DD5"/>
     <w:rsid w:val="001900DF"/>
     <w:rsid w:val="00190D25"/>
     <w:rsid w:val="00191858"/>
     <w:rsid w:val="00192056"/>
     <w:rsid w:val="00195796"/>
     <w:rsid w:val="00195912"/>
     <w:rsid w:val="00196006"/>
     <w:rsid w:val="001A1B7A"/>
     <w:rsid w:val="001A3D20"/>
     <w:rsid w:val="001A67C5"/>
     <w:rsid w:val="001A7953"/>
     <w:rsid w:val="001B1585"/>
     <w:rsid w:val="001B2C03"/>
     <w:rsid w:val="001B6F7D"/>
     <w:rsid w:val="001B731D"/>
     <w:rsid w:val="001C005A"/>
     <w:rsid w:val="001C120B"/>
     <w:rsid w:val="001C14F1"/>
     <w:rsid w:val="001C235B"/>
@@ -6061,50 +6324,51 @@
     <w:rsid w:val="00334D2E"/>
     <w:rsid w:val="00335B7F"/>
     <w:rsid w:val="00335D4F"/>
     <w:rsid w:val="0033612A"/>
     <w:rsid w:val="00336552"/>
     <w:rsid w:val="003366BD"/>
     <w:rsid w:val="00336C49"/>
     <w:rsid w:val="00340F9E"/>
     <w:rsid w:val="0034105D"/>
     <w:rsid w:val="003453BE"/>
     <w:rsid w:val="00346CE1"/>
     <w:rsid w:val="00352379"/>
     <w:rsid w:val="00352ED3"/>
     <w:rsid w:val="00354428"/>
     <w:rsid w:val="0035667C"/>
     <w:rsid w:val="00360CDA"/>
     <w:rsid w:val="0036149A"/>
     <w:rsid w:val="00361B78"/>
     <w:rsid w:val="003631C6"/>
     <w:rsid w:val="00364C97"/>
     <w:rsid w:val="00373B07"/>
     <w:rsid w:val="00373BCF"/>
     <w:rsid w:val="00376EB2"/>
     <w:rsid w:val="0038054C"/>
     <w:rsid w:val="00384F70"/>
+    <w:rsid w:val="00385B8D"/>
     <w:rsid w:val="00385D1D"/>
     <w:rsid w:val="00391463"/>
     <w:rsid w:val="0039160B"/>
     <w:rsid w:val="00391B74"/>
     <w:rsid w:val="00393093"/>
     <w:rsid w:val="003939F8"/>
     <w:rsid w:val="003956F9"/>
     <w:rsid w:val="00396379"/>
     <w:rsid w:val="00397B61"/>
     <w:rsid w:val="003A0F52"/>
     <w:rsid w:val="003A1BCB"/>
     <w:rsid w:val="003A31D3"/>
     <w:rsid w:val="003B292C"/>
     <w:rsid w:val="003B3418"/>
     <w:rsid w:val="003B4916"/>
     <w:rsid w:val="003B6218"/>
     <w:rsid w:val="003B6284"/>
     <w:rsid w:val="003B65D0"/>
     <w:rsid w:val="003B6D24"/>
     <w:rsid w:val="003B7ECC"/>
     <w:rsid w:val="003C134F"/>
     <w:rsid w:val="003C2031"/>
     <w:rsid w:val="003C29DD"/>
     <w:rsid w:val="003C3683"/>
     <w:rsid w:val="003C42C5"/>
@@ -6113,50 +6377,51 @@
     <w:rsid w:val="003C4EF8"/>
     <w:rsid w:val="003C6338"/>
     <w:rsid w:val="003C65C4"/>
     <w:rsid w:val="003C7C56"/>
     <w:rsid w:val="003D0AC7"/>
     <w:rsid w:val="003D3E29"/>
     <w:rsid w:val="003D7725"/>
     <w:rsid w:val="003D7E0F"/>
     <w:rsid w:val="003E0892"/>
     <w:rsid w:val="003E17F3"/>
     <w:rsid w:val="003E3E60"/>
     <w:rsid w:val="003E4549"/>
     <w:rsid w:val="003E5756"/>
     <w:rsid w:val="003E7BAD"/>
     <w:rsid w:val="003F00FA"/>
     <w:rsid w:val="003F178A"/>
     <w:rsid w:val="003F2663"/>
     <w:rsid w:val="003F3E4B"/>
     <w:rsid w:val="003F78D1"/>
     <w:rsid w:val="003F7948"/>
     <w:rsid w:val="00400818"/>
     <w:rsid w:val="004008CF"/>
     <w:rsid w:val="00401A52"/>
     <w:rsid w:val="00402B2C"/>
     <w:rsid w:val="0040306E"/>
+    <w:rsid w:val="00406E42"/>
     <w:rsid w:val="00407079"/>
     <w:rsid w:val="00411BF8"/>
     <w:rsid w:val="004156C3"/>
     <w:rsid w:val="00416807"/>
     <w:rsid w:val="004169FD"/>
     <w:rsid w:val="004174AC"/>
     <w:rsid w:val="00421F80"/>
     <w:rsid w:val="004225C3"/>
     <w:rsid w:val="0042445F"/>
     <w:rsid w:val="00424A1B"/>
     <w:rsid w:val="0042527F"/>
     <w:rsid w:val="004261E8"/>
     <w:rsid w:val="00426E35"/>
     <w:rsid w:val="004272F1"/>
     <w:rsid w:val="004274D2"/>
     <w:rsid w:val="004277F8"/>
     <w:rsid w:val="004301B9"/>
     <w:rsid w:val="00430BC7"/>
     <w:rsid w:val="00430D1B"/>
     <w:rsid w:val="00431729"/>
     <w:rsid w:val="00432624"/>
     <w:rsid w:val="00433733"/>
     <w:rsid w:val="00434C85"/>
     <w:rsid w:val="004360B0"/>
     <w:rsid w:val="00436EE8"/>
@@ -6311,135 +6576,138 @@
     <w:rsid w:val="005757BD"/>
     <w:rsid w:val="005770A5"/>
     <w:rsid w:val="00577C96"/>
     <w:rsid w:val="00577E7A"/>
     <w:rsid w:val="00580BE9"/>
     <w:rsid w:val="00581926"/>
     <w:rsid w:val="00582B4E"/>
     <w:rsid w:val="00582B98"/>
     <w:rsid w:val="00582DA8"/>
     <w:rsid w:val="00583CCF"/>
     <w:rsid w:val="0058465D"/>
     <w:rsid w:val="00584BB5"/>
     <w:rsid w:val="00585FA8"/>
     <w:rsid w:val="005865EF"/>
     <w:rsid w:val="005866B1"/>
     <w:rsid w:val="0059030B"/>
     <w:rsid w:val="0059103E"/>
     <w:rsid w:val="005913E2"/>
     <w:rsid w:val="0059209C"/>
     <w:rsid w:val="00596338"/>
     <w:rsid w:val="00596DF8"/>
     <w:rsid w:val="005978DF"/>
     <w:rsid w:val="00597AEE"/>
     <w:rsid w:val="005A185C"/>
     <w:rsid w:val="005A52E8"/>
+    <w:rsid w:val="005A646E"/>
     <w:rsid w:val="005B09E3"/>
     <w:rsid w:val="005B1A4E"/>
     <w:rsid w:val="005B5DB3"/>
     <w:rsid w:val="005B65AA"/>
     <w:rsid w:val="005B7EF1"/>
     <w:rsid w:val="005C41B7"/>
     <w:rsid w:val="005C4B56"/>
     <w:rsid w:val="005C5CF2"/>
     <w:rsid w:val="005C7957"/>
     <w:rsid w:val="005D5538"/>
     <w:rsid w:val="005D6252"/>
     <w:rsid w:val="005D6F6F"/>
     <w:rsid w:val="005D7EEE"/>
     <w:rsid w:val="005E03F5"/>
     <w:rsid w:val="005E1E26"/>
     <w:rsid w:val="005E28A2"/>
     <w:rsid w:val="005E438A"/>
     <w:rsid w:val="005E4C69"/>
     <w:rsid w:val="005E608D"/>
     <w:rsid w:val="005E7D48"/>
     <w:rsid w:val="005F15CC"/>
     <w:rsid w:val="005F2492"/>
     <w:rsid w:val="005F2AF8"/>
     <w:rsid w:val="005F5301"/>
     <w:rsid w:val="005F5D8B"/>
     <w:rsid w:val="005F5E55"/>
     <w:rsid w:val="005F60D9"/>
     <w:rsid w:val="005F7099"/>
     <w:rsid w:val="005F7827"/>
     <w:rsid w:val="005F7AF2"/>
     <w:rsid w:val="00600EB9"/>
     <w:rsid w:val="00602B46"/>
     <w:rsid w:val="006055C6"/>
     <w:rsid w:val="00606164"/>
     <w:rsid w:val="00611C93"/>
     <w:rsid w:val="006123E8"/>
     <w:rsid w:val="006128E6"/>
     <w:rsid w:val="00612936"/>
     <w:rsid w:val="00612BF2"/>
     <w:rsid w:val="00612EC1"/>
     <w:rsid w:val="00614398"/>
     <w:rsid w:val="00614710"/>
     <w:rsid w:val="00615A74"/>
     <w:rsid w:val="00620619"/>
     <w:rsid w:val="006227D5"/>
     <w:rsid w:val="00632269"/>
     <w:rsid w:val="00632586"/>
+    <w:rsid w:val="006326D5"/>
     <w:rsid w:val="006338B1"/>
     <w:rsid w:val="00636E53"/>
     <w:rsid w:val="00640FD9"/>
     <w:rsid w:val="00641A23"/>
     <w:rsid w:val="00641DA3"/>
     <w:rsid w:val="0064588F"/>
     <w:rsid w:val="00645983"/>
     <w:rsid w:val="00647405"/>
     <w:rsid w:val="00647F4B"/>
     <w:rsid w:val="006501B3"/>
     <w:rsid w:val="006503BD"/>
     <w:rsid w:val="00650CE8"/>
     <w:rsid w:val="00650F64"/>
     <w:rsid w:val="006523DD"/>
     <w:rsid w:val="00655DBD"/>
     <w:rsid w:val="00656E81"/>
     <w:rsid w:val="00661C83"/>
     <w:rsid w:val="0066568D"/>
     <w:rsid w:val="006677B5"/>
     <w:rsid w:val="00670333"/>
     <w:rsid w:val="00674661"/>
     <w:rsid w:val="00674A25"/>
     <w:rsid w:val="006753D1"/>
     <w:rsid w:val="00676317"/>
     <w:rsid w:val="0067720C"/>
     <w:rsid w:val="00680E31"/>
     <w:rsid w:val="00680F7A"/>
     <w:rsid w:val="0068284D"/>
     <w:rsid w:val="00682F6D"/>
     <w:rsid w:val="0068311F"/>
     <w:rsid w:val="0068324B"/>
     <w:rsid w:val="00684A07"/>
     <w:rsid w:val="00685892"/>
     <w:rsid w:val="00685963"/>
     <w:rsid w:val="00685A86"/>
     <w:rsid w:val="00686BFF"/>
     <w:rsid w:val="006905AA"/>
     <w:rsid w:val="00690FC9"/>
+    <w:rsid w:val="0069286C"/>
     <w:rsid w:val="006933C9"/>
     <w:rsid w:val="006956F0"/>
     <w:rsid w:val="00695879"/>
     <w:rsid w:val="00696A4D"/>
     <w:rsid w:val="00696E67"/>
     <w:rsid w:val="006971BF"/>
     <w:rsid w:val="00697F4A"/>
     <w:rsid w:val="006A0C94"/>
     <w:rsid w:val="006A0DBC"/>
     <w:rsid w:val="006A3977"/>
     <w:rsid w:val="006A3D4C"/>
     <w:rsid w:val="006A42EF"/>
     <w:rsid w:val="006A4370"/>
     <w:rsid w:val="006A5867"/>
     <w:rsid w:val="006A627D"/>
     <w:rsid w:val="006A7868"/>
     <w:rsid w:val="006A7A61"/>
     <w:rsid w:val="006B043F"/>
     <w:rsid w:val="006B1BDB"/>
     <w:rsid w:val="006B2113"/>
     <w:rsid w:val="006B28CD"/>
     <w:rsid w:val="006B424B"/>
     <w:rsid w:val="006B55DA"/>
     <w:rsid w:val="006B5724"/>
     <w:rsid w:val="006B6373"/>
@@ -6503,50 +6771,51 @@
     <w:rsid w:val="007434E3"/>
     <w:rsid w:val="00744DA2"/>
     <w:rsid w:val="007468C7"/>
     <w:rsid w:val="00746F9E"/>
     <w:rsid w:val="00751841"/>
     <w:rsid w:val="0075473D"/>
     <w:rsid w:val="00755BD7"/>
     <w:rsid w:val="00756943"/>
     <w:rsid w:val="00757611"/>
     <w:rsid w:val="0076491C"/>
     <w:rsid w:val="00767C6D"/>
     <w:rsid w:val="007703C9"/>
     <w:rsid w:val="00770DAD"/>
     <w:rsid w:val="00772F1F"/>
     <w:rsid w:val="00775AC0"/>
     <w:rsid w:val="00775CD8"/>
     <w:rsid w:val="007776EB"/>
     <w:rsid w:val="00777B68"/>
     <w:rsid w:val="0078060C"/>
     <w:rsid w:val="00781913"/>
     <w:rsid w:val="00782BEF"/>
     <w:rsid w:val="0078309A"/>
     <w:rsid w:val="00783424"/>
     <w:rsid w:val="00786E05"/>
     <w:rsid w:val="0078773C"/>
+    <w:rsid w:val="007878FB"/>
     <w:rsid w:val="007902C2"/>
     <w:rsid w:val="007923C1"/>
     <w:rsid w:val="0079271B"/>
     <w:rsid w:val="00794288"/>
     <w:rsid w:val="00794A30"/>
     <w:rsid w:val="00795885"/>
     <w:rsid w:val="0079728D"/>
     <w:rsid w:val="00797850"/>
     <w:rsid w:val="007A057F"/>
     <w:rsid w:val="007B0007"/>
     <w:rsid w:val="007B098F"/>
     <w:rsid w:val="007B3BB9"/>
     <w:rsid w:val="007B6BC6"/>
     <w:rsid w:val="007B6E9F"/>
     <w:rsid w:val="007C1B39"/>
     <w:rsid w:val="007C2565"/>
     <w:rsid w:val="007C44B5"/>
     <w:rsid w:val="007C48B2"/>
     <w:rsid w:val="007C5280"/>
     <w:rsid w:val="007C5B0D"/>
     <w:rsid w:val="007D6724"/>
     <w:rsid w:val="007D7201"/>
     <w:rsid w:val="007D7997"/>
     <w:rsid w:val="007D7B37"/>
     <w:rsid w:val="007E3FF3"/>
@@ -6566,50 +6835,51 @@
     <w:rsid w:val="00805288"/>
     <w:rsid w:val="00807DF8"/>
     <w:rsid w:val="00807F24"/>
     <w:rsid w:val="00810EFD"/>
     <w:rsid w:val="008124EA"/>
     <w:rsid w:val="00812BDC"/>
     <w:rsid w:val="00815461"/>
     <w:rsid w:val="00816702"/>
     <w:rsid w:val="00816C46"/>
     <w:rsid w:val="00817589"/>
     <w:rsid w:val="008204C0"/>
     <w:rsid w:val="008215A1"/>
     <w:rsid w:val="0082211D"/>
     <w:rsid w:val="008222BE"/>
     <w:rsid w:val="00830E58"/>
     <w:rsid w:val="008312AA"/>
     <w:rsid w:val="00831DB5"/>
     <w:rsid w:val="008362E3"/>
     <w:rsid w:val="00837A33"/>
     <w:rsid w:val="00841F93"/>
     <w:rsid w:val="00842D20"/>
     <w:rsid w:val="008441CE"/>
     <w:rsid w:val="00844BDF"/>
     <w:rsid w:val="00845AD6"/>
     <w:rsid w:val="008478CD"/>
+    <w:rsid w:val="008529CC"/>
     <w:rsid w:val="00852C9E"/>
     <w:rsid w:val="00852FAA"/>
     <w:rsid w:val="00854BB8"/>
     <w:rsid w:val="00854EA3"/>
     <w:rsid w:val="0085682E"/>
     <w:rsid w:val="0086245B"/>
     <w:rsid w:val="0086311C"/>
     <w:rsid w:val="00863D0B"/>
     <w:rsid w:val="00863FE9"/>
     <w:rsid w:val="00871C40"/>
     <w:rsid w:val="008730FC"/>
     <w:rsid w:val="008734F2"/>
     <w:rsid w:val="00876298"/>
     <w:rsid w:val="00876658"/>
     <w:rsid w:val="00880D03"/>
     <w:rsid w:val="008815D1"/>
     <w:rsid w:val="00882659"/>
     <w:rsid w:val="0088391A"/>
     <w:rsid w:val="00884A17"/>
     <w:rsid w:val="008863E8"/>
     <w:rsid w:val="00886451"/>
     <w:rsid w:val="008870DF"/>
     <w:rsid w:val="0088751A"/>
     <w:rsid w:val="0088755B"/>
     <w:rsid w:val="00887789"/>
@@ -6644,50 +6914,51 @@
     <w:rsid w:val="008C48DE"/>
     <w:rsid w:val="008C4C84"/>
     <w:rsid w:val="008C5796"/>
     <w:rsid w:val="008D3072"/>
     <w:rsid w:val="008D41CE"/>
     <w:rsid w:val="008D4D21"/>
     <w:rsid w:val="008D4DC0"/>
     <w:rsid w:val="008D5C89"/>
     <w:rsid w:val="008D7DC3"/>
     <w:rsid w:val="008E0D33"/>
     <w:rsid w:val="008E1BFB"/>
     <w:rsid w:val="008E3710"/>
     <w:rsid w:val="008E3CE0"/>
     <w:rsid w:val="008E4906"/>
     <w:rsid w:val="008E59E7"/>
     <w:rsid w:val="008F0574"/>
     <w:rsid w:val="008F07E1"/>
     <w:rsid w:val="008F0B53"/>
     <w:rsid w:val="008F22EC"/>
     <w:rsid w:val="008F31FB"/>
     <w:rsid w:val="008F396A"/>
     <w:rsid w:val="009010E8"/>
     <w:rsid w:val="0090223F"/>
     <w:rsid w:val="00902D36"/>
     <w:rsid w:val="00903139"/>
+    <w:rsid w:val="00903797"/>
     <w:rsid w:val="00904CA9"/>
     <w:rsid w:val="0090555B"/>
     <w:rsid w:val="00906D75"/>
     <w:rsid w:val="00907026"/>
     <w:rsid w:val="0090793A"/>
     <w:rsid w:val="00907BB3"/>
     <w:rsid w:val="009101E3"/>
     <w:rsid w:val="00911221"/>
     <w:rsid w:val="009137DE"/>
     <w:rsid w:val="00916FD6"/>
     <w:rsid w:val="0091765F"/>
     <w:rsid w:val="0091766A"/>
     <w:rsid w:val="009202D0"/>
     <w:rsid w:val="00921779"/>
     <w:rsid w:val="00921AA4"/>
     <w:rsid w:val="00922824"/>
     <w:rsid w:val="0092332B"/>
     <w:rsid w:val="00924969"/>
     <w:rsid w:val="009252BF"/>
     <w:rsid w:val="00925671"/>
     <w:rsid w:val="00930C02"/>
     <w:rsid w:val="00930E08"/>
     <w:rsid w:val="00931AB8"/>
     <w:rsid w:val="009336FB"/>
     <w:rsid w:val="009342AE"/>
@@ -6940,50 +7211,51 @@
     <w:rsid w:val="00B21568"/>
     <w:rsid w:val="00B22B80"/>
     <w:rsid w:val="00B24009"/>
     <w:rsid w:val="00B24553"/>
     <w:rsid w:val="00B2684B"/>
     <w:rsid w:val="00B278F3"/>
     <w:rsid w:val="00B27FBF"/>
     <w:rsid w:val="00B333FC"/>
     <w:rsid w:val="00B33DF9"/>
     <w:rsid w:val="00B34FBE"/>
     <w:rsid w:val="00B42028"/>
     <w:rsid w:val="00B44192"/>
     <w:rsid w:val="00B476DD"/>
     <w:rsid w:val="00B516DE"/>
     <w:rsid w:val="00B518E7"/>
     <w:rsid w:val="00B55B8E"/>
     <w:rsid w:val="00B56AA4"/>
     <w:rsid w:val="00B629B1"/>
     <w:rsid w:val="00B64D76"/>
     <w:rsid w:val="00B66254"/>
     <w:rsid w:val="00B66E54"/>
     <w:rsid w:val="00B66F7B"/>
     <w:rsid w:val="00B700F5"/>
     <w:rsid w:val="00B701FC"/>
     <w:rsid w:val="00B70270"/>
+    <w:rsid w:val="00B70DDE"/>
     <w:rsid w:val="00B73F9D"/>
     <w:rsid w:val="00B74504"/>
     <w:rsid w:val="00B80548"/>
     <w:rsid w:val="00B81851"/>
     <w:rsid w:val="00B8292C"/>
     <w:rsid w:val="00B82AA4"/>
     <w:rsid w:val="00B8356A"/>
     <w:rsid w:val="00B873DB"/>
     <w:rsid w:val="00B87964"/>
     <w:rsid w:val="00B95D02"/>
     <w:rsid w:val="00BA06B1"/>
     <w:rsid w:val="00BA1068"/>
     <w:rsid w:val="00BA153B"/>
     <w:rsid w:val="00BA1A68"/>
     <w:rsid w:val="00BA29AA"/>
     <w:rsid w:val="00BA3067"/>
     <w:rsid w:val="00BA34EB"/>
     <w:rsid w:val="00BA486C"/>
     <w:rsid w:val="00BA5189"/>
     <w:rsid w:val="00BA69F9"/>
     <w:rsid w:val="00BA7A22"/>
     <w:rsid w:val="00BB007F"/>
     <w:rsid w:val="00BB0ED9"/>
     <w:rsid w:val="00BB2B09"/>
     <w:rsid w:val="00BB3A4D"/>
@@ -7037,50 +7309,51 @@
     <w:rsid w:val="00C1378F"/>
     <w:rsid w:val="00C1397D"/>
     <w:rsid w:val="00C13CE0"/>
     <w:rsid w:val="00C14133"/>
     <w:rsid w:val="00C165A1"/>
     <w:rsid w:val="00C1685F"/>
     <w:rsid w:val="00C16AE5"/>
     <w:rsid w:val="00C17C96"/>
     <w:rsid w:val="00C2055D"/>
     <w:rsid w:val="00C21D04"/>
     <w:rsid w:val="00C238E3"/>
     <w:rsid w:val="00C3050E"/>
     <w:rsid w:val="00C33E41"/>
     <w:rsid w:val="00C35638"/>
     <w:rsid w:val="00C37EEF"/>
     <w:rsid w:val="00C4355A"/>
     <w:rsid w:val="00C44105"/>
     <w:rsid w:val="00C471D8"/>
     <w:rsid w:val="00C4798C"/>
     <w:rsid w:val="00C517BE"/>
     <w:rsid w:val="00C53E96"/>
     <w:rsid w:val="00C543DD"/>
     <w:rsid w:val="00C5709B"/>
     <w:rsid w:val="00C575CC"/>
     <w:rsid w:val="00C57DCA"/>
+    <w:rsid w:val="00C60883"/>
     <w:rsid w:val="00C60A91"/>
     <w:rsid w:val="00C6314D"/>
     <w:rsid w:val="00C63634"/>
     <w:rsid w:val="00C651AC"/>
     <w:rsid w:val="00C6570A"/>
     <w:rsid w:val="00C66F80"/>
     <w:rsid w:val="00C725FE"/>
     <w:rsid w:val="00C72BBF"/>
     <w:rsid w:val="00C72DE9"/>
     <w:rsid w:val="00C737B7"/>
     <w:rsid w:val="00C75992"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C76EE7"/>
     <w:rsid w:val="00C806E5"/>
     <w:rsid w:val="00C81417"/>
     <w:rsid w:val="00C8161F"/>
     <w:rsid w:val="00C81647"/>
     <w:rsid w:val="00C85504"/>
     <w:rsid w:val="00C9038B"/>
     <w:rsid w:val="00C90785"/>
     <w:rsid w:val="00C948D8"/>
     <w:rsid w:val="00C956B0"/>
     <w:rsid w:val="00CA0ED9"/>
     <w:rsid w:val="00CA1EE2"/>
     <w:rsid w:val="00CA3027"/>
@@ -7204,50 +7477,51 @@
     <w:rsid w:val="00D97B56"/>
     <w:rsid w:val="00DA093A"/>
     <w:rsid w:val="00DA0FDB"/>
     <w:rsid w:val="00DA23AC"/>
     <w:rsid w:val="00DA2701"/>
     <w:rsid w:val="00DA504D"/>
     <w:rsid w:val="00DA6214"/>
     <w:rsid w:val="00DA7358"/>
     <w:rsid w:val="00DA7A51"/>
     <w:rsid w:val="00DB0CA0"/>
     <w:rsid w:val="00DB405E"/>
     <w:rsid w:val="00DB49E4"/>
     <w:rsid w:val="00DB7002"/>
     <w:rsid w:val="00DB7D6F"/>
     <w:rsid w:val="00DC08B1"/>
     <w:rsid w:val="00DC0FC3"/>
     <w:rsid w:val="00DC23AD"/>
     <w:rsid w:val="00DC23C1"/>
     <w:rsid w:val="00DC46A0"/>
     <w:rsid w:val="00DC5CE1"/>
     <w:rsid w:val="00DC6040"/>
     <w:rsid w:val="00DD04DF"/>
     <w:rsid w:val="00DD1076"/>
     <w:rsid w:val="00DD1CC7"/>
     <w:rsid w:val="00DD2037"/>
+    <w:rsid w:val="00DD2BFE"/>
     <w:rsid w:val="00DD2D82"/>
     <w:rsid w:val="00DD4CD7"/>
     <w:rsid w:val="00DD58BC"/>
     <w:rsid w:val="00DE1722"/>
     <w:rsid w:val="00DE18AF"/>
     <w:rsid w:val="00DE2257"/>
     <w:rsid w:val="00DE2799"/>
     <w:rsid w:val="00DE435A"/>
     <w:rsid w:val="00DE476A"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE6C6B"/>
     <w:rsid w:val="00DE7D05"/>
     <w:rsid w:val="00DF0249"/>
     <w:rsid w:val="00DF19AC"/>
     <w:rsid w:val="00DF3020"/>
     <w:rsid w:val="00DF3853"/>
     <w:rsid w:val="00DF429E"/>
     <w:rsid w:val="00DF4599"/>
     <w:rsid w:val="00DF4FA2"/>
     <w:rsid w:val="00DF7051"/>
     <w:rsid w:val="00DF72E3"/>
     <w:rsid w:val="00DF7A69"/>
     <w:rsid w:val="00E027C9"/>
     <w:rsid w:val="00E03BC6"/>
     <w:rsid w:val="00E04377"/>
@@ -9465,51 +9739,51 @@
       </w:divBdr>
     </w:div>
     <w:div w:id="2095468355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9772,72 +10046,72 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C3B10A-FB08-4170-B047-609BE8E0900D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84B9A201-010E-42C0-A79C-5CC01E316C6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>411</Words>
-  <Characters>222</Characters>
+  <Words>567</Words>
+  <Characters>244</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>632</CharactersWithSpaces>
+  <CharactersWithSpaces>810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6422652</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://reurl.cc/pM7Vnr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>65547</vt:i4>
       </vt:variant>
       <vt:variant>