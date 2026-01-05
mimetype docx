--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -2388,50 +2388,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-114136711"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="55604E72" w14:textId="0F055F06" w:rsidR="00861387" w:rsidRDefault="00861387">
         <w:pPr>
           <w:pStyle w:val="a9"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E23840" w:rsidRPr="00E23840">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
@@ -2457,88 +2458,88 @@
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2568279A" w14:textId="1C50199C" w:rsidR="004E0C4D" w:rsidRDefault="003A30E5" w:rsidP="004E0C4D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:right="400"/>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk177649460"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk177649461"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk177649471"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk177649472"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk177649490"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk177649491"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="409E2742" wp14:editId="4EA1402B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="409E2742" wp14:editId="0297666E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>3457575</wp:posOffset>
+            <wp:posOffset>3502660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-278765</wp:posOffset>
+            <wp:posOffset>-359410</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2266950" cy="497540"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1882234" cy="590550"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1122163490" name="圖片 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1122163490" name="圖片 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2266950" cy="497540"/>
+                    <a:ext cx="1882234" cy="590550"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F108039" wp14:editId="3EB30ED5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -5963,51 +5964,51 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1235581459">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1678801167">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2138375395">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="399910238">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1350988812">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1602302570">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="220"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -6214,50 +6215,51 @@
     <w:rsid w:val="00237BDC"/>
     <w:rsid w:val="00240024"/>
     <w:rsid w:val="00240685"/>
     <w:rsid w:val="00241777"/>
     <w:rsid w:val="0024192C"/>
     <w:rsid w:val="002439CD"/>
     <w:rsid w:val="00245758"/>
     <w:rsid w:val="00245C61"/>
     <w:rsid w:val="00246D7F"/>
     <w:rsid w:val="00246E12"/>
     <w:rsid w:val="00247408"/>
     <w:rsid w:val="00250541"/>
     <w:rsid w:val="00251ACF"/>
     <w:rsid w:val="00252671"/>
     <w:rsid w:val="0025366A"/>
     <w:rsid w:val="00253CA3"/>
     <w:rsid w:val="0025410B"/>
     <w:rsid w:val="00255376"/>
     <w:rsid w:val="00260B02"/>
     <w:rsid w:val="00262583"/>
     <w:rsid w:val="0026364E"/>
     <w:rsid w:val="00263F2E"/>
     <w:rsid w:val="002641A5"/>
     <w:rsid w:val="00264220"/>
     <w:rsid w:val="00271ED6"/>
+    <w:rsid w:val="002724A6"/>
     <w:rsid w:val="002731FD"/>
     <w:rsid w:val="00274AD0"/>
     <w:rsid w:val="00280ACC"/>
     <w:rsid w:val="0028102A"/>
     <w:rsid w:val="00281116"/>
     <w:rsid w:val="0028186C"/>
     <w:rsid w:val="0028255E"/>
     <w:rsid w:val="0028344B"/>
     <w:rsid w:val="00283468"/>
     <w:rsid w:val="00283684"/>
     <w:rsid w:val="0028615F"/>
     <w:rsid w:val="0029080D"/>
     <w:rsid w:val="00291506"/>
     <w:rsid w:val="0029151F"/>
     <w:rsid w:val="0029313A"/>
     <w:rsid w:val="0029350D"/>
     <w:rsid w:val="00295EEB"/>
     <w:rsid w:val="00296679"/>
     <w:rsid w:val="002A250D"/>
     <w:rsid w:val="002A39E2"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002B288C"/>
     <w:rsid w:val="002B2A74"/>
     <w:rsid w:val="002B2D0C"/>
     <w:rsid w:val="002B3100"/>
@@ -7438,50 +7440,51 @@
     <w:rsid w:val="00F3462D"/>
     <w:rsid w:val="00F3475B"/>
     <w:rsid w:val="00F36288"/>
     <w:rsid w:val="00F423CF"/>
     <w:rsid w:val="00F42C6D"/>
     <w:rsid w:val="00F456FA"/>
     <w:rsid w:val="00F45DBB"/>
     <w:rsid w:val="00F4762C"/>
     <w:rsid w:val="00F52F43"/>
     <w:rsid w:val="00F553C9"/>
     <w:rsid w:val="00F557EC"/>
     <w:rsid w:val="00F55D99"/>
     <w:rsid w:val="00F566A5"/>
     <w:rsid w:val="00F61474"/>
     <w:rsid w:val="00F62B1B"/>
     <w:rsid w:val="00F62DC1"/>
     <w:rsid w:val="00F63A45"/>
     <w:rsid w:val="00F6701F"/>
     <w:rsid w:val="00F67D9A"/>
     <w:rsid w:val="00F71CF0"/>
     <w:rsid w:val="00F77035"/>
     <w:rsid w:val="00F81976"/>
     <w:rsid w:val="00F834CF"/>
     <w:rsid w:val="00F8587F"/>
     <w:rsid w:val="00F90D89"/>
+    <w:rsid w:val="00F91DE9"/>
     <w:rsid w:val="00F92D78"/>
     <w:rsid w:val="00F92E75"/>
     <w:rsid w:val="00F976D2"/>
     <w:rsid w:val="00FA0C52"/>
     <w:rsid w:val="00FA1A36"/>
     <w:rsid w:val="00FA207E"/>
     <w:rsid w:val="00FA2705"/>
     <w:rsid w:val="00FA32B4"/>
     <w:rsid w:val="00FA3B82"/>
     <w:rsid w:val="00FA52DB"/>
     <w:rsid w:val="00FA59F6"/>
     <w:rsid w:val="00FA646D"/>
     <w:rsid w:val="00FB2D50"/>
     <w:rsid w:val="00FB408E"/>
     <w:rsid w:val="00FB4AA9"/>
     <w:rsid w:val="00FB6A24"/>
     <w:rsid w:val="00FB73C1"/>
     <w:rsid w:val="00FC1AB0"/>
     <w:rsid w:val="00FC1EED"/>
     <w:rsid w:val="00FC4A32"/>
     <w:rsid w:val="00FC53C8"/>
     <w:rsid w:val="00FC632B"/>
     <w:rsid w:val="00FD1A44"/>
     <w:rsid w:val="00FD2DB8"/>
     <w:rsid w:val="00FD39BD"/>
@@ -9767,55 +9770,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D93CBA5E-B6BE-46D5-B20F-F93F2B72F115}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>128</Words>
-  <Characters>733</Characters>
+  <Words>634</Words>
+  <Characters>227</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>65549</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.ssi.org.tw/sich2025/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>