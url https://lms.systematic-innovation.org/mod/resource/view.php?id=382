--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -2278,58 +2278,58 @@
     </w:p>
     <w:p w14:paraId="680D5820" w14:textId="77777777" w:rsidR="00CB2AE8" w:rsidRPr="00700995" w:rsidRDefault="00CB2AE8" w:rsidP="00CB2AE8">
       <w:pPr>
         <w:pStyle w:val="af"/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2AE8" w:rsidRPr="00700995" w:rsidSect="00861387">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E1FC0BC" w14:textId="77777777" w:rsidR="00D4336E" w:rsidRDefault="00D4336E">
+    <w:p w14:paraId="3EED5BF5" w14:textId="77777777" w:rsidR="00834189" w:rsidRDefault="00834189">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04D91D6E" w14:textId="77777777" w:rsidR="00D4336E" w:rsidRDefault="00D4336E">
+    <w:p w14:paraId="5E065693" w14:textId="77777777" w:rsidR="00834189" w:rsidRDefault="00834189">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
@@ -2390,299 +2390,232 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-114136711"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="55604E72" w14:textId="04A889FA" w:rsidR="00861387" w:rsidRDefault="00861387">
+      <w:p w14:paraId="55604E72" w14:textId="0F055F06" w:rsidR="00861387" w:rsidRDefault="00861387">
         <w:pPr>
           <w:pStyle w:val="a9"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E23840" w:rsidRPr="00E23840">
           <w:rPr>
+            <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36044FD8" w14:textId="77777777" w:rsidR="00D4336E" w:rsidRDefault="00D4336E">
+    <w:p w14:paraId="6132CA8E" w14:textId="77777777" w:rsidR="00834189" w:rsidRDefault="00834189">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3640CD44" w14:textId="77777777" w:rsidR="00D4336E" w:rsidRDefault="00D4336E">
+    <w:p w14:paraId="107C7AF7" w14:textId="77777777" w:rsidR="00834189" w:rsidRDefault="00834189">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2568279A" w14:textId="30ED14A3" w:rsidR="004E0C4D" w:rsidRDefault="004E0C4D" w:rsidP="004E0C4D">
+  <w:p w14:paraId="2568279A" w14:textId="1C50199C" w:rsidR="004E0C4D" w:rsidRDefault="003A30E5" w:rsidP="004E0C4D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:right="400"/>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk177649460"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk177649461"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk177649471"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk177649472"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk177649490"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk177649491"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27C3FBA4" wp14:editId="6DFA47D1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="409E2742" wp14:editId="0297666E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4738370</wp:posOffset>
+            <wp:posOffset>3502660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-421005</wp:posOffset>
+            <wp:posOffset>-359410</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1311965" cy="530038"/>
-[...68 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1882234" cy="590550"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1122163490" name="圖片 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1122163490" name="圖片 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1858945" cy="559379"/>
+                    <a:ext cx="1882234" cy="590550"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F108039" wp14:editId="312B310F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F108039" wp14:editId="3EB30ED5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>76200</wp:posOffset>
+            <wp:posOffset>257175</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-280035</wp:posOffset>
+            <wp:posOffset>-245110</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2209800" cy="391795"/>
+          <wp:extent cx="2438400" cy="402590"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
-              <wp:start x="3724" y="0"/>
-[...8 lines deleted...]
-              <wp:lineTo x="3724" y="0"/>
+              <wp:start x="3881" y="0"/>
+              <wp:lineTo x="844" y="0"/>
+              <wp:lineTo x="0" y="3066"/>
+              <wp:lineTo x="0" y="20442"/>
+              <wp:lineTo x="8269" y="20442"/>
+              <wp:lineTo x="12488" y="20442"/>
+              <wp:lineTo x="21431" y="19420"/>
+              <wp:lineTo x="21431" y="4088"/>
+              <wp:lineTo x="20925" y="0"/>
+              <wp:lineTo x="3881" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
           <wp:docPr id="11" name="圖片 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="圖片 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2209800" cy="391795"/>
+                    <a:ext cx="2438400" cy="402590"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="1"/>
   <w:bookmarkEnd w:id="2"/>
   <w:bookmarkEnd w:id="3"/>
@@ -5887,228 +5820,232 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2047216186">
+  <w:num w:numId="1" w16cid:durableId="1400595428">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="299459133">
+  <w:num w:numId="2" w16cid:durableId="935206922">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="194466662">
+  <w:num w:numId="3" w16cid:durableId="1817449774">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2017921637">
+  <w:num w:numId="4" w16cid:durableId="1166632545">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1092164824">
+  <w:num w:numId="5" w16cid:durableId="1899436147">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2085177038">
+  <w:num w:numId="6" w16cid:durableId="1903252978">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1152873818">
+  <w:num w:numId="7" w16cid:durableId="1458454606">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1413311258">
+  <w:num w:numId="8" w16cid:durableId="914441182">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2117290937">
+  <w:num w:numId="9" w16cid:durableId="1541941977">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1103845498">
+  <w:num w:numId="10" w16cid:durableId="709767076">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1652249415">
+  <w:num w:numId="11" w16cid:durableId="1334457089">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="448820714">
+  <w:num w:numId="12" w16cid:durableId="1831095356">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="900092817">
+  <w:num w:numId="13" w16cid:durableId="1247962675">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="491913811">
+  <w:num w:numId="14" w16cid:durableId="1652246300">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1881932977">
+  <w:num w:numId="15" w16cid:durableId="251744122">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="830291826">
+  <w:num w:numId="16" w16cid:durableId="1029381017">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2049211795">
+  <w:num w:numId="17" w16cid:durableId="900215904">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1554194086">
+  <w:num w:numId="18" w16cid:durableId="1845166996">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="487284521">
+  <w:num w:numId="19" w16cid:durableId="505681230">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="716052202">
+  <w:num w:numId="20" w16cid:durableId="1241985742">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1528983263">
+  <w:num w:numId="21" w16cid:durableId="28335069">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="710962761">
+  <w:num w:numId="22" w16cid:durableId="1375615975">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1356078708">
+  <w:num w:numId="23" w16cid:durableId="1879316723">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="446244832">
+  <w:num w:numId="24" w16cid:durableId="882443772">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1444031817">
+  <w:num w:numId="25" w16cid:durableId="2106075296">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1542551945">
+  <w:num w:numId="26" w16cid:durableId="1508013111">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="511530283">
+  <w:num w:numId="27" w16cid:durableId="1481190364">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="326711522">
+  <w:num w:numId="28" w16cid:durableId="1344478186">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="301930623">
+  <w:num w:numId="29" w16cid:durableId="1895462005">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="739329990">
+  <w:num w:numId="30" w16cid:durableId="833304105">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1431974593">
+  <w:num w:numId="31" w16cid:durableId="1668826222">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="2028410901">
+  <w:num w:numId="32" w16cid:durableId="1235581459">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="618805873">
+  <w:num w:numId="33" w16cid:durableId="1678801167">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1323048798">
+  <w:num w:numId="34" w16cid:durableId="2138375395">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="166988698">
+  <w:num w:numId="35" w16cid:durableId="399910238">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="362442717">
+  <w:num w:numId="36" w16cid:durableId="1350988812">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="341976868">
+  <w:num w:numId="37" w16cid:durableId="1602302570">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="220"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE7C2E"/>
     <w:rsid w:val="0000203C"/>
     <w:rsid w:val="00003437"/>
     <w:rsid w:val="00005CBF"/>
     <w:rsid w:val="0001156D"/>
     <w:rsid w:val="00011749"/>
     <w:rsid w:val="0001247E"/>
     <w:rsid w:val="000128CA"/>
     <w:rsid w:val="00012F7B"/>
     <w:rsid w:val="000145FD"/>
     <w:rsid w:val="000147C8"/>
     <w:rsid w:val="0002326E"/>
     <w:rsid w:val="0002350F"/>
     <w:rsid w:val="0002365C"/>
     <w:rsid w:val="000239C2"/>
     <w:rsid w:val="00023C53"/>
     <w:rsid w:val="000244B1"/>
     <w:rsid w:val="0002555F"/>
     <w:rsid w:val="000259F0"/>
     <w:rsid w:val="000272C0"/>
     <w:rsid w:val="00031A49"/>
     <w:rsid w:val="00032C1C"/>
@@ -6278,50 +6215,51 @@
     <w:rsid w:val="00237BDC"/>
     <w:rsid w:val="00240024"/>
     <w:rsid w:val="00240685"/>
     <w:rsid w:val="00241777"/>
     <w:rsid w:val="0024192C"/>
     <w:rsid w:val="002439CD"/>
     <w:rsid w:val="00245758"/>
     <w:rsid w:val="00245C61"/>
     <w:rsid w:val="00246D7F"/>
     <w:rsid w:val="00246E12"/>
     <w:rsid w:val="00247408"/>
     <w:rsid w:val="00250541"/>
     <w:rsid w:val="00251ACF"/>
     <w:rsid w:val="00252671"/>
     <w:rsid w:val="0025366A"/>
     <w:rsid w:val="00253CA3"/>
     <w:rsid w:val="0025410B"/>
     <w:rsid w:val="00255376"/>
     <w:rsid w:val="00260B02"/>
     <w:rsid w:val="00262583"/>
     <w:rsid w:val="0026364E"/>
     <w:rsid w:val="00263F2E"/>
     <w:rsid w:val="002641A5"/>
     <w:rsid w:val="00264220"/>
     <w:rsid w:val="00271ED6"/>
+    <w:rsid w:val="002724A6"/>
     <w:rsid w:val="002731FD"/>
     <w:rsid w:val="00274AD0"/>
     <w:rsid w:val="00280ACC"/>
     <w:rsid w:val="0028102A"/>
     <w:rsid w:val="00281116"/>
     <w:rsid w:val="0028186C"/>
     <w:rsid w:val="0028255E"/>
     <w:rsid w:val="0028344B"/>
     <w:rsid w:val="00283468"/>
     <w:rsid w:val="00283684"/>
     <w:rsid w:val="0028615F"/>
     <w:rsid w:val="0029080D"/>
     <w:rsid w:val="00291506"/>
     <w:rsid w:val="0029151F"/>
     <w:rsid w:val="0029313A"/>
     <w:rsid w:val="0029350D"/>
     <w:rsid w:val="00295EEB"/>
     <w:rsid w:val="00296679"/>
     <w:rsid w:val="002A250D"/>
     <w:rsid w:val="002A39E2"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002B288C"/>
     <w:rsid w:val="002B2A74"/>
     <w:rsid w:val="002B2D0C"/>
     <w:rsid w:val="002B3100"/>
@@ -6371,50 +6309,51 @@
     <w:rsid w:val="00336C49"/>
     <w:rsid w:val="0034105D"/>
     <w:rsid w:val="003453BE"/>
     <w:rsid w:val="00346CE1"/>
     <w:rsid w:val="00352379"/>
     <w:rsid w:val="00352ED3"/>
     <w:rsid w:val="00354428"/>
     <w:rsid w:val="0035667C"/>
     <w:rsid w:val="00360CDA"/>
     <w:rsid w:val="0036149A"/>
     <w:rsid w:val="00361B78"/>
     <w:rsid w:val="003631C6"/>
     <w:rsid w:val="00364C97"/>
     <w:rsid w:val="00373B07"/>
     <w:rsid w:val="00373BCF"/>
     <w:rsid w:val="00376EB2"/>
     <w:rsid w:val="0038054C"/>
     <w:rsid w:val="00384F70"/>
     <w:rsid w:val="00391463"/>
     <w:rsid w:val="00393093"/>
     <w:rsid w:val="003939F8"/>
     <w:rsid w:val="003956F9"/>
     <w:rsid w:val="00396379"/>
     <w:rsid w:val="00397B61"/>
     <w:rsid w:val="003A1BCB"/>
+    <w:rsid w:val="003A30E5"/>
     <w:rsid w:val="003A31D3"/>
     <w:rsid w:val="003B292C"/>
     <w:rsid w:val="003B2DE2"/>
     <w:rsid w:val="003B3418"/>
     <w:rsid w:val="003B4916"/>
     <w:rsid w:val="003B6218"/>
     <w:rsid w:val="003B65D0"/>
     <w:rsid w:val="003B6D24"/>
     <w:rsid w:val="003B7ECC"/>
     <w:rsid w:val="003C134F"/>
     <w:rsid w:val="003C29DD"/>
     <w:rsid w:val="003C3683"/>
     <w:rsid w:val="003C42C5"/>
     <w:rsid w:val="003C42CF"/>
     <w:rsid w:val="003C4329"/>
     <w:rsid w:val="003C4808"/>
     <w:rsid w:val="003C6338"/>
     <w:rsid w:val="003C65C4"/>
     <w:rsid w:val="003D0AC7"/>
     <w:rsid w:val="003D1368"/>
     <w:rsid w:val="003D3E29"/>
     <w:rsid w:val="003D7E0F"/>
     <w:rsid w:val="003E0892"/>
     <w:rsid w:val="003E17F3"/>
     <w:rsid w:val="003E4549"/>
@@ -6784,50 +6723,51 @@
     <w:rsid w:val="007E72CE"/>
     <w:rsid w:val="007F3172"/>
     <w:rsid w:val="007F3774"/>
     <w:rsid w:val="007F3964"/>
     <w:rsid w:val="007F3E05"/>
     <w:rsid w:val="007F4B50"/>
     <w:rsid w:val="007F57E2"/>
     <w:rsid w:val="00801AA2"/>
     <w:rsid w:val="00802A4F"/>
     <w:rsid w:val="00805288"/>
     <w:rsid w:val="00807DF8"/>
     <w:rsid w:val="00807F24"/>
     <w:rsid w:val="00810EFD"/>
     <w:rsid w:val="008124EA"/>
     <w:rsid w:val="00812BDC"/>
     <w:rsid w:val="00815461"/>
     <w:rsid w:val="00816702"/>
     <w:rsid w:val="00816C46"/>
     <w:rsid w:val="008215A1"/>
     <w:rsid w:val="0082211D"/>
     <w:rsid w:val="008222BE"/>
     <w:rsid w:val="008274F3"/>
     <w:rsid w:val="00830E58"/>
     <w:rsid w:val="008312AA"/>
     <w:rsid w:val="00831DB5"/>
+    <w:rsid w:val="00834189"/>
     <w:rsid w:val="008362E3"/>
     <w:rsid w:val="00837A33"/>
     <w:rsid w:val="00842D20"/>
     <w:rsid w:val="008441CE"/>
     <w:rsid w:val="008478CD"/>
     <w:rsid w:val="00852FAA"/>
     <w:rsid w:val="00854BB8"/>
     <w:rsid w:val="00854EA3"/>
     <w:rsid w:val="00860AB4"/>
     <w:rsid w:val="00861387"/>
     <w:rsid w:val="0086245B"/>
     <w:rsid w:val="00863302"/>
     <w:rsid w:val="00863D0B"/>
     <w:rsid w:val="00863FE9"/>
     <w:rsid w:val="008730FC"/>
     <w:rsid w:val="008734F2"/>
     <w:rsid w:val="00876298"/>
     <w:rsid w:val="00876658"/>
     <w:rsid w:val="00880D03"/>
     <w:rsid w:val="008815D1"/>
     <w:rsid w:val="00882659"/>
     <w:rsid w:val="00884A17"/>
     <w:rsid w:val="00886451"/>
     <w:rsid w:val="0088751A"/>
     <w:rsid w:val="00887789"/>
@@ -7073,50 +7013,51 @@
     <w:rsid w:val="00AC7290"/>
     <w:rsid w:val="00AC76A9"/>
     <w:rsid w:val="00AC7E1A"/>
     <w:rsid w:val="00AD199F"/>
     <w:rsid w:val="00AD441B"/>
     <w:rsid w:val="00AD65B2"/>
     <w:rsid w:val="00AE0E67"/>
     <w:rsid w:val="00AE1A41"/>
     <w:rsid w:val="00AE324C"/>
     <w:rsid w:val="00AE7578"/>
     <w:rsid w:val="00AF12CE"/>
     <w:rsid w:val="00AF69C7"/>
     <w:rsid w:val="00B0399E"/>
     <w:rsid w:val="00B05B34"/>
     <w:rsid w:val="00B10912"/>
     <w:rsid w:val="00B14D13"/>
     <w:rsid w:val="00B163D5"/>
     <w:rsid w:val="00B21568"/>
     <w:rsid w:val="00B22B80"/>
     <w:rsid w:val="00B24009"/>
     <w:rsid w:val="00B24553"/>
     <w:rsid w:val="00B2684B"/>
     <w:rsid w:val="00B27FBF"/>
     <w:rsid w:val="00B333FC"/>
     <w:rsid w:val="00B34FBE"/>
+    <w:rsid w:val="00B366D2"/>
     <w:rsid w:val="00B42028"/>
     <w:rsid w:val="00B44192"/>
     <w:rsid w:val="00B476DD"/>
     <w:rsid w:val="00B516DE"/>
     <w:rsid w:val="00B518E7"/>
     <w:rsid w:val="00B53DE0"/>
     <w:rsid w:val="00B55B8E"/>
     <w:rsid w:val="00B56AA4"/>
     <w:rsid w:val="00B629B1"/>
     <w:rsid w:val="00B66254"/>
     <w:rsid w:val="00B66F7B"/>
     <w:rsid w:val="00B700F5"/>
     <w:rsid w:val="00B701FC"/>
     <w:rsid w:val="00B70270"/>
     <w:rsid w:val="00B731A0"/>
     <w:rsid w:val="00B73F9D"/>
     <w:rsid w:val="00B74504"/>
     <w:rsid w:val="00B80548"/>
     <w:rsid w:val="00B81851"/>
     <w:rsid w:val="00B8292C"/>
     <w:rsid w:val="00B82AA4"/>
     <w:rsid w:val="00B873DB"/>
     <w:rsid w:val="00B87964"/>
     <w:rsid w:val="00B95D02"/>
     <w:rsid w:val="00B97FDE"/>
@@ -7124,50 +7065,51 @@
     <w:rsid w:val="00BA1068"/>
     <w:rsid w:val="00BA153B"/>
     <w:rsid w:val="00BA1A68"/>
     <w:rsid w:val="00BA1D30"/>
     <w:rsid w:val="00BA29AA"/>
     <w:rsid w:val="00BA3067"/>
     <w:rsid w:val="00BA486C"/>
     <w:rsid w:val="00BA5189"/>
     <w:rsid w:val="00BA69F9"/>
     <w:rsid w:val="00BA7A22"/>
     <w:rsid w:val="00BB0ED9"/>
     <w:rsid w:val="00BB2B09"/>
     <w:rsid w:val="00BB3A4D"/>
     <w:rsid w:val="00BB7D2D"/>
     <w:rsid w:val="00BB7F87"/>
     <w:rsid w:val="00BC240F"/>
     <w:rsid w:val="00BC259B"/>
     <w:rsid w:val="00BC4183"/>
     <w:rsid w:val="00BC5869"/>
     <w:rsid w:val="00BC58C0"/>
     <w:rsid w:val="00BC61B6"/>
     <w:rsid w:val="00BC6C99"/>
     <w:rsid w:val="00BC7E05"/>
     <w:rsid w:val="00BD05A7"/>
     <w:rsid w:val="00BD2097"/>
+    <w:rsid w:val="00BD2C0C"/>
     <w:rsid w:val="00BD4638"/>
     <w:rsid w:val="00BD493A"/>
     <w:rsid w:val="00BD4C5C"/>
     <w:rsid w:val="00BD4DFA"/>
     <w:rsid w:val="00BD6BC9"/>
     <w:rsid w:val="00BD791B"/>
     <w:rsid w:val="00BD7A98"/>
     <w:rsid w:val="00BE1D47"/>
     <w:rsid w:val="00BE2063"/>
     <w:rsid w:val="00BE581F"/>
     <w:rsid w:val="00BE6908"/>
     <w:rsid w:val="00BE7318"/>
     <w:rsid w:val="00BE7F60"/>
     <w:rsid w:val="00BF086C"/>
     <w:rsid w:val="00BF189F"/>
     <w:rsid w:val="00BF242D"/>
     <w:rsid w:val="00BF2A70"/>
     <w:rsid w:val="00BF5AC8"/>
     <w:rsid w:val="00BF6395"/>
     <w:rsid w:val="00BF7F54"/>
     <w:rsid w:val="00C01F86"/>
     <w:rsid w:val="00C02B5C"/>
     <w:rsid w:val="00C036AE"/>
     <w:rsid w:val="00C0399F"/>
     <w:rsid w:val="00C03B88"/>
@@ -7353,50 +7295,51 @@
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE6C6B"/>
     <w:rsid w:val="00DE7D05"/>
     <w:rsid w:val="00DF0249"/>
     <w:rsid w:val="00DF19AC"/>
     <w:rsid w:val="00DF3020"/>
     <w:rsid w:val="00DF3853"/>
     <w:rsid w:val="00DF429E"/>
     <w:rsid w:val="00DF4599"/>
     <w:rsid w:val="00DF4FA2"/>
     <w:rsid w:val="00DF7051"/>
     <w:rsid w:val="00DF72E3"/>
     <w:rsid w:val="00DF7A69"/>
     <w:rsid w:val="00E04377"/>
     <w:rsid w:val="00E050FC"/>
     <w:rsid w:val="00E051E8"/>
     <w:rsid w:val="00E10633"/>
     <w:rsid w:val="00E1319D"/>
     <w:rsid w:val="00E13302"/>
     <w:rsid w:val="00E135E9"/>
     <w:rsid w:val="00E13634"/>
     <w:rsid w:val="00E14074"/>
     <w:rsid w:val="00E141BB"/>
     <w:rsid w:val="00E1570C"/>
     <w:rsid w:val="00E16946"/>
+    <w:rsid w:val="00E23840"/>
     <w:rsid w:val="00E23DB3"/>
     <w:rsid w:val="00E25138"/>
     <w:rsid w:val="00E2556C"/>
     <w:rsid w:val="00E255FA"/>
     <w:rsid w:val="00E25FFB"/>
     <w:rsid w:val="00E2677D"/>
     <w:rsid w:val="00E272AD"/>
     <w:rsid w:val="00E275CF"/>
     <w:rsid w:val="00E277DE"/>
     <w:rsid w:val="00E320CB"/>
     <w:rsid w:val="00E329A5"/>
     <w:rsid w:val="00E33400"/>
     <w:rsid w:val="00E34397"/>
     <w:rsid w:val="00E35C05"/>
     <w:rsid w:val="00E35D08"/>
     <w:rsid w:val="00E4013A"/>
     <w:rsid w:val="00E40AFD"/>
     <w:rsid w:val="00E4112C"/>
     <w:rsid w:val="00E41BDA"/>
     <w:rsid w:val="00E42F42"/>
     <w:rsid w:val="00E43A5B"/>
     <w:rsid w:val="00E448A3"/>
     <w:rsid w:val="00E4573C"/>
     <w:rsid w:val="00E47A9E"/>
     <w:rsid w:val="00E50640"/>
@@ -7497,50 +7440,51 @@
     <w:rsid w:val="00F3462D"/>
     <w:rsid w:val="00F3475B"/>
     <w:rsid w:val="00F36288"/>
     <w:rsid w:val="00F423CF"/>
     <w:rsid w:val="00F42C6D"/>
     <w:rsid w:val="00F456FA"/>
     <w:rsid w:val="00F45DBB"/>
     <w:rsid w:val="00F4762C"/>
     <w:rsid w:val="00F52F43"/>
     <w:rsid w:val="00F553C9"/>
     <w:rsid w:val="00F557EC"/>
     <w:rsid w:val="00F55D99"/>
     <w:rsid w:val="00F566A5"/>
     <w:rsid w:val="00F61474"/>
     <w:rsid w:val="00F62B1B"/>
     <w:rsid w:val="00F62DC1"/>
     <w:rsid w:val="00F63A45"/>
     <w:rsid w:val="00F6701F"/>
     <w:rsid w:val="00F67D9A"/>
     <w:rsid w:val="00F71CF0"/>
     <w:rsid w:val="00F77035"/>
     <w:rsid w:val="00F81976"/>
     <w:rsid w:val="00F834CF"/>
     <w:rsid w:val="00F8587F"/>
     <w:rsid w:val="00F90D89"/>
+    <w:rsid w:val="00F91DE9"/>
     <w:rsid w:val="00F92D78"/>
     <w:rsid w:val="00F92E75"/>
     <w:rsid w:val="00F976D2"/>
     <w:rsid w:val="00FA0C52"/>
     <w:rsid w:val="00FA1A36"/>
     <w:rsid w:val="00FA207E"/>
     <w:rsid w:val="00FA2705"/>
     <w:rsid w:val="00FA32B4"/>
     <w:rsid w:val="00FA3B82"/>
     <w:rsid w:val="00FA52DB"/>
     <w:rsid w:val="00FA59F6"/>
     <w:rsid w:val="00FA646D"/>
     <w:rsid w:val="00FB2D50"/>
     <w:rsid w:val="00FB408E"/>
     <w:rsid w:val="00FB4AA9"/>
     <w:rsid w:val="00FB6A24"/>
     <w:rsid w:val="00FB73C1"/>
     <w:rsid w:val="00FC1AB0"/>
     <w:rsid w:val="00FC1EED"/>
     <w:rsid w:val="00FC4A32"/>
     <w:rsid w:val="00FC53C8"/>
     <w:rsid w:val="00FC632B"/>
     <w:rsid w:val="00FD1A44"/>
     <w:rsid w:val="00FD2DB8"/>
     <w:rsid w:val="00FD39BD"/>
@@ -9089,52 +9033,52 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="頁首 字元"/>
     <w:link w:val="a7"/>
     <w:rsid w:val="00C93858"/>
     <w:rPr>
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="affe">
     <w:name w:val="清單段落 字元"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="affd"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="008977DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afff2">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="29">
+    <w:name w:val="未解析的提及2"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD1A44"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="頁尾 字元"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00861387"/>
     <w:rPr>
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -9507,51 +9451,51 @@
     <w:div w:id="2095468355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9814,67 +9758,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0464664B-B9B7-4598-A696-B89690DE6828}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D93CBA5E-B6BE-46D5-B20F-F93F2B72F115}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>128</Words>
-  <Characters>733</Characters>
+  <Words>634</Words>
+  <Characters>227</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>65549</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.ssi.org.tw/sich2025/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>