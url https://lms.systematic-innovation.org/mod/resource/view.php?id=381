--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -7,8232 +7,8503 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FBFBFB"/>
   <w:body>
-    <w:p w14:paraId="230FADAC" w14:textId="77777777" w:rsidR="00AB5B29" w:rsidRPr="00736100" w:rsidRDefault="00582B98" w:rsidP="009904C3">
+    <w:p w14:paraId="01325A0F" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00D1259F" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...71 lines deleted...]
-          <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00582B98" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00582B98" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidR="00F150DA" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>十八</w:t>
+      </w:r>
+      <w:r w:rsidR="00582B98" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>屆系統性創新</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5B29" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>研討會與</w:t>
+      </w:r>
+      <w:r w:rsidR="00582B98" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>專案競賽</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>中學組</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4DEF" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>專案競賽</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>專用</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60584839" w14:textId="599152D2" w:rsidR="004A7529" w:rsidRPr="00736100" w:rsidRDefault="004A7529" w:rsidP="009904C3">
+    <w:p w14:paraId="03B58FE0" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="006C56BD" w:rsidRDefault="004A7529" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>網站</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="009F0CB4" w:rsidRPr="00736100">
+        <w:r w:rsidR="009F0CB4" w:rsidRPr="006C56BD">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://www.ssi.org.tw/sich2026/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35D79C95" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="00736100" w:rsidRDefault="004A7529" w:rsidP="009904C3">
+    <w:p w14:paraId="675D2E1C" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="006C56BD" w:rsidRDefault="004A7529" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>信箱</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00A2629B" w:rsidRPr="00736100">
+        <w:r w:rsidR="00A2629B" w:rsidRPr="006C56BD">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>sich@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B9ECCDB" w14:textId="652414CE" w:rsidR="004A7529" w:rsidRPr="00736100" w:rsidRDefault="00F9306E" w:rsidP="009904C3">
+    <w:p w14:paraId="7CBED42C" w14:textId="77777777" w:rsidR="003B4DEF" w:rsidRPr="006C56BD" w:rsidRDefault="003B4DEF" w:rsidP="003B4DEF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
+        <w:ind w:left="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213141865"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk59790213"/>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2026/1/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A467CA" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>六</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>地點</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>國立成功大學</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:color w:val="0000FF"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2026/01/1</w:t>
-[...5 lines deleted...]
-          <w:color w:val="0000FF"/>
+        <w:t>中學組專案競賽</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...75 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004A7529" w:rsidRPr="00736100">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6CC927CC" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="00736100" w:rsidRDefault="00EA7068" w:rsidP="009904C3">
+    <w:p w14:paraId="3FDEA16F" w14:textId="77777777" w:rsidR="003B4DEF" w:rsidRPr="006C56BD" w:rsidRDefault="003B4DEF" w:rsidP="003B4DEF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
-        <w:ind w:leftChars="200" w:left="480"/>
+        <w:ind w:left="960"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C48B8D3" w14:textId="77777777" w:rsidR="002D5648" w:rsidRPr="00736100" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
+    <w:p w14:paraId="2162E855" w14:textId="77777777" w:rsidR="00AF0295" w:rsidRPr="00DD0C1B" w:rsidRDefault="00AF0295" w:rsidP="00AF0295">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0C1B">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>主辦單位：中華系統性創新學會、國立高雄餐旅大學餐旅學院</w:t>
+        <w:t>主辦單位：中華系統性創新學會、國立高雄餐旅大學餐旅暨會展行銷管理系</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9E7098" w14:textId="0DFA3628" w:rsidR="00B13D33" w:rsidRPr="00736100" w:rsidRDefault="00B13D33" w:rsidP="00B13D33">
-[...34 lines deleted...]
-    <w:p w14:paraId="1B8D8623" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="00736100" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
+    <w:p w14:paraId="5040209F" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="006C56BD" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>指導單位：國科會工程處工程科技推展中心</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F05190" w14:textId="7B1501CE" w:rsidR="002D5648" w:rsidRPr="00736100" w:rsidRDefault="00EA7068" w:rsidP="00C91FA4">
+    <w:p w14:paraId="473055FE" w14:textId="03B5EC89" w:rsidR="002D5648" w:rsidRPr="006C56BD" w:rsidRDefault="00EA7068" w:rsidP="00C91FA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>協辦單位：國際創新方法學會、國立清華大學工業工程與工程管理學系</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidR="00A76339" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidR="00567D0E" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00567D0E" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00654A49" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>成功大學數位生活科技研發中心</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBD72EE" w14:textId="228F4B69" w:rsidR="00EA7068" w:rsidRPr="00736100" w:rsidRDefault="002D5648" w:rsidP="002D5648">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="245FD022" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="006C56BD" w:rsidRDefault="002D5648" w:rsidP="002D5648">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="960"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C3D0AB" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="00736100" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
+    <w:p w14:paraId="0AC0808C" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk59790224"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>系統性創新介紹</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082902D8" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="00736100" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
+    <w:p w14:paraId="16102652" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>系統性創新（</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Systematic Innovation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>）是一門通過系統化方法來產生創新和創意的科學，旨在辨識機會並系統性地解決問題。這門學問的基礎來自對歷史上創新方法與自然界創新原理的深入研究，並將這些知識系統化，以便在產品和服務的創新、工程問題的解決、管理策略的制定以及專利管理等方面得到廣泛應用。系統性創新已成為現代企業提升競爭力、逆勢成長的有力工具，也是個人職業發展和學習的重要助力。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285EE054" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="00736100" w:rsidRDefault="009904C3" w:rsidP="009904C3">
+    <w:p w14:paraId="049AD8C1" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="006C56BD" w:rsidRDefault="009904C3" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AD0B168" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="00736100" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
+    <w:p w14:paraId="437A2A19" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>研討會舉辦主旨</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1332DA25" w14:textId="4D5E2CC6" w:rsidR="00E03BC6" w:rsidRPr="00736100" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
+    <w:p w14:paraId="66B4B86D" w14:textId="222F3263" w:rsidR="00D1259F" w:rsidRPr="006C56BD" w:rsidRDefault="00E03BC6" w:rsidP="00D83B08">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>此次研討會旨在全面推廣系統性創新方法的研究與應用，並建立一個高效的技術交流平臺。自</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2008</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>年第一屆中華系統性創新研討會在清華大學舉辦以來，本研討會已連續</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009F0CB4" w:rsidRPr="00736100">
+      <w:r w:rsidR="009F0CB4" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>年成為全國系統性創新領域的重要盛會</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>，每年吸引來自學術界與產業界的專家學者共同參與，致力於推動系統性創新的技術發展與實踐應用。藉此機會，我們希望促進系統性創新專業技術的蓬勃發展，從而顯著提升個人、教育界及產業界的創新能力和競爭優勢。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E77E7B" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="00736100" w:rsidRDefault="009904C3" w:rsidP="009904C3">
+    <w:p w14:paraId="3E140BA2" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="006C56BD" w:rsidRDefault="009904C3" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BEC01A2" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="00736100" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...218 lines deleted...]
-    <w:p w14:paraId="1624032D" w14:textId="20492BD7" w:rsidR="00E03BC6" w:rsidRPr="00736100" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
+    <w:p w14:paraId="220F1E1F" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>專案競賽主題</w:t>
       </w:r>
-      <w:r w:rsidR="00C81647" w:rsidRPr="00736100">
+      <w:r w:rsidR="00C81647" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D3072" w:rsidRPr="00736100">
+      <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008D3072" w:rsidRPr="00736100">
+      <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>中學組</w:t>
       </w:r>
-      <w:r w:rsidR="008D3072" w:rsidRPr="00736100">
+      <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="7E9A95A2" w14:textId="50B64B57" w:rsidR="00182A8E" w:rsidRPr="00736100" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
+    <w:p w14:paraId="39033DB0" w14:textId="431EAFE3" w:rsidR="00182A8E" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>為了促進系統化創新方法的應用與推廣，中華系統性創新學會特別舉辦</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-          <w:color w:val="EE0000"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>全國系統化創新專案競賽</w:t>
       </w:r>
-      <w:r w:rsidR="008D3072" w:rsidRPr="00736100">
+      <w:r w:rsidR="00A819A8" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>中學組</w:t>
+      </w:r>
+      <w:r w:rsidR="00A819A8" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...1 lines deleted...]
-        <w:t>。此專案競賽之目的主要在推廣與分享系統性創新方法，並協助參賽者之創新成果的發表與加值，作者可選擇以下任一類別參賽。</w:t>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>此專案競賽之目的主要在推廣與分享系統性創新方法，並協助參賽者之創新成果的發表與加值，作者可選擇以下任一類別參賽。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314FE098" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00340F9E">
+    <w:p w14:paraId="4C626C24" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00340F9E">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58CD3ED2" w14:textId="52FF472C" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
+    <w:p w14:paraId="76DB8DCC" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:rightChars="192" w:right="461"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
-      <w:r w:rsidR="00C81647" w:rsidRPr="00736100">
+      <w:r w:rsidR="00C81647" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>專案競賽</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>作品類別：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F84A010" w14:textId="367B1F24" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="5FDBBA74" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>第一類</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>系統性創新</w:t>
       </w:r>
-      <w:r w:rsidR="00AB5B29" w:rsidRPr="00736100">
+      <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>方法</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>組</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFD3CF6" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="0B8CCAFC" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>作品必須包含系統性創新方法的四大階段</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>問題定義、問題分析、求解、解答評估</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>與各階段對應工具（如主價值分析、時間空間分析、介面分析、發明原則、科學效應知識庫等）提出具有創意與實用性的創新專案。專案若包含永續減碳</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(SDGs/ESG)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>、高齡健康照護、</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>AI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>人工智慧應用</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>等新趨勢議題尤佳。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37187738" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="3353ED08" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>評分標準如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A26E9E" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="35B90A53" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>系統性創新方法與流程</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(30%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327A83FB" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="16CDD165" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>工具使用合理性與創新性</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(30%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21261332" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="70E6CEDA" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>簡報與答辯的表現</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(30%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBB24ED" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="619A861E" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>商品化可行性或成果的完整性</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(10%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4284880A" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="00180FBC" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7163CFB5" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="362042D0" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>第二類</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>系統性創新實作組</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D24380F" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="0EB00327" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>作品必須包含第一類</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>系統性創新方法組的要求並有實作</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>實體</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>虛擬</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>虛實整合皆可</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>模型者</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1187611B" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="1175AB43" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>評分標準如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A5117E" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="6A37F6BD" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>系統性創新方法與流程</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(25%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049CC999" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="0001A2DB" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>工具使用合理性與創新性</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(25%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEE9640" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="59D15824" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>簡報與答辯的表現</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(20%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1506DA69" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="4F2F39D7" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>實作模型的設計與製造過程及成果的展示與說明</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(30%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F5BAB9" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="61CACFDC" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6809171B" w14:textId="53213C24" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="3C951432" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>第三類</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>其他創新方法</w:t>
       </w:r>
-      <w:r w:rsidR="00AB5B29" w:rsidRPr="00736100">
+      <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>與</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>實作組</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC86716" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="3E34A3DF" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>範圍含有關所有創新方法的專案，不限</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>TRIZ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>或任何創新手法。含各種應用內容，只要是有應用性及創新思惟模式之專案作品皆歡迎，亦可包含永續減碳</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(SDGs/ESG);</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>高齡健康照護</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>人工智慧應用</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>等新趨勢議題或有專利相關成果尤佳。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06278FA3" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="047F7676" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>評分標準如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BE0F1F" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="28F0352E" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>創新方法與流程</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">(30%) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3456E6DD" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="2234F4EA" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>簡報與答辯的表現</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(30%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11031F70" w14:textId="04E37485" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+    <w:p w14:paraId="64A46842" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>構想之商品化可行性、成果的完整性</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>(40%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E6D8A8" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="008E1BFB">
+    <w:p w14:paraId="12408F1C" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="008E1BFB">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
         <w:ind w:left="170" w:rightChars="192" w:right="461" w:firstLineChars="106" w:firstLine="276"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3206A3" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="00736100" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
+    <w:p w14:paraId="51BEE48F" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:rightChars="192" w:right="461"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>競賽特色：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D35487A" w14:textId="777F8A11" w:rsidR="00182A8E" w:rsidRPr="00736100" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
+    <w:p w14:paraId="2353356A" w14:textId="77777777" w:rsidR="00D1259F" w:rsidRPr="006C56BD" w:rsidRDefault="00D1259F" w:rsidP="00D1259F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>範圍含有關所有創新方法的專案，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>不限</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TRIZ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>或任何創新手法。含各種</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00AC1744" w:rsidRPr="00736100">
+        <w:t>或任何創新手法。含各種應用內容</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>，只要是有應用性及創新思惟模式之專案作品皆歡迎，</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="00736100">
+        <w:t>，只要是有應用性及創新思惟模式之專案作品皆歡迎，亦可包含永續減碳</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>亦可包含永續減碳</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="00736100">
+        <w:t>(SDGs/ESG);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(SDGs/ESG);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="00736100">
+        <w:t>高齡健康照護</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>高齡健康照護</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="00736100">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="00736100">
+        <w:t>人工智慧應用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>人工智慧應用</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="00736100">
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>..</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>等新趨勢議題尤佳。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502A2435" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="00736100" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
+    <w:p w14:paraId="4A34F9D3" w14:textId="77777777" w:rsidR="00D1259F" w:rsidRPr="006C56BD" w:rsidRDefault="00D1259F" w:rsidP="00D1259F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>專案作品評估準則：結果與流程或思惟模式並重。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730F8A67" w14:textId="14C6C727" w:rsidR="00182A8E" w:rsidRPr="00736100" w:rsidRDefault="004A7529" w:rsidP="00BB007F">
+    <w:p w14:paraId="6D60F714" w14:textId="77777777" w:rsidR="00D1259F" w:rsidRPr="006C56BD" w:rsidRDefault="00D1259F" w:rsidP="00D1259F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
-[...48 lines deleted...]
-      <w:r w:rsidR="00F23D3D" w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>擇優</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        <w:t>參與組別人員須</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>全部為中學或五專同學，組員成員不得有老師</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>由中華系統性創新學會推薦參加</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF3BBE4" w14:textId="7375BC76" w:rsidR="00D1259F" w:rsidRPr="006B255A" w:rsidRDefault="00D1259F" w:rsidP="00D1259F">
+      <w:pPr>
+        <w:pStyle w:val="affc"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00582B98" w:rsidRPr="00736100">
+      </w:pPr>
+      <w:r w:rsidRPr="006B255A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        <w:t>專案競賽通過者，</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>主辦單位將通知參賽者進行</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83B08" w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>專案競賽</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>現場報告</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>（現場報告者</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5050D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>將</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83B08">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>頒發</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5050D" w:rsidRPr="00E5050D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>出席證明</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>將由專業評審審查，依品質評分頒布</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>金牌、銀牌、銅牌或佳作</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>。除此之外，參賽得獎作品將由中華系統性創新學會推薦參加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>月份在國立清華大學舉辦的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>全球系統性創新競賽</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006B255A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(GCSI)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        <w:t>(GCSI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B255A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12673272" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00582B98">
+    <w:p w14:paraId="107BFCF6" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00582B98">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73F9C7A4" w14:textId="42EE48DE" w:rsidR="00182A8E" w:rsidRPr="00736100" w:rsidRDefault="004A7529" w:rsidP="00BB007F">
+    <w:p w14:paraId="66207F16" w14:textId="77777777" w:rsidR="00A33E78" w:rsidRPr="00D83B08" w:rsidRDefault="00A33E78" w:rsidP="00A33E78">
+      <w:pPr>
+        <w:pStyle w:val="affc"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:leftChars="0" w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>因應中學學生課業與時間準備將延長投稿期限，相關延長日期如下</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83B08">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B860AA" w14:textId="7C1A3903" w:rsidR="00A33E78" w:rsidRPr="009E5A51" w:rsidRDefault="00A33E78" w:rsidP="00A33E78">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>專案競賽重要</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00182A8E" w:rsidRPr="00736100">
+        <w:t>中學組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5A51">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>日期</w:t>
+        <w:t>專案競賽重要日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5A51">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5007"/>
-        <w:gridCol w:w="4773"/>
+        <w:gridCol w:w="5211"/>
+        <w:gridCol w:w="3972"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000446A5" w:rsidRPr="00736100" w14:paraId="4B41FB1F" w14:textId="77777777" w:rsidTr="00C81647">
+      <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="1207B03E" w14:textId="77777777" w:rsidTr="00D83B08">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5007" w:type="dxa"/>
+            <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39C18D7B" w14:textId="4A6E504E" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="4760FBED" w14:textId="5BE9BCBD" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk209445246"/>
-[...2 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表提交截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="515D6B91" w14:textId="26B75C34" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="6EAD8657" w14:textId="449C0562" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk209444938"/>
-[...34 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/12/22(星期一)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000446A5" w:rsidRPr="00736100" w14:paraId="4B0FA113" w14:textId="77777777" w:rsidTr="00C81647">
+      <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="7AFBB9F1" w14:textId="77777777" w:rsidTr="00D83B08">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5007" w:type="dxa"/>
+            <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4BA7CF" w14:textId="050B8A25" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="4C00FF15" w14:textId="5FBFE722" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表審查結果通知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7177FC" w14:textId="766AB7A6" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="5D46AA2F" w14:textId="0824ECDC" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Hlk209444828"/>
-[...34 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/12/29(星期一)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000446A5" w:rsidRPr="00736100" w14:paraId="2FD59C76" w14:textId="77777777" w:rsidTr="00C81647">
+      <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="2813E1AD" w14:textId="77777777" w:rsidTr="00D83B08">
+        <w:trPr>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5007" w:type="dxa"/>
+            <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0417CBC3" w14:textId="43B3AA05" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
-[...26 lines deleted...]
-          <w:p w14:paraId="1FF0AF70" w14:textId="549D14B8" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="26194FD5" w14:textId="0AD04D73" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
-[...9 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>（星期五）</w:t>
+              <w:t>早鳥註冊繳費截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5007" w:type="dxa"/>
+            <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E01756" w14:textId="599EFF44" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="34186CD4" w14:textId="2E8A3BCD" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
-              </w:rPr>
-              <w:t>研討會舉行日期</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/12/31(星期三)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="742D1C54" w14:textId="77777777" w:rsidTr="00D83B08">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5211" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC56977" w14:textId="44D12C3E" w:rsidR="00493685" w:rsidRPr="00D83B08" w:rsidRDefault="00493685" w:rsidP="00493685">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>中學組</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>專案競賽</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>報告 / 國立成功大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEC0820" w14:textId="2AAFE4BC" w:rsidR="000446A5" w:rsidRPr="00736100" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="396BB5E0" w14:textId="05C51AFF" w:rsidR="00493685" w:rsidRPr="00D83B08" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
-[...57 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>（星期六</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+              <w:t>2026/01/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>日</w:t>
-[...9 lines deleted...]
-              <w:t>）</w:t>
+              <w:t>（星期六）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="20EB4775" w14:textId="77777777" w:rsidR="00A7594B" w:rsidRPr="00736100" w:rsidRDefault="00A7594B" w:rsidP="00090483">
+    <w:p w14:paraId="7C9E75F7" w14:textId="77777777" w:rsidR="00A33E78" w:rsidRPr="006C56BD" w:rsidRDefault="00A33E78" w:rsidP="00090483">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="197530AA" w14:textId="624A422A" w:rsidR="009904C3" w:rsidRPr="00736100" w:rsidRDefault="009904C3" w:rsidP="00BB007F">
+    <w:p w14:paraId="1D1AA5E4" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="006C56BD" w:rsidRDefault="009904C3" w:rsidP="00BB007F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>研討會報名</w:t>
       </w:r>
+      <w:r w:rsidR="00136F7F" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>表</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3FD8BB94" w14:textId="192CFEC9" w:rsidR="00182A8E" w:rsidRPr="00736100" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+    <w:p w14:paraId="225ADC91" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="006C56BD" w:rsidRDefault="00A00659" w:rsidP="009904C3">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>報名方式</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>請上網登記註冊</w:t>
       </w:r>
-      <w:r w:rsidR="009904C3" w:rsidRPr="00736100">
+      <w:r w:rsidR="009904C3" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>，或填寫此報名表回傳。線上</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>報名連結</w:t>
       </w:r>
-      <w:r w:rsidR="00C85504" w:rsidRPr="00736100">
+      <w:r w:rsidR="00C85504" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
-[...34 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="006C56BD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00E4305B" w:rsidRPr="006C56BD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>202</w:t>
+        </w:r>
+        <w:r w:rsidR="00582B98" w:rsidRPr="006C56BD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="00E4305B" w:rsidRPr="006C56BD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>系統性創新研討會註冊</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78A10417" w14:textId="77777777" w:rsidR="00C6570A" w:rsidRPr="00736100" w:rsidRDefault="00C6570A" w:rsidP="009904C3">
-[...9 lines deleted...]
-    <w:p w14:paraId="5426D2B3" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="00736100" w:rsidRDefault="00A00659" w:rsidP="00AE2562">
+    <w:p w14:paraId="12CC7E1F" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="006C56BD" w:rsidRDefault="00A00659" w:rsidP="00AE2562">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>◎</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>聯絡單位</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>中華系統性創新學會</w:t>
       </w:r>
-      <w:r w:rsidR="00C6570A" w:rsidRPr="00736100">
+      <w:r w:rsidR="00C6570A" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2562" w:rsidRPr="00736100">
+      <w:r w:rsidR="00AE2562" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>◎</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>連絡電話</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: 03-5723200 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41327A88" w14:textId="2377DC64" w:rsidR="008C4C84" w:rsidRPr="00736100" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+    <w:p w14:paraId="4A0F1DC3" w14:textId="77777777" w:rsidR="008C4C84" w:rsidRPr="006C56BD" w:rsidRDefault="00A00659" w:rsidP="009904C3">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>◎</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>研討會信箱</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00582B98" w:rsidRPr="00736100">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00582B98" w:rsidRPr="006C56BD">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>sich@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AE2562" w:rsidRPr="00736100">
+      <w:r w:rsidR="00AE2562" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2562" w:rsidRPr="00736100">
+      <w:r w:rsidR="00AE2562" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>◎</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>報名成功者，主辦單位將以電子郵件方式告知</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00980368" w:rsidRPr="00736100" w14:paraId="6F3D50AB" w14:textId="77777777" w:rsidTr="006C504C">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="2BD4D7B1" w14:textId="77777777" w:rsidTr="006C504C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF6057C" w14:textId="26CA3F9E" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00AB5B29">
+          <w:p w14:paraId="40F5AC03" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00AB5B29">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新專案競賽</w:t>
             </w:r>
-            <w:r w:rsidR="008E0D33" w:rsidRPr="00736100">
+            <w:r w:rsidR="008E0D33" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>註冊</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>報名表</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5B29" w:rsidRPr="00736100">
+            <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5B29" w:rsidRPr="00736100">
+            <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>中學組</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5B29" w:rsidRPr="00736100">
+            <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>專用</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5B29" w:rsidRPr="00736100">
+            <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2145"/>
+        <w:gridCol w:w="2003"/>
         <w:gridCol w:w="2698"/>
         <w:gridCol w:w="1697"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00980368" w:rsidRPr="00736100" w14:paraId="46B24096" w14:textId="77777777" w:rsidTr="00310533">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="33BCEE7A" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4C9C3F" w14:textId="38A280B0" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="00AB5B29">
+          <w:p w14:paraId="1F636AA8" w14:textId="37A30D84" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="00AB5B29">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>組長</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidR="00980368" w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>姓名</w:t>
+            </w:r>
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+              <w:t>*(</w:t>
+            </w:r>
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
-              <w:t>*(</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>必填</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C12D48E" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="43FF8234" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B33B362" w14:textId="24A6193F" w:rsidR="00AB5B29" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="3C32D032" w14:textId="77777777" w:rsidR="00AB5B29" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>報名組別</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E0AD945" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="0469D6B3" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>請勾選</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79714A36" w14:textId="613E0DD9" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="008322F3">
+          <w:p w14:paraId="6B5E3DE8" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9409F4" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="1979E5EB" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>系統性創新方法組</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DB1336E" w14:textId="71D102B6" w:rsidR="00AB5B29" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="74762CED" w14:textId="77777777" w:rsidR="00AB5B29" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>系統性創新實作組</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A38F8ED" w14:textId="7A61F0E2" w:rsidR="00AB5B29" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="74A68804" w14:textId="77777777" w:rsidR="00AB5B29" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>其他創新方法與實作組</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980368" w:rsidRPr="00736100" w14:paraId="1BE54EE2" w14:textId="77777777" w:rsidTr="00310533">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="55A8A0A3" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F64A5F1" w14:textId="6D10EFCF" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="72157CE2" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>名稱</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>*(</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="133ED42A" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="3D64DDA4" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5DF8EA" w14:textId="4FBDF490" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="6197BA03" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>*(</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2328E8" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="14C7F257" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980368" w:rsidRPr="00736100" w14:paraId="2080082E" w14:textId="77777777" w:rsidTr="00310533">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="181D957F" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="470FFEA8" w14:textId="037D45DB" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00FA048F" w:rsidP="008322F3">
+          <w:p w14:paraId="41276D6C" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00FA048F" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>行動電話</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA9429B" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="209DAAC4" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376D0A67" w14:textId="1FCFE540" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00FA048F" w:rsidP="008322F3">
+          <w:p w14:paraId="5BACF592" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00FA048F" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>e-mail *</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
-            <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D34DFF1" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="1555D01D" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980368" w:rsidRPr="00736100" w14:paraId="3A11094E" w14:textId="77777777" w:rsidTr="00310533">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="21A0DAEC" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA0BBBE" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="41FCDC03" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>收據抬頭</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="344F4C5A" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="1C9145BE" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6130FADA" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="0C2D5E06" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>統一編號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F145516" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="00736100" w:rsidRDefault="00980368" w:rsidP="008322F3">
+          <w:p w14:paraId="437CB10B" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9939" w:type="dxa"/>
+        <w:tblW w:w="9824" w:type="dxa"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2552"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3418"/>
+        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="2651"/>
+        <w:gridCol w:w="3303"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00256042" w:rsidRPr="00736100" w14:paraId="251FAD92" w14:textId="77777777" w:rsidTr="008E0D33">
+      <w:tr w:rsidR="00256042" w:rsidRPr="006C56BD" w14:paraId="3AE3CCC8" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3870" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58ACDF5F" w14:textId="450E7144" w:rsidR="00256042" w:rsidRPr="00736100" w:rsidRDefault="00256042" w:rsidP="00817589">
+          <w:p w14:paraId="32FB671A" w14:textId="77777777" w:rsidR="00256042" w:rsidRPr="006C56BD" w:rsidRDefault="00256042" w:rsidP="00817589">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="257" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>參加者身分註冊費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="2651" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0220EA" w14:textId="561C10DF" w:rsidR="00256042" w:rsidRPr="00736100" w:rsidRDefault="00256042" w:rsidP="00256042">
+          <w:p w14:paraId="71AF2257" w14:textId="77777777" w:rsidR="00256042" w:rsidRPr="006C56BD" w:rsidRDefault="00256042" w:rsidP="00256042">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>一般期間</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3418" w:type="dxa"/>
+            <w:tcW w:w="3303" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB5B64F" w14:textId="0DC02CAE" w:rsidR="00256042" w:rsidRPr="00736100" w:rsidRDefault="00256042" w:rsidP="00256042">
+          <w:p w14:paraId="66C551E6" w14:textId="5AEB8F55" w:rsidR="00256042" w:rsidRPr="006C56BD" w:rsidRDefault="00256042" w:rsidP="00256042">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>早鳥繳費註冊截止</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>2025/12/19</w:t>
+              <w:t>2025/12/</w:t>
+            </w:r>
+            <w:r w:rsidR="00493685">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00500316" w:rsidRPr="00736100" w14:paraId="0C61C04F" w14:textId="77777777" w:rsidTr="008E0D33">
+      <w:tr w:rsidR="00500316" w:rsidRPr="006C56BD" w14:paraId="21A1A801" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3870" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BEEDFFF" w14:textId="77777777" w:rsidR="008E0D33" w:rsidRPr="00736100" w:rsidRDefault="00500316" w:rsidP="00817589">
+          <w:p w14:paraId="5033E188" w14:textId="77777777" w:rsidR="008E0D33" w:rsidRPr="006C56BD" w:rsidRDefault="00500316" w:rsidP="00817589">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="257" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>專案競賽</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1727615F" w14:textId="6EAA0781" w:rsidR="0067720C" w:rsidRPr="00736100" w:rsidRDefault="00500316" w:rsidP="008E0D33">
+          <w:p w14:paraId="7160062E" w14:textId="77777777" w:rsidR="0067720C" w:rsidRPr="006C56BD" w:rsidRDefault="00500316" w:rsidP="008E0D33">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>（每件</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5839" w:rsidRPr="00736100">
+            <w:r w:rsidR="00AB5839" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5839" w:rsidRPr="00736100">
+            <w:r w:rsidR="00AB5839" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>中學組</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="2651" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="018A400B" w14:textId="1C5AC01D" w:rsidR="00500316" w:rsidRPr="00736100" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
+          <w:p w14:paraId="0BDA0282" w14:textId="77777777" w:rsidR="00500316" w:rsidRPr="006C56BD" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidR="00500316" w:rsidRPr="00736100">
+            <w:r w:rsidR="00500316" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> $3,500</w:t>
             </w:r>
-            <w:r w:rsidR="009F172E" w:rsidRPr="00736100">
+            <w:r w:rsidR="009F172E" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009F172E" w:rsidRPr="00736100">
+            <w:r w:rsidR="009F172E" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="009F172E" w:rsidRPr="00736100">
+            <w:r w:rsidR="009F172E" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>組員</w:t>
             </w:r>
-            <w:r w:rsidR="009F172E" w:rsidRPr="00736100">
+            <w:r w:rsidR="009F172E" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="009F172E" w:rsidRPr="00736100">
+            <w:r w:rsidR="009F172E" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>人以下</w:t>
             </w:r>
-            <w:r w:rsidR="009F172E" w:rsidRPr="00736100">
+            <w:r w:rsidR="009F172E" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="140ECB4D" w14:textId="7C68F0DA" w:rsidR="0067720C" w:rsidRPr="00736100" w:rsidRDefault="009F172E" w:rsidP="009F172E">
+          <w:p w14:paraId="459EE901" w14:textId="77777777" w:rsidR="0067720C" w:rsidRPr="006C56BD" w:rsidRDefault="009F172E" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>□ $4,500</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>組員</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
-            <w:r w:rsidR="0067720C" w:rsidRPr="00736100">
+            <w:r w:rsidR="0067720C" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3418" w:type="dxa"/>
+            <w:tcW w:w="3303" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D54469E" w14:textId="67FF2D6C" w:rsidR="009F172E" w:rsidRPr="00736100" w:rsidRDefault="009F172E" w:rsidP="009F172E">
+          <w:p w14:paraId="7C5D928B" w14:textId="77777777" w:rsidR="009F172E" w:rsidRPr="006C56BD" w:rsidRDefault="009F172E" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">□ $3,000 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>組員</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>人以下</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B3787CE" w14:textId="785F1899" w:rsidR="0067720C" w:rsidRPr="00736100" w:rsidRDefault="009F172E" w:rsidP="009F172E">
+          <w:p w14:paraId="2CCBCDC4" w14:textId="77777777" w:rsidR="0067720C" w:rsidRPr="006C56BD" w:rsidRDefault="009F172E" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>□ $4,000</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>組員</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00500316" w:rsidRPr="00736100" w14:paraId="60A4D9FB" w14:textId="77777777" w:rsidTr="006C504C">
+      <w:tr w:rsidR="00655B81" w:rsidRPr="006C56BD" w14:paraId="66EE59A9" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1666"/>
+          <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9939" w:type="dxa"/>
+            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC74D6F" w14:textId="1E7F42BF" w:rsidR="00655B81" w:rsidRPr="006C56BD" w:rsidRDefault="00655B81" w:rsidP="00817589">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="257" w:firstLine="27"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>中學組同學的</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B81">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>家屬</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>或</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B81">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>指導老師</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>參加</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2651" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF271DE" w14:textId="55EBC1CD" w:rsidR="00655B81" w:rsidRPr="006C56BD" w:rsidRDefault="00655B81" w:rsidP="009F172E">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>00/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3303" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="020723A0" w14:textId="6176C121" w:rsidR="00655B81" w:rsidRPr="006C56BD" w:rsidRDefault="00655B81" w:rsidP="009F172E">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>$500/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00500316" w:rsidRPr="006C56BD" w14:paraId="5A8D52A5" w14:textId="77777777" w:rsidTr="00644FFE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="2220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9824" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F45F006" w14:textId="21F2B81B" w:rsidR="00500316" w:rsidRPr="00736100" w:rsidRDefault="00500316" w:rsidP="00BB007F">
+          <w:p w14:paraId="51B6F2FF" w14:textId="77777777" w:rsidR="00500316" w:rsidRPr="00BA0706" w:rsidRDefault="00500316" w:rsidP="00BB007F">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="396" w:hanging="196"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00736100">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1259F" w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00736100">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>為鼓勵團隊合作精神與組內成員的充分貢獻，報名以組為單位，每組３人以下為原則，但以不超過</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00736100">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>人為限。</w:t>
             </w:r>
+            <w:r w:rsidR="00D1259F" w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>參與組別人員須全部為中學或五專同學，組員成員不得有老師</w:t>
+            </w:r>
+            <w:r w:rsidR="00835DD3" w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="39CBF5E3" w14:textId="6854D398" w:rsidR="00500316" w:rsidRPr="00736100" w:rsidRDefault="00500316" w:rsidP="007209DC">
+          <w:p w14:paraId="472F725B" w14:textId="77777777" w:rsidR="00500316" w:rsidRPr="00BA0706" w:rsidRDefault="00500316" w:rsidP="007209DC">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="396" w:hanging="196"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00256042" w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>專案註冊費含會議資料</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB5839" w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>組</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>份</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>、參加者每人皆可領取午餐、享用茶點</w:t>
+            </w:r>
+            <w:r w:rsidR="00F23D3D" w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72950929" w14:textId="0C068667" w:rsidR="00D83B08" w:rsidRPr="00D83B08" w:rsidRDefault="00655B81" w:rsidP="00D83B08">
+            <w:pPr>
+              <w:pStyle w:val="affc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:leftChars="0" w:left="396" w:hanging="196"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...75 lines deleted...]
-            <w:r w:rsidR="007209DC" w:rsidRPr="00736100">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F23D3D" w:rsidRPr="00736100">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>中學組參賽同學之</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>並旁聽系統性創新研討會。</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>家屬</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>或</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>指導老師</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>若出席現場會議，將酌收參與費用。每位與會者皆可領取午餐並享用茶點。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81647" w:rsidRPr="00736100" w14:paraId="51E5339B" w14:textId="77777777" w:rsidTr="006C504C">
+      <w:tr w:rsidR="00C81647" w:rsidRPr="006C56BD" w14:paraId="0FD9EA90" w14:textId="77777777" w:rsidTr="00644FFE">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1666"/>
+          <w:trHeight w:val="2134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9939" w:type="dxa"/>
+            <w:tcW w:w="9824" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06898C1B" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+          <w:p w14:paraId="7AA85B61" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>付款方式</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65D09A75" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+          <w:p w14:paraId="27C69778" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>匯款</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">/ATM: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>兆豐國際商業銀行</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>竹科新安分行，</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54B3D164" w14:textId="455C27BB" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+          <w:p w14:paraId="08AD9A8F" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>總行代號</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">: 017 , </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>分行號碼</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="38"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0206</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>帳號：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>020-09-10136-1    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>戶名：中華系統性創新學會</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1174D9CC" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+          <w:p w14:paraId="070F09C3" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:ind w:leftChars="105" w:left="252"/>
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00736100">
+              <w:t>完成轉帳者</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>完成轉帳者</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00736100">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00736100">
+              <w:t>請將繳費匯款證明或轉帳後五碼</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>請將繳費匯款證明或轉帳後五碼</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00736100">
+              <w:t xml:space="preserve">e-mail </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-mail </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00736100">
+              <w:t>至</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>至</w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00736100">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="006C56BD">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>sich@ssi.org.tw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5274476E" w14:textId="696655B3" w:rsidR="00C81647" w:rsidRPr="00736100" w:rsidRDefault="00C81647" w:rsidP="00C81647">
+          <w:p w14:paraId="66F63EF3" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>總計</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>以上價格不含付款之郵電與相關匯款費用</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>連絡電話</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>: 03-5723200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15C4585E" w14:textId="499BA1C1" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="0056113D">
+    <w:p w14:paraId="36085A93" w14:textId="2FA1D8DC" w:rsidR="00D83B08" w:rsidRDefault="00D83B08" w:rsidP="0056113D">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FE07752" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="6F0948EF" w14:textId="77777777" w:rsidR="00D83B08" w:rsidRDefault="00D83B08">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79877F15" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk206055703"/>
-      <w:r w:rsidRPr="00736100">
+      <w:bookmarkStart w:id="3" w:name="_Hlk206055703"/>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614E8F2E" w14:textId="1F19EFDF" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="5E2345FC" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="0042679B" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>系統性創新專案競賽報名表</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+        <w:t>中學組專案競賽專用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>中學組專用</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10435" w:type="dxa"/>
+        <w:tblW w:w="10469" w:type="dxa"/>
         <w:tblInd w:w="25" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1930"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1936"/>
+        <w:gridCol w:w="3271"/>
+        <w:gridCol w:w="2560"/>
+        <w:gridCol w:w="2702"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="6D30CB2D" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="31FCCFD9" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BDD3BC4" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="6DC82523" w14:textId="041CA382" w:rsidR="00EF2830" w:rsidRPr="007264D9" w:rsidRDefault="00EF2830" w:rsidP="007264D9">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品名稱</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="414A8294" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
-[...13 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62804054" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
+          <w:p w14:paraId="324591F2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="3DA0EDF8" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="57DC4728" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03EF7670" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="4ABE96FE" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品編號</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149F482F" w14:textId="2237EAD2" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
+          <w:p w14:paraId="0CB35BFA" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00162B6A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>主辦單位填寫</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="14C6C986" w14:textId="77777777" w:rsidTr="00EF2830">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="755D3D3D" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="600"/>
+          <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="018D6B02" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="38A2B25B" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>專案競賽</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F531C42" w14:textId="6EB3C4AF" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="54A12B51" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>作品類別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
+            <w:tcW w:w="8533" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5B2261" w14:textId="5406FC0F" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="4607AF99" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新方法組</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2642A780" w14:textId="2B00B434" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="2FE84D03" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新實作組</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="026FC435" w14:textId="550DEB48" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7DDF2A0D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>其他創新方法</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>實作組</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="5F6AAE05" w14:textId="77777777" w:rsidTr="00162B6A">
+      <w:tr w:rsidR="0063222D" w:rsidRPr="006C56BD" w14:paraId="3A76BDA3" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10435" w:type="dxa"/>
+            <w:tcW w:w="10469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCF011E" w14:textId="39657AB4" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="15034B91" w14:textId="77777777" w:rsidR="0042679B" w:rsidRPr="006C56BD" w:rsidRDefault="0063222D" w:rsidP="0042679B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="100" w:firstLine="320"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>團隊成員資訊</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0042679B" w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>參與組別人員須全部為中學或五專同學</w:t>
+            </w:r>
+            <w:r w:rsidR="002721D9" w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>，不得有老師參加</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0042679B" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...47 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="27697034" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="620CCF6A" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6916AF" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7855E663" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76981681" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="12744B72" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43A45863" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="127F020C" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12DF9BD2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="2D7E5197" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>職稱</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>組長或組員</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="250FB2A7" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="29047F2F" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1302351D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="207E133D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56BC522E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="1FB4DD0F" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11A994D7" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="78915061" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31BFC5B0" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="79C58176" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="0F86AB5D" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="5596BD21" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66456F9B" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="2C8FF688" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10D77D54" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="29F18BAF" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35EFC832" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="32888EF8" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE00759" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3BE18421" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="662A677A" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="5681D3A3" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C68D3F2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="12E27E59" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97B77E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="1615CA44" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036728AE" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5CFD5371" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27904EC3" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7D76ED7D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="655E7796" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="0B775F4F" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1930" w:type="dxa"/>
+            <w:tcW w:w="1936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D0AEF5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="4DA0FE8A" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D4953D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3451C44F" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="316E33C1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="3FE4CBD0" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC450D9" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="476BBE7B" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="55C366A6" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="1D10C999" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10435" w:type="dxa"/>
+            <w:tcW w:w="10469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="741E9EEA" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="7D901F61" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>組長姓名：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="188AE66A" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="094FFE6B" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5190" w:type="dxa"/>
+            <w:tcW w:w="5207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4445E105" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="2812A1B7" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47D65A2D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="6DD2A69F" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="054E56A1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="454F03FE" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="295E0FA5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="03590636" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>門</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科系</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>職稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2830" w:rsidRPr="00736100" w14:paraId="544145E9" w14:textId="77777777" w:rsidTr="00F70997">
+      <w:tr w:rsidR="00EF2830" w:rsidRPr="006C56BD" w14:paraId="584A1777" w14:textId="77777777" w:rsidTr="002F1544">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5190" w:type="dxa"/>
+            <w:tcW w:w="5207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23B63033" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5CDFF635" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>手機號碼</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736100">
+            <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F536F5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C56BD">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007264D9" w:rsidRPr="006C56BD" w14:paraId="5FD052A2" w14:textId="77777777" w:rsidTr="00F02AF7">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2662"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10469" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F63D724" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+          <w:p w14:paraId="5A0C1297" w14:textId="7CB451C1" w:rsidR="00F02AF7" w:rsidRPr="00305720" w:rsidRDefault="002F1544" w:rsidP="00F02AF7">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02AF7" w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02AF7" w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>若有指導老師，請組長提供指導老師姓名，為表達感謝，學會將在大會結束後後寄送「專案競賽指導老師感謝狀」電子檔予指導老師（不論有無獲獎）</w:t>
+            </w:r>
+            <w:r w:rsidR="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AA50FD8" w14:textId="77777777" w:rsidR="00F02AF7" w:rsidRPr="00305720" w:rsidRDefault="00F02AF7" w:rsidP="00F02AF7">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>指導老師姓名</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>指導老師</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="447A0877" w14:textId="692B0A52" w:rsidR="00F02AF7" w:rsidRPr="00305720" w:rsidRDefault="00F02AF7" w:rsidP="00F02AF7">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>有現場參與競賽同學，大會也會在會後給予參賽出席證明（不論有無得獎）</w:t>
+            </w:r>
+            <w:r w:rsidR="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25844ED0" w14:textId="6EE1189B" w:rsidR="00F02AF7" w:rsidRPr="003B5B61" w:rsidRDefault="00F02AF7" w:rsidP="00F02AF7">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736100">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="EE0000"/>
                 <w:spacing w:val="20"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>若有獲獎，將會在閉幕大會頒獎（金銀銅牌者給予獎牌跟獎狀，佳作給予獎狀）</w:t>
+            </w:r>
+            <w:r w:rsidR="00305720">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6723E092" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="31FFBE95" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>授權同意</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>作者需勾選並簽核</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>以示其同意主辦單位為專案發表</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>競賽所制定之相關規章，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>未勾選者恕無法參加競賽，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請以</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F052"/>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>並簽署。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CCEF0D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="3B3F268E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>本人同意授權予主辦單位，將投稿之作品於推廣使用。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FBA509" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="069E682B" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:leftChars="59" w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00736100">
+        <w:t>組長（正楷簽名）：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>組長（正楷簽名）：</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        <w:t xml:space="preserve">___________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">___________________ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00736100">
+        <w:t>日期：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>日期：</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB656F5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="060EEB27" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D32B837" w14:textId="419D909A" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="055FF89E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>作品簡述表</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+      <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+      <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>初賽</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+      <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD1ED32" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4DD17780" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:p w14:paraId="5985817C" w14:textId="29B26C3F" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00310533">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="77E25769" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00310533">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>作品名稱</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E38D58" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="00310533">
+    <w:p w14:paraId="4140619D" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="00310533">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E4FF3C7" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="00310533">
+    <w:p w14:paraId="5DED9149" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="00310533">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D4A039B" w14:textId="5F3BCC10" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="7DEB81C5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>二、研究方法</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+      <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>或過程</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>簡述</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請簡要說明，</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+      <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字以內，或用流程圖說明亦可</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B79254D" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4EDE641E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5198EC90" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="44B3AEFC" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72B8383C" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="3C4CDC74" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20525387" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="6BB21EFC" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="115B3418" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="2B5BA960" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72EA2C38" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="767D9D37" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CAF66B1" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4C0542E9" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10036201" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="00E4CF46" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CD381B3" w14:textId="527F0881" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="64F04FBF" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>三、使用的創新工具</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+      <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>簡述</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請簡要說明，</w:t>
       </w:r>
-      <w:r w:rsidR="00310533" w:rsidRPr="00736100">
+      <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字以內</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF1E0FA" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="72304FBD" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D50B05C" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="42700CE8" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B8A9595" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="5FABF4E0" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E995F00" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="62DE11FC" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CDE7618" w14:textId="4B47C0CB" w:rsidR="00310533" w:rsidRPr="00736100" w:rsidRDefault="00310533" w:rsidP="00EF2830">
+    <w:p w14:paraId="7C64DDDD" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00310533" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>四、成果或貢獻簡述</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>請簡要說明，</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>100</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字以內</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092398DB" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="44A06803" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35ABC188" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="58C31753" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="192C4C2F" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4F62BBFE" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53736F61" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="19D2EE3F" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E84C0F2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4C0A9ABD" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15EABC30" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4DDF12CF" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="694240B9" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="01E17A5A" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DB9D765" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="421F786E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>格式要求：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D88FD88" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00736100" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="4C5BF478" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>字體規定：中文：標楷體</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: 14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>點</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>英文</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:Times New Roman:14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>點。項目標題以粗體顯示。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B731AF5" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00F56950" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="7EBE8EA2" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00F56950" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>作品簡要說明最多</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00736100">
+      <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>頁。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DDE699" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00F56950" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="6F72E465" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="00F56950" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="259B15AF" w14:textId="77777777" w:rsidR="00FA048F" w:rsidRPr="00C81647" w:rsidRDefault="00FA048F" w:rsidP="0056113D">
+    <w:p w14:paraId="25B0E729" w14:textId="77777777" w:rsidR="00FA048F" w:rsidRPr="00C81647" w:rsidRDefault="00FA048F" w:rsidP="0056113D">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA048F" w:rsidRPr="00C81647" w:rsidSect="00A7594B">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="539" w:right="849" w:bottom="425" w:left="851" w:header="1134" w:footer="454" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2135A5AE" w14:textId="77777777" w:rsidR="000F66DE" w:rsidRDefault="000F66DE">
+    <w:p w14:paraId="5D8B6EB1" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05EC25F2" w14:textId="77777777" w:rsidR="000F66DE" w:rsidRDefault="000F66DE">
+    <w:p w14:paraId="4754DD79" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
-    <w:altName w:val="Microsoft JhengHei"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="新細明體">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="新細明體">
+    <w:altName w:val="PMingLiU"/>
+    <w:panose1 w:val="02020500000000000000"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="551749055"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="751A169A" w14:textId="4F4A88C6" w:rsidR="00F70997" w:rsidRDefault="00F70997">
+      <w:p w14:paraId="19E98E52" w14:textId="77777777" w:rsidR="00F70997" w:rsidRDefault="00805768">
         <w:pPr>
           <w:pStyle w:val="a8"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F70997">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0064588F" w:rsidRPr="0064588F">
+        <w:r w:rsidR="00A467CA" w:rsidRPr="00A467CA">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="118E52FD" w14:textId="77777777" w:rsidR="00F70997" w:rsidRDefault="00F70997">
+  <w:p w14:paraId="300598BC" w14:textId="77777777" w:rsidR="00F70997" w:rsidRDefault="00F70997">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="170A5238" w14:textId="77777777" w:rsidR="000F66DE" w:rsidRDefault="000F66DE">
+    <w:p w14:paraId="39DF5AFF" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75AAB50E" w14:textId="77777777" w:rsidR="000F66DE" w:rsidRDefault="000F66DE">
+    <w:p w14:paraId="0E1D8583" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F80C96DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2280"/>
         </w:tabs>
         <w:ind w:left="2280" w:hanging="360"/>
@@ -10223,180 +10494,176 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2062288231">
+  <w:num w:numId="1" w16cid:durableId="672495533">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1823962915">
+  <w:num w:numId="2" w16cid:durableId="91514080">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2116552459">
+  <w:num w:numId="3" w16cid:durableId="1079475218">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="15278659">
+  <w:num w:numId="4" w16cid:durableId="193737176">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="297494227">
+  <w:num w:numId="5" w16cid:durableId="31805929">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1460538979">
+  <w:num w:numId="6" w16cid:durableId="1452438808">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1920095369">
+  <w:num w:numId="7" w16cid:durableId="1539659834">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="403451850">
+  <w:num w:numId="8" w16cid:durableId="674847205">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="897666563">
+  <w:num w:numId="9" w16cid:durableId="1007446520">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="896624704">
+  <w:num w:numId="10" w16cid:durableId="1850484625">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="550921639">
+  <w:num w:numId="11" w16cid:durableId="225606334">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="736248320">
+  <w:num w:numId="12" w16cid:durableId="551161987">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1452430867">
+  <w:num w:numId="13" w16cid:durableId="438767869">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1418595991">
+  <w:num w:numId="14" w16cid:durableId="565145681">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="310716735">
+  <w:num w:numId="15" w16cid:durableId="1372877138">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1831797456">
+  <w:num w:numId="16" w16cid:durableId="834298469">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1722289096">
+  <w:num w:numId="17" w16cid:durableId="1876962016">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="587232135">
+  <w:num w:numId="18" w16cid:durableId="1979064344">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="41758848">
+  <w:num w:numId="19" w16cid:durableId="232199374">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="442576686">
+  <w:num w:numId="20" w16cid:durableId="1351448891">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1348214342">
+  <w:num w:numId="21" w16cid:durableId="923343571">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1862744317">
+  <w:num w:numId="22" w16cid:durableId="534779329">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="533345934">
+  <w:num w:numId="23" w16cid:durableId="2108040925">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1651135289">
+  <w:num w:numId="24" w16cid:durableId="702287741">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1913853020">
+  <w:num w:numId="25" w16cid:durableId="1650087609">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="2049839411">
+  <w:num w:numId="26" w16cid:durableId="350843177">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1014649421">
+  <w:num w:numId="27" w16cid:durableId="373122815">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1907567710">
+  <w:num w:numId="28" w16cid:durableId="49966333">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="67070799">
+  <w:num w:numId="29" w16cid:durableId="1306663457">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE7C2E"/>
     <w:rsid w:val="0000203C"/>
     <w:rsid w:val="00003437"/>
     <w:rsid w:val="00005CBF"/>
     <w:rsid w:val="0001156D"/>
     <w:rsid w:val="00011749"/>
     <w:rsid w:val="0001247E"/>
     <w:rsid w:val="000128CA"/>
     <w:rsid w:val="00012F7B"/>
     <w:rsid w:val="000145FD"/>
     <w:rsid w:val="000147C8"/>
     <w:rsid w:val="0002326E"/>
     <w:rsid w:val="0002350F"/>
     <w:rsid w:val="0002365C"/>
     <w:rsid w:val="000239C2"/>
     <w:rsid w:val="00023C53"/>
     <w:rsid w:val="0002555F"/>
     <w:rsid w:val="000259F0"/>
     <w:rsid w:val="00026DC6"/>
     <w:rsid w:val="000272C0"/>
     <w:rsid w:val="00031A49"/>
     <w:rsid w:val="00032C1C"/>
@@ -10487,92 +10754,94 @@
     <w:rsid w:val="00105E19"/>
     <w:rsid w:val="00106DAD"/>
     <w:rsid w:val="0011219A"/>
     <w:rsid w:val="001123DC"/>
     <w:rsid w:val="001125B5"/>
     <w:rsid w:val="00112FBA"/>
     <w:rsid w:val="00113B13"/>
     <w:rsid w:val="00114330"/>
     <w:rsid w:val="00114AE7"/>
     <w:rsid w:val="001165F0"/>
     <w:rsid w:val="00120769"/>
     <w:rsid w:val="00121426"/>
     <w:rsid w:val="00122F2E"/>
     <w:rsid w:val="001262EC"/>
     <w:rsid w:val="00127538"/>
     <w:rsid w:val="00127D7A"/>
     <w:rsid w:val="00127FD3"/>
     <w:rsid w:val="00130F6F"/>
     <w:rsid w:val="001315C1"/>
     <w:rsid w:val="00131CEF"/>
     <w:rsid w:val="001320EF"/>
     <w:rsid w:val="00134252"/>
     <w:rsid w:val="0013583C"/>
     <w:rsid w:val="00135E45"/>
     <w:rsid w:val="001366AD"/>
+    <w:rsid w:val="00136F7F"/>
     <w:rsid w:val="001373B3"/>
     <w:rsid w:val="0014125C"/>
     <w:rsid w:val="00141DFC"/>
     <w:rsid w:val="001439D9"/>
     <w:rsid w:val="00147922"/>
     <w:rsid w:val="00147ECE"/>
     <w:rsid w:val="001505A9"/>
     <w:rsid w:val="00150BAE"/>
     <w:rsid w:val="00151038"/>
     <w:rsid w:val="00151E64"/>
     <w:rsid w:val="00153CF8"/>
     <w:rsid w:val="0015458F"/>
     <w:rsid w:val="00157396"/>
     <w:rsid w:val="001617E9"/>
     <w:rsid w:val="00161FDF"/>
     <w:rsid w:val="001622A1"/>
     <w:rsid w:val="001636EE"/>
     <w:rsid w:val="00163FE8"/>
     <w:rsid w:val="00165BB2"/>
     <w:rsid w:val="00166A2E"/>
     <w:rsid w:val="00167C97"/>
     <w:rsid w:val="00171B01"/>
     <w:rsid w:val="001754E6"/>
     <w:rsid w:val="001808C0"/>
     <w:rsid w:val="0018153A"/>
     <w:rsid w:val="00181D05"/>
     <w:rsid w:val="00182A8E"/>
     <w:rsid w:val="00182C43"/>
     <w:rsid w:val="00182E6C"/>
     <w:rsid w:val="00185C6A"/>
     <w:rsid w:val="0018673F"/>
     <w:rsid w:val="00186DD5"/>
     <w:rsid w:val="001900DF"/>
     <w:rsid w:val="00190D25"/>
     <w:rsid w:val="00191858"/>
     <w:rsid w:val="00192056"/>
     <w:rsid w:val="00195796"/>
     <w:rsid w:val="00195912"/>
     <w:rsid w:val="00196006"/>
     <w:rsid w:val="001A1B7A"/>
     <w:rsid w:val="001A3D20"/>
     <w:rsid w:val="001A67C5"/>
+    <w:rsid w:val="001A7664"/>
     <w:rsid w:val="001A7953"/>
     <w:rsid w:val="001B1585"/>
     <w:rsid w:val="001B2C03"/>
     <w:rsid w:val="001B6F7D"/>
     <w:rsid w:val="001B731D"/>
     <w:rsid w:val="001C005A"/>
     <w:rsid w:val="001C120B"/>
     <w:rsid w:val="001C14F1"/>
     <w:rsid w:val="001C235B"/>
     <w:rsid w:val="001C3815"/>
     <w:rsid w:val="001C66E7"/>
     <w:rsid w:val="001C69BD"/>
     <w:rsid w:val="001C76FA"/>
     <w:rsid w:val="001C7A35"/>
     <w:rsid w:val="001D01B3"/>
     <w:rsid w:val="001D1318"/>
     <w:rsid w:val="001D1EA5"/>
     <w:rsid w:val="001D2C91"/>
     <w:rsid w:val="001D5E1B"/>
     <w:rsid w:val="001D61E9"/>
     <w:rsid w:val="001D7BD4"/>
     <w:rsid w:val="001D7D61"/>
     <w:rsid w:val="001E0144"/>
     <w:rsid w:val="001E10E8"/>
     <w:rsid w:val="001E121B"/>
@@ -10604,258 +10873,270 @@
     <w:rsid w:val="00241777"/>
     <w:rsid w:val="0024192C"/>
     <w:rsid w:val="002439CD"/>
     <w:rsid w:val="002440E4"/>
     <w:rsid w:val="00245758"/>
     <w:rsid w:val="00245C61"/>
     <w:rsid w:val="00246D7F"/>
     <w:rsid w:val="00246E12"/>
     <w:rsid w:val="00247408"/>
     <w:rsid w:val="00250541"/>
     <w:rsid w:val="0025152B"/>
     <w:rsid w:val="00251ACF"/>
     <w:rsid w:val="00252671"/>
     <w:rsid w:val="0025366A"/>
     <w:rsid w:val="0025410B"/>
     <w:rsid w:val="00255376"/>
     <w:rsid w:val="00256042"/>
     <w:rsid w:val="00260B02"/>
     <w:rsid w:val="00261799"/>
     <w:rsid w:val="00262583"/>
     <w:rsid w:val="0026364E"/>
     <w:rsid w:val="002641A5"/>
     <w:rsid w:val="00264220"/>
     <w:rsid w:val="00267DA6"/>
     <w:rsid w:val="00271ED6"/>
+    <w:rsid w:val="002721D9"/>
     <w:rsid w:val="002731FD"/>
     <w:rsid w:val="00274AD0"/>
     <w:rsid w:val="002750F2"/>
     <w:rsid w:val="0027769B"/>
     <w:rsid w:val="00280ACC"/>
     <w:rsid w:val="0028102A"/>
     <w:rsid w:val="00281116"/>
     <w:rsid w:val="0028186C"/>
     <w:rsid w:val="0028255E"/>
     <w:rsid w:val="0028344B"/>
     <w:rsid w:val="00283468"/>
     <w:rsid w:val="00283684"/>
     <w:rsid w:val="0028615F"/>
     <w:rsid w:val="00290611"/>
+    <w:rsid w:val="0029072E"/>
     <w:rsid w:val="0029080D"/>
     <w:rsid w:val="00291506"/>
     <w:rsid w:val="0029151F"/>
     <w:rsid w:val="0029313A"/>
     <w:rsid w:val="0029350D"/>
     <w:rsid w:val="00295EEB"/>
     <w:rsid w:val="0029787A"/>
     <w:rsid w:val="00297C4C"/>
     <w:rsid w:val="002A250D"/>
     <w:rsid w:val="002A2E3E"/>
     <w:rsid w:val="002A39E2"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002B288C"/>
     <w:rsid w:val="002B2A74"/>
     <w:rsid w:val="002B2D0C"/>
     <w:rsid w:val="002B3100"/>
     <w:rsid w:val="002B3920"/>
     <w:rsid w:val="002B3FC5"/>
     <w:rsid w:val="002B3FF8"/>
     <w:rsid w:val="002B4D74"/>
     <w:rsid w:val="002B6AB1"/>
+    <w:rsid w:val="002B6AF0"/>
     <w:rsid w:val="002B7B30"/>
     <w:rsid w:val="002C39E9"/>
     <w:rsid w:val="002C4770"/>
     <w:rsid w:val="002C4BAD"/>
     <w:rsid w:val="002C67D5"/>
     <w:rsid w:val="002C6EC5"/>
     <w:rsid w:val="002C7E3C"/>
     <w:rsid w:val="002D1609"/>
     <w:rsid w:val="002D2B64"/>
     <w:rsid w:val="002D355D"/>
     <w:rsid w:val="002D55AF"/>
     <w:rsid w:val="002D5648"/>
     <w:rsid w:val="002D700A"/>
     <w:rsid w:val="002E206D"/>
     <w:rsid w:val="002E3A9D"/>
+    <w:rsid w:val="002F1544"/>
     <w:rsid w:val="002F367E"/>
     <w:rsid w:val="002F54B1"/>
     <w:rsid w:val="002F62F4"/>
     <w:rsid w:val="003008BD"/>
+    <w:rsid w:val="00305720"/>
     <w:rsid w:val="0030581B"/>
     <w:rsid w:val="003072C4"/>
     <w:rsid w:val="00310533"/>
     <w:rsid w:val="00310BEF"/>
     <w:rsid w:val="00311511"/>
     <w:rsid w:val="00312329"/>
     <w:rsid w:val="003126E5"/>
     <w:rsid w:val="00312810"/>
     <w:rsid w:val="0031406C"/>
     <w:rsid w:val="003155CD"/>
     <w:rsid w:val="003176C9"/>
     <w:rsid w:val="00320EBC"/>
     <w:rsid w:val="003211CF"/>
     <w:rsid w:val="003262FB"/>
     <w:rsid w:val="003269D9"/>
     <w:rsid w:val="00326FC1"/>
     <w:rsid w:val="003300F9"/>
     <w:rsid w:val="00331D40"/>
     <w:rsid w:val="00333C59"/>
     <w:rsid w:val="00334D2E"/>
     <w:rsid w:val="00335B7F"/>
     <w:rsid w:val="00335D4F"/>
     <w:rsid w:val="0033612A"/>
     <w:rsid w:val="00336552"/>
     <w:rsid w:val="003366BD"/>
     <w:rsid w:val="00336C49"/>
     <w:rsid w:val="00340F9E"/>
     <w:rsid w:val="0034105D"/>
     <w:rsid w:val="003453BE"/>
     <w:rsid w:val="00346CE1"/>
     <w:rsid w:val="003505EC"/>
     <w:rsid w:val="00352379"/>
     <w:rsid w:val="00352ED3"/>
     <w:rsid w:val="00354428"/>
     <w:rsid w:val="0035667C"/>
     <w:rsid w:val="00360CDA"/>
     <w:rsid w:val="0036149A"/>
     <w:rsid w:val="00361B78"/>
     <w:rsid w:val="003631C6"/>
     <w:rsid w:val="00364C97"/>
+    <w:rsid w:val="00365EC5"/>
     <w:rsid w:val="00373B07"/>
     <w:rsid w:val="00373BCF"/>
     <w:rsid w:val="00376EB2"/>
     <w:rsid w:val="0038054C"/>
     <w:rsid w:val="00384F70"/>
     <w:rsid w:val="00385D1D"/>
     <w:rsid w:val="00391463"/>
     <w:rsid w:val="0039160B"/>
     <w:rsid w:val="00391B74"/>
     <w:rsid w:val="00393093"/>
     <w:rsid w:val="003939F8"/>
     <w:rsid w:val="003956F9"/>
     <w:rsid w:val="00396379"/>
     <w:rsid w:val="00397B61"/>
     <w:rsid w:val="003A0F52"/>
     <w:rsid w:val="003A1BCB"/>
     <w:rsid w:val="003A31D3"/>
     <w:rsid w:val="003B292C"/>
     <w:rsid w:val="003B3418"/>
     <w:rsid w:val="003B4916"/>
+    <w:rsid w:val="003B4DEF"/>
+    <w:rsid w:val="003B5B61"/>
     <w:rsid w:val="003B6218"/>
     <w:rsid w:val="003B6284"/>
     <w:rsid w:val="003B65D0"/>
     <w:rsid w:val="003B6D24"/>
     <w:rsid w:val="003B7ECC"/>
     <w:rsid w:val="003C134F"/>
     <w:rsid w:val="003C2031"/>
     <w:rsid w:val="003C29DD"/>
     <w:rsid w:val="003C3683"/>
     <w:rsid w:val="003C42C5"/>
     <w:rsid w:val="003C4329"/>
     <w:rsid w:val="003C4808"/>
     <w:rsid w:val="003C4EF8"/>
     <w:rsid w:val="003C6338"/>
     <w:rsid w:val="003C65C4"/>
     <w:rsid w:val="003C7C56"/>
     <w:rsid w:val="003D0AC7"/>
     <w:rsid w:val="003D3E29"/>
     <w:rsid w:val="003D7725"/>
     <w:rsid w:val="003D7E0F"/>
     <w:rsid w:val="003E0892"/>
     <w:rsid w:val="003E17F3"/>
     <w:rsid w:val="003E3E60"/>
     <w:rsid w:val="003E4549"/>
     <w:rsid w:val="003E5756"/>
     <w:rsid w:val="003E7BAD"/>
     <w:rsid w:val="003F00FA"/>
     <w:rsid w:val="003F178A"/>
     <w:rsid w:val="003F2663"/>
     <w:rsid w:val="003F3E4B"/>
     <w:rsid w:val="003F78D1"/>
     <w:rsid w:val="003F7948"/>
     <w:rsid w:val="00400818"/>
     <w:rsid w:val="004008CF"/>
     <w:rsid w:val="00401A52"/>
     <w:rsid w:val="00402B2C"/>
     <w:rsid w:val="0040306E"/>
     <w:rsid w:val="00407079"/>
     <w:rsid w:val="00411BF8"/>
     <w:rsid w:val="004156C3"/>
     <w:rsid w:val="00416807"/>
     <w:rsid w:val="004169FD"/>
     <w:rsid w:val="004174AC"/>
     <w:rsid w:val="00421F80"/>
     <w:rsid w:val="004225C3"/>
     <w:rsid w:val="0042445F"/>
     <w:rsid w:val="00424A1B"/>
     <w:rsid w:val="0042527F"/>
     <w:rsid w:val="004261E8"/>
+    <w:rsid w:val="0042679B"/>
     <w:rsid w:val="00426E35"/>
     <w:rsid w:val="004272F1"/>
     <w:rsid w:val="004274D2"/>
     <w:rsid w:val="004277F8"/>
     <w:rsid w:val="004301B9"/>
     <w:rsid w:val="00430BC7"/>
     <w:rsid w:val="00430D1B"/>
     <w:rsid w:val="00431729"/>
     <w:rsid w:val="00432624"/>
     <w:rsid w:val="00433733"/>
     <w:rsid w:val="00434C85"/>
     <w:rsid w:val="004360B0"/>
     <w:rsid w:val="00436EE8"/>
     <w:rsid w:val="00437952"/>
     <w:rsid w:val="00440B10"/>
     <w:rsid w:val="00441F0D"/>
+    <w:rsid w:val="00442AB1"/>
     <w:rsid w:val="00442E45"/>
     <w:rsid w:val="0044369D"/>
     <w:rsid w:val="00444316"/>
     <w:rsid w:val="00446C5D"/>
     <w:rsid w:val="00446C6E"/>
     <w:rsid w:val="00446E14"/>
     <w:rsid w:val="004471AA"/>
     <w:rsid w:val="00451D8C"/>
     <w:rsid w:val="00453A52"/>
     <w:rsid w:val="00454AC4"/>
     <w:rsid w:val="004609E1"/>
     <w:rsid w:val="004636FD"/>
     <w:rsid w:val="00463946"/>
     <w:rsid w:val="00463F72"/>
     <w:rsid w:val="0046422A"/>
     <w:rsid w:val="004679A2"/>
     <w:rsid w:val="00467BA5"/>
     <w:rsid w:val="0047654C"/>
     <w:rsid w:val="004806D1"/>
     <w:rsid w:val="00480D10"/>
     <w:rsid w:val="004823FC"/>
     <w:rsid w:val="004837CF"/>
     <w:rsid w:val="00485049"/>
     <w:rsid w:val="00486AB0"/>
+    <w:rsid w:val="00493685"/>
     <w:rsid w:val="004936DE"/>
     <w:rsid w:val="00495C66"/>
     <w:rsid w:val="004968DE"/>
     <w:rsid w:val="00496E8C"/>
     <w:rsid w:val="004A3147"/>
+    <w:rsid w:val="004A4ABE"/>
     <w:rsid w:val="004A4BD4"/>
     <w:rsid w:val="004A4E6C"/>
     <w:rsid w:val="004A6288"/>
     <w:rsid w:val="004A6844"/>
     <w:rsid w:val="004A7529"/>
     <w:rsid w:val="004B3B6A"/>
     <w:rsid w:val="004B47BC"/>
     <w:rsid w:val="004B6336"/>
     <w:rsid w:val="004B7B00"/>
     <w:rsid w:val="004C057F"/>
     <w:rsid w:val="004C05D0"/>
     <w:rsid w:val="004C2853"/>
     <w:rsid w:val="004C36E2"/>
     <w:rsid w:val="004C42BC"/>
     <w:rsid w:val="004C696E"/>
     <w:rsid w:val="004C7C44"/>
     <w:rsid w:val="004C7F90"/>
     <w:rsid w:val="004D053C"/>
     <w:rsid w:val="004D06FE"/>
     <w:rsid w:val="004D0C8D"/>
     <w:rsid w:val="004D17BE"/>
     <w:rsid w:val="004D2265"/>
     <w:rsid w:val="004D3253"/>
     <w:rsid w:val="004D36CF"/>
     <w:rsid w:val="004D4319"/>
@@ -10886,270 +11167,284 @@
     <w:rsid w:val="00500316"/>
     <w:rsid w:val="005014CB"/>
     <w:rsid w:val="0050172E"/>
     <w:rsid w:val="00502E56"/>
     <w:rsid w:val="00503614"/>
     <w:rsid w:val="00503E9B"/>
     <w:rsid w:val="00504B3E"/>
     <w:rsid w:val="00505750"/>
     <w:rsid w:val="00505E37"/>
     <w:rsid w:val="0050623C"/>
     <w:rsid w:val="00507ED9"/>
     <w:rsid w:val="00510190"/>
     <w:rsid w:val="00511B49"/>
     <w:rsid w:val="00514399"/>
     <w:rsid w:val="005150D9"/>
     <w:rsid w:val="00515D88"/>
     <w:rsid w:val="00517C59"/>
     <w:rsid w:val="00520571"/>
     <w:rsid w:val="00520A65"/>
     <w:rsid w:val="00520CB2"/>
     <w:rsid w:val="00520DED"/>
     <w:rsid w:val="00522AAC"/>
     <w:rsid w:val="00523CD5"/>
     <w:rsid w:val="005242E6"/>
     <w:rsid w:val="00524BFC"/>
+    <w:rsid w:val="0052598B"/>
     <w:rsid w:val="00526990"/>
     <w:rsid w:val="00526C4B"/>
     <w:rsid w:val="00530529"/>
     <w:rsid w:val="005307EC"/>
     <w:rsid w:val="005313B8"/>
     <w:rsid w:val="00532224"/>
     <w:rsid w:val="005334B5"/>
     <w:rsid w:val="005349F3"/>
     <w:rsid w:val="00535DCE"/>
     <w:rsid w:val="00536616"/>
     <w:rsid w:val="00536CBD"/>
     <w:rsid w:val="005400A7"/>
     <w:rsid w:val="0054122F"/>
     <w:rsid w:val="00542A14"/>
     <w:rsid w:val="00542D7F"/>
     <w:rsid w:val="00543FCA"/>
     <w:rsid w:val="0054456A"/>
     <w:rsid w:val="00545EDC"/>
     <w:rsid w:val="005477B4"/>
     <w:rsid w:val="00550706"/>
     <w:rsid w:val="00551098"/>
     <w:rsid w:val="005519C0"/>
     <w:rsid w:val="0055230B"/>
     <w:rsid w:val="005523BF"/>
     <w:rsid w:val="00553D6E"/>
     <w:rsid w:val="00556E05"/>
     <w:rsid w:val="00557AB0"/>
     <w:rsid w:val="0056113D"/>
     <w:rsid w:val="00561C93"/>
     <w:rsid w:val="0056222F"/>
     <w:rsid w:val="00562490"/>
     <w:rsid w:val="00562846"/>
     <w:rsid w:val="0056365A"/>
     <w:rsid w:val="00563AED"/>
     <w:rsid w:val="00565C43"/>
     <w:rsid w:val="00567773"/>
     <w:rsid w:val="00567AA0"/>
     <w:rsid w:val="00567AA8"/>
+    <w:rsid w:val="00567D0E"/>
     <w:rsid w:val="00567F22"/>
     <w:rsid w:val="00571324"/>
     <w:rsid w:val="005722CC"/>
     <w:rsid w:val="005757BD"/>
     <w:rsid w:val="005770A5"/>
     <w:rsid w:val="00577C96"/>
     <w:rsid w:val="00577E7A"/>
     <w:rsid w:val="00580BE9"/>
     <w:rsid w:val="00581926"/>
     <w:rsid w:val="00582B4E"/>
     <w:rsid w:val="00582B98"/>
     <w:rsid w:val="00582DA8"/>
     <w:rsid w:val="00583CCF"/>
     <w:rsid w:val="0058465D"/>
     <w:rsid w:val="00584BB5"/>
     <w:rsid w:val="00585FA8"/>
     <w:rsid w:val="005865EF"/>
     <w:rsid w:val="005866B1"/>
     <w:rsid w:val="0059030B"/>
     <w:rsid w:val="0059103E"/>
     <w:rsid w:val="005913E2"/>
     <w:rsid w:val="0059209C"/>
+    <w:rsid w:val="00592B6A"/>
     <w:rsid w:val="00596338"/>
     <w:rsid w:val="00596DF8"/>
     <w:rsid w:val="005978DF"/>
     <w:rsid w:val="00597AEE"/>
     <w:rsid w:val="005A185C"/>
     <w:rsid w:val="005A52E8"/>
+    <w:rsid w:val="005A646E"/>
+    <w:rsid w:val="005B03CF"/>
     <w:rsid w:val="005B09E3"/>
     <w:rsid w:val="005B1A4E"/>
     <w:rsid w:val="005B5DB3"/>
     <w:rsid w:val="005B65AA"/>
     <w:rsid w:val="005B7EF1"/>
     <w:rsid w:val="005C41B7"/>
     <w:rsid w:val="005C4B56"/>
     <w:rsid w:val="005C5CF2"/>
     <w:rsid w:val="005C7957"/>
     <w:rsid w:val="005D5538"/>
     <w:rsid w:val="005D6252"/>
     <w:rsid w:val="005D6F6F"/>
     <w:rsid w:val="005D7EEE"/>
     <w:rsid w:val="005E03F5"/>
     <w:rsid w:val="005E16EE"/>
     <w:rsid w:val="005E1E26"/>
     <w:rsid w:val="005E28A2"/>
     <w:rsid w:val="005E438A"/>
     <w:rsid w:val="005E4C69"/>
     <w:rsid w:val="005E608D"/>
     <w:rsid w:val="005E7D48"/>
     <w:rsid w:val="005F15CC"/>
     <w:rsid w:val="005F2492"/>
     <w:rsid w:val="005F2AF8"/>
     <w:rsid w:val="005F5301"/>
     <w:rsid w:val="005F5D8B"/>
     <w:rsid w:val="005F5E55"/>
     <w:rsid w:val="005F60D9"/>
     <w:rsid w:val="005F7099"/>
     <w:rsid w:val="005F7827"/>
     <w:rsid w:val="005F7AF2"/>
     <w:rsid w:val="00600EB9"/>
     <w:rsid w:val="00602B46"/>
     <w:rsid w:val="006055C6"/>
     <w:rsid w:val="00606164"/>
     <w:rsid w:val="00611C93"/>
     <w:rsid w:val="006123E8"/>
     <w:rsid w:val="006128E6"/>
     <w:rsid w:val="00612936"/>
     <w:rsid w:val="00612BF2"/>
     <w:rsid w:val="00612EC1"/>
     <w:rsid w:val="00614398"/>
     <w:rsid w:val="00614710"/>
     <w:rsid w:val="00615A74"/>
     <w:rsid w:val="00620619"/>
     <w:rsid w:val="006227D5"/>
+    <w:rsid w:val="0063222D"/>
     <w:rsid w:val="00632269"/>
     <w:rsid w:val="00632586"/>
     <w:rsid w:val="006338B1"/>
     <w:rsid w:val="00636E53"/>
     <w:rsid w:val="00640FD9"/>
     <w:rsid w:val="00641A23"/>
     <w:rsid w:val="00641DA3"/>
+    <w:rsid w:val="00644FFE"/>
     <w:rsid w:val="0064588F"/>
     <w:rsid w:val="00645983"/>
     <w:rsid w:val="00647405"/>
     <w:rsid w:val="00647F4B"/>
     <w:rsid w:val="006501B3"/>
     <w:rsid w:val="006503BD"/>
     <w:rsid w:val="00650CE8"/>
     <w:rsid w:val="00650F64"/>
     <w:rsid w:val="006523DD"/>
+    <w:rsid w:val="00654A49"/>
+    <w:rsid w:val="00655B81"/>
     <w:rsid w:val="00655DBD"/>
     <w:rsid w:val="00656E81"/>
     <w:rsid w:val="00661C83"/>
     <w:rsid w:val="0066568D"/>
     <w:rsid w:val="006677B5"/>
     <w:rsid w:val="00670333"/>
     <w:rsid w:val="00674661"/>
     <w:rsid w:val="00674A25"/>
     <w:rsid w:val="006753D1"/>
     <w:rsid w:val="00676317"/>
     <w:rsid w:val="0067720C"/>
     <w:rsid w:val="00680E31"/>
     <w:rsid w:val="00680F7A"/>
     <w:rsid w:val="0068284D"/>
     <w:rsid w:val="00682F6D"/>
     <w:rsid w:val="0068311F"/>
     <w:rsid w:val="0068324B"/>
     <w:rsid w:val="00684A07"/>
+    <w:rsid w:val="0068573E"/>
     <w:rsid w:val="00685892"/>
     <w:rsid w:val="00685963"/>
     <w:rsid w:val="00685A86"/>
     <w:rsid w:val="00686BFF"/>
     <w:rsid w:val="006905AA"/>
     <w:rsid w:val="00690FC9"/>
+    <w:rsid w:val="00691E34"/>
     <w:rsid w:val="006933C9"/>
     <w:rsid w:val="006956F0"/>
     <w:rsid w:val="00695879"/>
     <w:rsid w:val="00696A4D"/>
     <w:rsid w:val="00696E67"/>
     <w:rsid w:val="006971BF"/>
     <w:rsid w:val="00697F4A"/>
     <w:rsid w:val="006A0C94"/>
     <w:rsid w:val="006A0DBC"/>
     <w:rsid w:val="006A3977"/>
     <w:rsid w:val="006A3D4C"/>
     <w:rsid w:val="006A42EF"/>
     <w:rsid w:val="006A4370"/>
     <w:rsid w:val="006A5867"/>
     <w:rsid w:val="006A627D"/>
     <w:rsid w:val="006A7868"/>
     <w:rsid w:val="006A7A61"/>
     <w:rsid w:val="006B043F"/>
     <w:rsid w:val="006B1BDB"/>
     <w:rsid w:val="006B2113"/>
+    <w:rsid w:val="006B255A"/>
     <w:rsid w:val="006B28CD"/>
     <w:rsid w:val="006B424B"/>
     <w:rsid w:val="006B55DA"/>
     <w:rsid w:val="006B5724"/>
     <w:rsid w:val="006B77B2"/>
     <w:rsid w:val="006B78BD"/>
     <w:rsid w:val="006C0B66"/>
     <w:rsid w:val="006C2BB6"/>
     <w:rsid w:val="006C30C5"/>
     <w:rsid w:val="006C3BB7"/>
     <w:rsid w:val="006C3EE1"/>
     <w:rsid w:val="006C504C"/>
+    <w:rsid w:val="006C56BD"/>
     <w:rsid w:val="006C5716"/>
     <w:rsid w:val="006C5D90"/>
     <w:rsid w:val="006D3AAB"/>
     <w:rsid w:val="006D44F1"/>
     <w:rsid w:val="006D6FE3"/>
     <w:rsid w:val="006D7FFC"/>
     <w:rsid w:val="006E2072"/>
     <w:rsid w:val="006E3E0C"/>
     <w:rsid w:val="006E51FC"/>
     <w:rsid w:val="006E57D9"/>
     <w:rsid w:val="006E6D01"/>
     <w:rsid w:val="006F261B"/>
     <w:rsid w:val="006F3142"/>
     <w:rsid w:val="006F6DBB"/>
     <w:rsid w:val="007007DA"/>
     <w:rsid w:val="0070171F"/>
     <w:rsid w:val="00701E6A"/>
     <w:rsid w:val="00702B59"/>
     <w:rsid w:val="00702F8B"/>
     <w:rsid w:val="0070426C"/>
     <w:rsid w:val="007056C4"/>
     <w:rsid w:val="00711162"/>
     <w:rsid w:val="007127BB"/>
     <w:rsid w:val="00712E2C"/>
     <w:rsid w:val="007144BC"/>
     <w:rsid w:val="007159E5"/>
     <w:rsid w:val="00715A59"/>
     <w:rsid w:val="007209A5"/>
     <w:rsid w:val="007209DC"/>
     <w:rsid w:val="00720F04"/>
     <w:rsid w:val="00721DD1"/>
     <w:rsid w:val="0072243F"/>
     <w:rsid w:val="00722BBE"/>
     <w:rsid w:val="007257A9"/>
     <w:rsid w:val="0072589E"/>
     <w:rsid w:val="00725C89"/>
+    <w:rsid w:val="007264D9"/>
     <w:rsid w:val="007265BD"/>
     <w:rsid w:val="007265CB"/>
     <w:rsid w:val="00730E4C"/>
     <w:rsid w:val="00731F2B"/>
     <w:rsid w:val="007327BA"/>
     <w:rsid w:val="00733B04"/>
     <w:rsid w:val="00734F21"/>
     <w:rsid w:val="00735B35"/>
     <w:rsid w:val="00736100"/>
     <w:rsid w:val="00736F92"/>
     <w:rsid w:val="007378A4"/>
     <w:rsid w:val="00737FDE"/>
     <w:rsid w:val="00741940"/>
     <w:rsid w:val="007419FF"/>
     <w:rsid w:val="00743031"/>
     <w:rsid w:val="007434E3"/>
     <w:rsid w:val="00744DA2"/>
     <w:rsid w:val="007468C7"/>
     <w:rsid w:val="00746F9E"/>
     <w:rsid w:val="00751841"/>
     <w:rsid w:val="0075473D"/>
     <w:rsid w:val="00755BD7"/>
     <w:rsid w:val="00756943"/>
     <w:rsid w:val="00757611"/>
     <w:rsid w:val="0076491C"/>
@@ -11167,115 +11462,119 @@
     <w:rsid w:val="0078309A"/>
     <w:rsid w:val="00783424"/>
     <w:rsid w:val="00786E05"/>
     <w:rsid w:val="007870B4"/>
     <w:rsid w:val="0078773C"/>
     <w:rsid w:val="007902C2"/>
     <w:rsid w:val="007923C1"/>
     <w:rsid w:val="0079271B"/>
     <w:rsid w:val="00794288"/>
     <w:rsid w:val="00794A30"/>
     <w:rsid w:val="00795885"/>
     <w:rsid w:val="0079728D"/>
     <w:rsid w:val="00797850"/>
     <w:rsid w:val="007A057F"/>
     <w:rsid w:val="007B0007"/>
     <w:rsid w:val="007B098F"/>
     <w:rsid w:val="007B3BB9"/>
     <w:rsid w:val="007B6BC6"/>
     <w:rsid w:val="007B6E9F"/>
     <w:rsid w:val="007C1B39"/>
     <w:rsid w:val="007C2565"/>
     <w:rsid w:val="007C44B5"/>
     <w:rsid w:val="007C48B2"/>
     <w:rsid w:val="007C5280"/>
     <w:rsid w:val="007C5B0D"/>
+    <w:rsid w:val="007C6B38"/>
     <w:rsid w:val="007D5255"/>
     <w:rsid w:val="007D6724"/>
     <w:rsid w:val="007D7201"/>
     <w:rsid w:val="007D7997"/>
     <w:rsid w:val="007D7B37"/>
     <w:rsid w:val="007E3FF3"/>
     <w:rsid w:val="007E4106"/>
     <w:rsid w:val="007E4828"/>
     <w:rsid w:val="007E72CE"/>
     <w:rsid w:val="007F3172"/>
     <w:rsid w:val="007F3774"/>
     <w:rsid w:val="007F3964"/>
     <w:rsid w:val="007F3E05"/>
     <w:rsid w:val="007F4B50"/>
     <w:rsid w:val="007F57E2"/>
     <w:rsid w:val="007F65DA"/>
     <w:rsid w:val="007F6C45"/>
     <w:rsid w:val="00801AA2"/>
     <w:rsid w:val="00802A4F"/>
     <w:rsid w:val="00805288"/>
+    <w:rsid w:val="00805768"/>
     <w:rsid w:val="00807DF8"/>
     <w:rsid w:val="00807F24"/>
     <w:rsid w:val="00810EFD"/>
     <w:rsid w:val="008124EA"/>
     <w:rsid w:val="00812BDC"/>
     <w:rsid w:val="00815461"/>
     <w:rsid w:val="00816702"/>
     <w:rsid w:val="00816C46"/>
     <w:rsid w:val="00817589"/>
     <w:rsid w:val="008204C0"/>
     <w:rsid w:val="008215A1"/>
     <w:rsid w:val="0082211D"/>
     <w:rsid w:val="008222BE"/>
     <w:rsid w:val="00830E58"/>
     <w:rsid w:val="008312AA"/>
     <w:rsid w:val="00831DB5"/>
+    <w:rsid w:val="00835DD3"/>
     <w:rsid w:val="008362E3"/>
     <w:rsid w:val="00837A33"/>
     <w:rsid w:val="00841F93"/>
     <w:rsid w:val="00842D20"/>
     <w:rsid w:val="008441CE"/>
     <w:rsid w:val="00844BDF"/>
     <w:rsid w:val="00845AD6"/>
     <w:rsid w:val="008478CD"/>
     <w:rsid w:val="00852C9E"/>
     <w:rsid w:val="00852FAA"/>
     <w:rsid w:val="00854BB8"/>
     <w:rsid w:val="00854EA3"/>
     <w:rsid w:val="0085682E"/>
     <w:rsid w:val="0086245B"/>
     <w:rsid w:val="0086311C"/>
     <w:rsid w:val="00863D0B"/>
     <w:rsid w:val="00863FE9"/>
     <w:rsid w:val="00871C40"/>
     <w:rsid w:val="008730FC"/>
     <w:rsid w:val="008734F2"/>
     <w:rsid w:val="00876298"/>
     <w:rsid w:val="00876658"/>
     <w:rsid w:val="00880D03"/>
     <w:rsid w:val="008815D1"/>
     <w:rsid w:val="00882659"/>
     <w:rsid w:val="0088391A"/>
     <w:rsid w:val="00884A17"/>
     <w:rsid w:val="008863E8"/>
     <w:rsid w:val="00886451"/>
+    <w:rsid w:val="008864B0"/>
     <w:rsid w:val="008870DF"/>
     <w:rsid w:val="0088751A"/>
     <w:rsid w:val="0088755B"/>
     <w:rsid w:val="00887789"/>
     <w:rsid w:val="00890023"/>
     <w:rsid w:val="00892D2F"/>
     <w:rsid w:val="00892D44"/>
     <w:rsid w:val="0089406C"/>
     <w:rsid w:val="00895296"/>
     <w:rsid w:val="00895A3C"/>
     <w:rsid w:val="00896047"/>
     <w:rsid w:val="008A01BB"/>
     <w:rsid w:val="008A030E"/>
     <w:rsid w:val="008A151E"/>
     <w:rsid w:val="008A3399"/>
     <w:rsid w:val="008A4242"/>
     <w:rsid w:val="008A4E6A"/>
     <w:rsid w:val="008A5EBE"/>
     <w:rsid w:val="008A6B51"/>
     <w:rsid w:val="008A75C3"/>
     <w:rsid w:val="008B07C0"/>
     <w:rsid w:val="008B0B63"/>
     <w:rsid w:val="008B12D4"/>
     <w:rsid w:val="008B1363"/>
     <w:rsid w:val="008B33C5"/>
@@ -11332,206 +11631,215 @@
     <w:rsid w:val="009252BF"/>
     <w:rsid w:val="00925671"/>
     <w:rsid w:val="00930C02"/>
     <w:rsid w:val="00930E08"/>
     <w:rsid w:val="00931AB8"/>
     <w:rsid w:val="009336FB"/>
     <w:rsid w:val="009342AE"/>
     <w:rsid w:val="009422F1"/>
     <w:rsid w:val="00943074"/>
     <w:rsid w:val="00943A70"/>
     <w:rsid w:val="00943F7C"/>
     <w:rsid w:val="00944181"/>
     <w:rsid w:val="00946865"/>
     <w:rsid w:val="00946989"/>
     <w:rsid w:val="009473A5"/>
     <w:rsid w:val="00947EEA"/>
     <w:rsid w:val="00951DD3"/>
     <w:rsid w:val="0095223E"/>
     <w:rsid w:val="00952DE9"/>
     <w:rsid w:val="00953A0A"/>
     <w:rsid w:val="00953B03"/>
     <w:rsid w:val="00954220"/>
     <w:rsid w:val="00954E88"/>
     <w:rsid w:val="00956274"/>
     <w:rsid w:val="009563C4"/>
+    <w:rsid w:val="00957EB7"/>
     <w:rsid w:val="0096137B"/>
     <w:rsid w:val="00961433"/>
     <w:rsid w:val="009620A6"/>
     <w:rsid w:val="0096306A"/>
     <w:rsid w:val="009636E5"/>
     <w:rsid w:val="00963D50"/>
     <w:rsid w:val="00966022"/>
     <w:rsid w:val="009674ED"/>
     <w:rsid w:val="00967674"/>
     <w:rsid w:val="0097051C"/>
     <w:rsid w:val="00972AE5"/>
     <w:rsid w:val="009740E7"/>
     <w:rsid w:val="009767B0"/>
     <w:rsid w:val="00976C06"/>
     <w:rsid w:val="00980368"/>
     <w:rsid w:val="0098122A"/>
     <w:rsid w:val="0098185E"/>
     <w:rsid w:val="009818B4"/>
     <w:rsid w:val="009820C2"/>
     <w:rsid w:val="009830CD"/>
     <w:rsid w:val="00983FD2"/>
     <w:rsid w:val="00984826"/>
     <w:rsid w:val="009852A0"/>
     <w:rsid w:val="009863B2"/>
     <w:rsid w:val="0098672F"/>
     <w:rsid w:val="00987729"/>
     <w:rsid w:val="00987FB6"/>
     <w:rsid w:val="009904C3"/>
     <w:rsid w:val="00990B2B"/>
     <w:rsid w:val="00990F3B"/>
+    <w:rsid w:val="0099129F"/>
     <w:rsid w:val="009929C0"/>
     <w:rsid w:val="00992CAF"/>
     <w:rsid w:val="00993F4A"/>
     <w:rsid w:val="009942BC"/>
     <w:rsid w:val="00994441"/>
     <w:rsid w:val="00996DD9"/>
     <w:rsid w:val="00997616"/>
     <w:rsid w:val="00997F92"/>
     <w:rsid w:val="009A1882"/>
     <w:rsid w:val="009A1FA0"/>
     <w:rsid w:val="009A2069"/>
     <w:rsid w:val="009A20B2"/>
     <w:rsid w:val="009A4705"/>
     <w:rsid w:val="009A4C7C"/>
     <w:rsid w:val="009A5986"/>
     <w:rsid w:val="009A6D0A"/>
     <w:rsid w:val="009A712C"/>
     <w:rsid w:val="009B11CC"/>
     <w:rsid w:val="009B244F"/>
     <w:rsid w:val="009B3A32"/>
     <w:rsid w:val="009B3E58"/>
     <w:rsid w:val="009B4421"/>
     <w:rsid w:val="009B5156"/>
     <w:rsid w:val="009B530E"/>
     <w:rsid w:val="009B5716"/>
     <w:rsid w:val="009B578C"/>
     <w:rsid w:val="009B57F5"/>
     <w:rsid w:val="009B6F82"/>
     <w:rsid w:val="009C29C4"/>
     <w:rsid w:val="009C2F58"/>
     <w:rsid w:val="009C3B4D"/>
     <w:rsid w:val="009C4487"/>
     <w:rsid w:val="009C4A24"/>
     <w:rsid w:val="009C5885"/>
     <w:rsid w:val="009C630E"/>
     <w:rsid w:val="009C6460"/>
     <w:rsid w:val="009C67B2"/>
     <w:rsid w:val="009C69DF"/>
     <w:rsid w:val="009C6B1C"/>
     <w:rsid w:val="009C7679"/>
     <w:rsid w:val="009D1656"/>
     <w:rsid w:val="009D17C1"/>
     <w:rsid w:val="009D441E"/>
+    <w:rsid w:val="009D5452"/>
     <w:rsid w:val="009D5D4C"/>
     <w:rsid w:val="009D6050"/>
     <w:rsid w:val="009D68B8"/>
     <w:rsid w:val="009D748F"/>
     <w:rsid w:val="009E24D8"/>
     <w:rsid w:val="009E2FB3"/>
     <w:rsid w:val="009E4040"/>
     <w:rsid w:val="009E4238"/>
     <w:rsid w:val="009E55EA"/>
     <w:rsid w:val="009E68F5"/>
     <w:rsid w:val="009E7EB3"/>
     <w:rsid w:val="009E7F28"/>
     <w:rsid w:val="009F0CB4"/>
     <w:rsid w:val="009F172E"/>
     <w:rsid w:val="009F1F6B"/>
     <w:rsid w:val="009F202D"/>
     <w:rsid w:val="009F29B8"/>
     <w:rsid w:val="009F3F5A"/>
     <w:rsid w:val="009F5506"/>
     <w:rsid w:val="009F56C9"/>
     <w:rsid w:val="009F68E6"/>
     <w:rsid w:val="009F7AB2"/>
     <w:rsid w:val="00A00659"/>
     <w:rsid w:val="00A0143C"/>
     <w:rsid w:val="00A016F6"/>
     <w:rsid w:val="00A01EF4"/>
     <w:rsid w:val="00A0234D"/>
     <w:rsid w:val="00A02C09"/>
     <w:rsid w:val="00A03784"/>
     <w:rsid w:val="00A04556"/>
     <w:rsid w:val="00A0678F"/>
     <w:rsid w:val="00A11511"/>
     <w:rsid w:val="00A11BCF"/>
     <w:rsid w:val="00A11FD1"/>
     <w:rsid w:val="00A13BF8"/>
     <w:rsid w:val="00A207C9"/>
     <w:rsid w:val="00A21390"/>
     <w:rsid w:val="00A22812"/>
     <w:rsid w:val="00A23EA3"/>
     <w:rsid w:val="00A24222"/>
     <w:rsid w:val="00A24249"/>
     <w:rsid w:val="00A2629B"/>
     <w:rsid w:val="00A26344"/>
     <w:rsid w:val="00A26E6D"/>
     <w:rsid w:val="00A2710E"/>
     <w:rsid w:val="00A31895"/>
     <w:rsid w:val="00A32E84"/>
+    <w:rsid w:val="00A33E78"/>
     <w:rsid w:val="00A34B69"/>
     <w:rsid w:val="00A35F6A"/>
     <w:rsid w:val="00A35FB4"/>
     <w:rsid w:val="00A40133"/>
     <w:rsid w:val="00A40C64"/>
     <w:rsid w:val="00A41801"/>
     <w:rsid w:val="00A42AF3"/>
     <w:rsid w:val="00A436D9"/>
     <w:rsid w:val="00A44598"/>
     <w:rsid w:val="00A446A1"/>
     <w:rsid w:val="00A451DC"/>
+    <w:rsid w:val="00A467CA"/>
     <w:rsid w:val="00A46870"/>
     <w:rsid w:val="00A47775"/>
     <w:rsid w:val="00A50165"/>
     <w:rsid w:val="00A50AC7"/>
     <w:rsid w:val="00A51F27"/>
     <w:rsid w:val="00A544DE"/>
     <w:rsid w:val="00A55C7B"/>
+    <w:rsid w:val="00A55E96"/>
     <w:rsid w:val="00A56253"/>
     <w:rsid w:val="00A564EB"/>
     <w:rsid w:val="00A5795D"/>
     <w:rsid w:val="00A61F74"/>
     <w:rsid w:val="00A62430"/>
     <w:rsid w:val="00A627EA"/>
     <w:rsid w:val="00A64BC0"/>
     <w:rsid w:val="00A64CB9"/>
     <w:rsid w:val="00A65287"/>
+    <w:rsid w:val="00A70085"/>
     <w:rsid w:val="00A70552"/>
     <w:rsid w:val="00A70B72"/>
     <w:rsid w:val="00A74DBD"/>
     <w:rsid w:val="00A74F24"/>
     <w:rsid w:val="00A753E5"/>
     <w:rsid w:val="00A7594B"/>
+    <w:rsid w:val="00A76339"/>
     <w:rsid w:val="00A77435"/>
     <w:rsid w:val="00A8124E"/>
     <w:rsid w:val="00A815E6"/>
+    <w:rsid w:val="00A819A8"/>
     <w:rsid w:val="00A8260E"/>
     <w:rsid w:val="00A826A9"/>
     <w:rsid w:val="00A82773"/>
     <w:rsid w:val="00A83102"/>
     <w:rsid w:val="00A83104"/>
     <w:rsid w:val="00A836C2"/>
     <w:rsid w:val="00A84640"/>
     <w:rsid w:val="00A8581E"/>
     <w:rsid w:val="00A86920"/>
     <w:rsid w:val="00A90AC4"/>
     <w:rsid w:val="00A92F11"/>
     <w:rsid w:val="00A936CC"/>
     <w:rsid w:val="00A94923"/>
     <w:rsid w:val="00A94E05"/>
     <w:rsid w:val="00A953CA"/>
     <w:rsid w:val="00A96090"/>
     <w:rsid w:val="00A96C45"/>
     <w:rsid w:val="00A97791"/>
     <w:rsid w:val="00A97919"/>
     <w:rsid w:val="00AA0215"/>
     <w:rsid w:val="00AA0892"/>
     <w:rsid w:val="00AA0CB4"/>
     <w:rsid w:val="00AA321E"/>
     <w:rsid w:val="00AA33C1"/>
     <w:rsid w:val="00AA4F0C"/>
@@ -11543,102 +11851,106 @@
     <w:rsid w:val="00AB5839"/>
     <w:rsid w:val="00AB5B29"/>
     <w:rsid w:val="00AB5E1E"/>
     <w:rsid w:val="00AC03C7"/>
     <w:rsid w:val="00AC0897"/>
     <w:rsid w:val="00AC16E9"/>
     <w:rsid w:val="00AC1744"/>
     <w:rsid w:val="00AC37AD"/>
     <w:rsid w:val="00AC3F2F"/>
     <w:rsid w:val="00AC490E"/>
     <w:rsid w:val="00AC5D0E"/>
     <w:rsid w:val="00AC61D9"/>
     <w:rsid w:val="00AC6581"/>
     <w:rsid w:val="00AC7290"/>
     <w:rsid w:val="00AC76A9"/>
     <w:rsid w:val="00AC7E1A"/>
     <w:rsid w:val="00AD199F"/>
     <w:rsid w:val="00AD441B"/>
     <w:rsid w:val="00AD51EC"/>
     <w:rsid w:val="00AD65B2"/>
     <w:rsid w:val="00AE0E67"/>
     <w:rsid w:val="00AE1A41"/>
     <w:rsid w:val="00AE2562"/>
     <w:rsid w:val="00AE324C"/>
     <w:rsid w:val="00AE7578"/>
+    <w:rsid w:val="00AF0295"/>
     <w:rsid w:val="00AF12CE"/>
     <w:rsid w:val="00AF1607"/>
     <w:rsid w:val="00AF296D"/>
     <w:rsid w:val="00AF39E7"/>
     <w:rsid w:val="00AF69C7"/>
     <w:rsid w:val="00B0399E"/>
     <w:rsid w:val="00B0699F"/>
     <w:rsid w:val="00B069F6"/>
     <w:rsid w:val="00B07BD0"/>
     <w:rsid w:val="00B10912"/>
     <w:rsid w:val="00B13D33"/>
     <w:rsid w:val="00B146C9"/>
     <w:rsid w:val="00B14D13"/>
     <w:rsid w:val="00B15A91"/>
     <w:rsid w:val="00B160D8"/>
     <w:rsid w:val="00B163D5"/>
     <w:rsid w:val="00B21568"/>
     <w:rsid w:val="00B22B80"/>
     <w:rsid w:val="00B24009"/>
     <w:rsid w:val="00B24553"/>
     <w:rsid w:val="00B2684B"/>
     <w:rsid w:val="00B278F3"/>
     <w:rsid w:val="00B27FBF"/>
     <w:rsid w:val="00B333FC"/>
     <w:rsid w:val="00B33DF9"/>
     <w:rsid w:val="00B34FBE"/>
     <w:rsid w:val="00B42028"/>
     <w:rsid w:val="00B44192"/>
     <w:rsid w:val="00B476DD"/>
     <w:rsid w:val="00B516DE"/>
     <w:rsid w:val="00B518E7"/>
     <w:rsid w:val="00B55B8E"/>
     <w:rsid w:val="00B56AA4"/>
     <w:rsid w:val="00B629B1"/>
     <w:rsid w:val="00B64D76"/>
     <w:rsid w:val="00B66254"/>
+    <w:rsid w:val="00B66D27"/>
     <w:rsid w:val="00B66E54"/>
     <w:rsid w:val="00B66F7B"/>
     <w:rsid w:val="00B700F5"/>
     <w:rsid w:val="00B701FC"/>
     <w:rsid w:val="00B70270"/>
     <w:rsid w:val="00B73F9D"/>
     <w:rsid w:val="00B74504"/>
     <w:rsid w:val="00B80548"/>
     <w:rsid w:val="00B81851"/>
     <w:rsid w:val="00B8292C"/>
     <w:rsid w:val="00B82AA4"/>
     <w:rsid w:val="00B8356A"/>
     <w:rsid w:val="00B873DB"/>
     <w:rsid w:val="00B87964"/>
+    <w:rsid w:val="00B87C82"/>
     <w:rsid w:val="00B95D02"/>
     <w:rsid w:val="00BA06B1"/>
+    <w:rsid w:val="00BA0706"/>
     <w:rsid w:val="00BA1068"/>
     <w:rsid w:val="00BA153B"/>
     <w:rsid w:val="00BA1A68"/>
     <w:rsid w:val="00BA29AA"/>
     <w:rsid w:val="00BA3067"/>
     <w:rsid w:val="00BA34EB"/>
     <w:rsid w:val="00BA486C"/>
     <w:rsid w:val="00BA5189"/>
     <w:rsid w:val="00BA69F9"/>
     <w:rsid w:val="00BA7A22"/>
     <w:rsid w:val="00BB007F"/>
     <w:rsid w:val="00BB0ED9"/>
     <w:rsid w:val="00BB2B09"/>
     <w:rsid w:val="00BB3A4D"/>
     <w:rsid w:val="00BB483E"/>
     <w:rsid w:val="00BB70B3"/>
     <w:rsid w:val="00BB7D2D"/>
     <w:rsid w:val="00BB7F87"/>
     <w:rsid w:val="00BC240F"/>
     <w:rsid w:val="00BC259B"/>
     <w:rsid w:val="00BC4183"/>
     <w:rsid w:val="00BC5869"/>
     <w:rsid w:val="00BC58C0"/>
     <w:rsid w:val="00BC61B6"/>
     <w:rsid w:val="00BC6C99"/>
@@ -11673,426 +11985,442 @@
     <w:rsid w:val="00C03B88"/>
     <w:rsid w:val="00C05801"/>
     <w:rsid w:val="00C0729E"/>
     <w:rsid w:val="00C07D55"/>
     <w:rsid w:val="00C10474"/>
     <w:rsid w:val="00C10F5B"/>
     <w:rsid w:val="00C12403"/>
     <w:rsid w:val="00C13547"/>
     <w:rsid w:val="00C1378F"/>
     <w:rsid w:val="00C1397D"/>
     <w:rsid w:val="00C13CE0"/>
     <w:rsid w:val="00C14133"/>
     <w:rsid w:val="00C165A1"/>
     <w:rsid w:val="00C1685F"/>
     <w:rsid w:val="00C16AE5"/>
     <w:rsid w:val="00C17C96"/>
     <w:rsid w:val="00C2055D"/>
     <w:rsid w:val="00C21D04"/>
     <w:rsid w:val="00C238E3"/>
     <w:rsid w:val="00C3050E"/>
     <w:rsid w:val="00C33E41"/>
     <w:rsid w:val="00C35638"/>
     <w:rsid w:val="00C37EEF"/>
     <w:rsid w:val="00C4355A"/>
     <w:rsid w:val="00C44105"/>
+    <w:rsid w:val="00C4711B"/>
     <w:rsid w:val="00C471D8"/>
     <w:rsid w:val="00C4798C"/>
     <w:rsid w:val="00C517BE"/>
     <w:rsid w:val="00C53E96"/>
     <w:rsid w:val="00C543DD"/>
     <w:rsid w:val="00C5709B"/>
     <w:rsid w:val="00C575CC"/>
     <w:rsid w:val="00C57DCA"/>
     <w:rsid w:val="00C60A91"/>
     <w:rsid w:val="00C6314D"/>
     <w:rsid w:val="00C63634"/>
     <w:rsid w:val="00C651AC"/>
     <w:rsid w:val="00C6570A"/>
     <w:rsid w:val="00C66F80"/>
     <w:rsid w:val="00C725FE"/>
     <w:rsid w:val="00C72BBF"/>
     <w:rsid w:val="00C72DE9"/>
     <w:rsid w:val="00C737B7"/>
     <w:rsid w:val="00C75992"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C76EE7"/>
     <w:rsid w:val="00C806E5"/>
     <w:rsid w:val="00C81417"/>
     <w:rsid w:val="00C8161F"/>
     <w:rsid w:val="00C81647"/>
     <w:rsid w:val="00C85504"/>
     <w:rsid w:val="00C9038B"/>
     <w:rsid w:val="00C90785"/>
     <w:rsid w:val="00C948D8"/>
     <w:rsid w:val="00C956B0"/>
     <w:rsid w:val="00CA0ED9"/>
     <w:rsid w:val="00CA1EE2"/>
     <w:rsid w:val="00CA3027"/>
     <w:rsid w:val="00CA39D9"/>
     <w:rsid w:val="00CA44BF"/>
     <w:rsid w:val="00CA707F"/>
     <w:rsid w:val="00CB0843"/>
     <w:rsid w:val="00CB0ABE"/>
     <w:rsid w:val="00CB22EE"/>
     <w:rsid w:val="00CB2DAC"/>
     <w:rsid w:val="00CB440E"/>
     <w:rsid w:val="00CB464B"/>
     <w:rsid w:val="00CB56E3"/>
     <w:rsid w:val="00CB5C68"/>
+    <w:rsid w:val="00CB6E1F"/>
     <w:rsid w:val="00CC0E43"/>
     <w:rsid w:val="00CC0E98"/>
     <w:rsid w:val="00CC1572"/>
     <w:rsid w:val="00CC19DC"/>
     <w:rsid w:val="00CC1CE3"/>
     <w:rsid w:val="00CC2658"/>
     <w:rsid w:val="00CC2A3F"/>
     <w:rsid w:val="00CC3D91"/>
     <w:rsid w:val="00CC4905"/>
     <w:rsid w:val="00CC651B"/>
     <w:rsid w:val="00CC731F"/>
     <w:rsid w:val="00CD12D2"/>
     <w:rsid w:val="00CD1C32"/>
     <w:rsid w:val="00CD23B3"/>
     <w:rsid w:val="00CD4BD8"/>
     <w:rsid w:val="00CD4DC2"/>
     <w:rsid w:val="00CD592D"/>
     <w:rsid w:val="00CD66BF"/>
     <w:rsid w:val="00CD6BBB"/>
     <w:rsid w:val="00CE03E5"/>
     <w:rsid w:val="00CE120A"/>
     <w:rsid w:val="00CE1268"/>
     <w:rsid w:val="00CE192E"/>
     <w:rsid w:val="00CE31DC"/>
     <w:rsid w:val="00CE4783"/>
     <w:rsid w:val="00CE47C3"/>
     <w:rsid w:val="00CE4FC5"/>
     <w:rsid w:val="00CE656D"/>
     <w:rsid w:val="00CE738E"/>
     <w:rsid w:val="00CE79A7"/>
     <w:rsid w:val="00CE7B7B"/>
     <w:rsid w:val="00CF0982"/>
     <w:rsid w:val="00CF225D"/>
     <w:rsid w:val="00CF3B9F"/>
     <w:rsid w:val="00CF3CA9"/>
     <w:rsid w:val="00CF3F2F"/>
     <w:rsid w:val="00CF46BE"/>
     <w:rsid w:val="00CF4F08"/>
     <w:rsid w:val="00CF7449"/>
     <w:rsid w:val="00D020A6"/>
     <w:rsid w:val="00D0669B"/>
     <w:rsid w:val="00D06FEA"/>
     <w:rsid w:val="00D07BDB"/>
     <w:rsid w:val="00D07CEE"/>
     <w:rsid w:val="00D10A52"/>
     <w:rsid w:val="00D10F95"/>
     <w:rsid w:val="00D1107C"/>
+    <w:rsid w:val="00D1259F"/>
     <w:rsid w:val="00D128C7"/>
     <w:rsid w:val="00D13B8D"/>
     <w:rsid w:val="00D146BB"/>
     <w:rsid w:val="00D149BA"/>
     <w:rsid w:val="00D16E05"/>
     <w:rsid w:val="00D174F3"/>
     <w:rsid w:val="00D17C6A"/>
     <w:rsid w:val="00D200D2"/>
+    <w:rsid w:val="00D23680"/>
     <w:rsid w:val="00D25BDB"/>
     <w:rsid w:val="00D2665A"/>
     <w:rsid w:val="00D270E2"/>
     <w:rsid w:val="00D27903"/>
     <w:rsid w:val="00D31418"/>
     <w:rsid w:val="00D32299"/>
     <w:rsid w:val="00D33AC3"/>
     <w:rsid w:val="00D33F75"/>
     <w:rsid w:val="00D345B3"/>
     <w:rsid w:val="00D36CC7"/>
     <w:rsid w:val="00D400A9"/>
     <w:rsid w:val="00D406A9"/>
     <w:rsid w:val="00D40CA5"/>
     <w:rsid w:val="00D414FD"/>
     <w:rsid w:val="00D4325C"/>
     <w:rsid w:val="00D43439"/>
     <w:rsid w:val="00D43FD5"/>
     <w:rsid w:val="00D44452"/>
     <w:rsid w:val="00D46357"/>
     <w:rsid w:val="00D477B8"/>
     <w:rsid w:val="00D47E14"/>
     <w:rsid w:val="00D47E48"/>
     <w:rsid w:val="00D50292"/>
     <w:rsid w:val="00D50A2A"/>
     <w:rsid w:val="00D52C55"/>
     <w:rsid w:val="00D607D4"/>
     <w:rsid w:val="00D628FE"/>
     <w:rsid w:val="00D63B0B"/>
     <w:rsid w:val="00D64667"/>
     <w:rsid w:val="00D6521E"/>
     <w:rsid w:val="00D6694B"/>
     <w:rsid w:val="00D67C4F"/>
     <w:rsid w:val="00D701E6"/>
     <w:rsid w:val="00D716F7"/>
     <w:rsid w:val="00D71811"/>
     <w:rsid w:val="00D71E16"/>
     <w:rsid w:val="00D73AB5"/>
     <w:rsid w:val="00D743D9"/>
     <w:rsid w:val="00D7480F"/>
     <w:rsid w:val="00D74EB7"/>
     <w:rsid w:val="00D76D13"/>
     <w:rsid w:val="00D8167E"/>
     <w:rsid w:val="00D82019"/>
     <w:rsid w:val="00D8268B"/>
     <w:rsid w:val="00D8366C"/>
     <w:rsid w:val="00D83AB1"/>
+    <w:rsid w:val="00D83B08"/>
     <w:rsid w:val="00D90507"/>
     <w:rsid w:val="00D944B1"/>
     <w:rsid w:val="00D95E30"/>
     <w:rsid w:val="00D9665E"/>
     <w:rsid w:val="00D9783E"/>
     <w:rsid w:val="00D97B56"/>
     <w:rsid w:val="00DA093A"/>
     <w:rsid w:val="00DA0FDB"/>
+    <w:rsid w:val="00DA1409"/>
     <w:rsid w:val="00DA23AC"/>
     <w:rsid w:val="00DA2701"/>
     <w:rsid w:val="00DA504D"/>
     <w:rsid w:val="00DA6214"/>
     <w:rsid w:val="00DA7358"/>
     <w:rsid w:val="00DA7A51"/>
     <w:rsid w:val="00DB0CA0"/>
     <w:rsid w:val="00DB405E"/>
     <w:rsid w:val="00DB49E4"/>
+    <w:rsid w:val="00DB5F2C"/>
     <w:rsid w:val="00DB7002"/>
     <w:rsid w:val="00DB7D6F"/>
+    <w:rsid w:val="00DC0492"/>
     <w:rsid w:val="00DC08B1"/>
     <w:rsid w:val="00DC0FC3"/>
     <w:rsid w:val="00DC23AD"/>
     <w:rsid w:val="00DC23C1"/>
     <w:rsid w:val="00DC46A0"/>
     <w:rsid w:val="00DC5CE1"/>
     <w:rsid w:val="00DC6040"/>
     <w:rsid w:val="00DD04DF"/>
     <w:rsid w:val="00DD1076"/>
     <w:rsid w:val="00DD1CC7"/>
     <w:rsid w:val="00DD2037"/>
     <w:rsid w:val="00DD2D82"/>
     <w:rsid w:val="00DD4CD7"/>
     <w:rsid w:val="00DD58BC"/>
     <w:rsid w:val="00DE1722"/>
     <w:rsid w:val="00DE18AF"/>
     <w:rsid w:val="00DE2257"/>
     <w:rsid w:val="00DE2799"/>
     <w:rsid w:val="00DE435A"/>
     <w:rsid w:val="00DE476A"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE6C6B"/>
     <w:rsid w:val="00DE7D05"/>
     <w:rsid w:val="00DF0249"/>
     <w:rsid w:val="00DF19AC"/>
     <w:rsid w:val="00DF3020"/>
     <w:rsid w:val="00DF3853"/>
     <w:rsid w:val="00DF429E"/>
     <w:rsid w:val="00DF4599"/>
     <w:rsid w:val="00DF4FA2"/>
+    <w:rsid w:val="00DF5CF6"/>
     <w:rsid w:val="00DF7051"/>
     <w:rsid w:val="00DF72E3"/>
     <w:rsid w:val="00DF7A69"/>
     <w:rsid w:val="00E027C9"/>
     <w:rsid w:val="00E03BC6"/>
     <w:rsid w:val="00E04377"/>
     <w:rsid w:val="00E050FC"/>
     <w:rsid w:val="00E051E8"/>
     <w:rsid w:val="00E05537"/>
     <w:rsid w:val="00E10633"/>
     <w:rsid w:val="00E10A54"/>
     <w:rsid w:val="00E10E3C"/>
     <w:rsid w:val="00E1319D"/>
     <w:rsid w:val="00E13302"/>
     <w:rsid w:val="00E135E9"/>
     <w:rsid w:val="00E13634"/>
     <w:rsid w:val="00E141BB"/>
     <w:rsid w:val="00E15009"/>
     <w:rsid w:val="00E1570C"/>
     <w:rsid w:val="00E16946"/>
     <w:rsid w:val="00E16AA4"/>
     <w:rsid w:val="00E17490"/>
     <w:rsid w:val="00E17B50"/>
     <w:rsid w:val="00E2075F"/>
     <w:rsid w:val="00E23DB3"/>
     <w:rsid w:val="00E25138"/>
     <w:rsid w:val="00E2556C"/>
     <w:rsid w:val="00E255FA"/>
     <w:rsid w:val="00E25FFB"/>
     <w:rsid w:val="00E2677D"/>
     <w:rsid w:val="00E272AD"/>
     <w:rsid w:val="00E275CF"/>
     <w:rsid w:val="00E277DE"/>
     <w:rsid w:val="00E310DE"/>
     <w:rsid w:val="00E320CB"/>
     <w:rsid w:val="00E329A5"/>
     <w:rsid w:val="00E33400"/>
     <w:rsid w:val="00E33E1F"/>
     <w:rsid w:val="00E34397"/>
     <w:rsid w:val="00E35C05"/>
     <w:rsid w:val="00E35D08"/>
     <w:rsid w:val="00E4013A"/>
     <w:rsid w:val="00E4112C"/>
     <w:rsid w:val="00E41BDA"/>
     <w:rsid w:val="00E42F42"/>
     <w:rsid w:val="00E4305B"/>
     <w:rsid w:val="00E43A5B"/>
     <w:rsid w:val="00E448A3"/>
     <w:rsid w:val="00E4573C"/>
     <w:rsid w:val="00E47A9E"/>
+    <w:rsid w:val="00E5050D"/>
     <w:rsid w:val="00E50640"/>
     <w:rsid w:val="00E518A2"/>
     <w:rsid w:val="00E51EB2"/>
     <w:rsid w:val="00E5203B"/>
     <w:rsid w:val="00E52495"/>
     <w:rsid w:val="00E5528E"/>
     <w:rsid w:val="00E559F0"/>
     <w:rsid w:val="00E55C39"/>
     <w:rsid w:val="00E56C7B"/>
     <w:rsid w:val="00E572E2"/>
     <w:rsid w:val="00E57F39"/>
     <w:rsid w:val="00E61A25"/>
     <w:rsid w:val="00E6216C"/>
     <w:rsid w:val="00E625FE"/>
     <w:rsid w:val="00E62C0D"/>
     <w:rsid w:val="00E6346F"/>
     <w:rsid w:val="00E63608"/>
     <w:rsid w:val="00E639DE"/>
     <w:rsid w:val="00E645DF"/>
     <w:rsid w:val="00E67011"/>
     <w:rsid w:val="00E67D0A"/>
     <w:rsid w:val="00E67D98"/>
     <w:rsid w:val="00E74AF8"/>
     <w:rsid w:val="00E76593"/>
     <w:rsid w:val="00E81092"/>
     <w:rsid w:val="00E827FA"/>
     <w:rsid w:val="00E83CDF"/>
     <w:rsid w:val="00E866D0"/>
     <w:rsid w:val="00E86953"/>
     <w:rsid w:val="00E908A4"/>
     <w:rsid w:val="00E91EC6"/>
     <w:rsid w:val="00E9275C"/>
     <w:rsid w:val="00E93E78"/>
     <w:rsid w:val="00E9463E"/>
     <w:rsid w:val="00E9668F"/>
     <w:rsid w:val="00E966AF"/>
     <w:rsid w:val="00E96BDB"/>
     <w:rsid w:val="00EA2929"/>
     <w:rsid w:val="00EA467A"/>
     <w:rsid w:val="00EA4786"/>
     <w:rsid w:val="00EA4E2A"/>
     <w:rsid w:val="00EA4F71"/>
     <w:rsid w:val="00EA5023"/>
     <w:rsid w:val="00EA5857"/>
     <w:rsid w:val="00EA7068"/>
     <w:rsid w:val="00EB1FF9"/>
     <w:rsid w:val="00EB4356"/>
     <w:rsid w:val="00EB4509"/>
     <w:rsid w:val="00EB4678"/>
     <w:rsid w:val="00EB680D"/>
+    <w:rsid w:val="00EB7FE3"/>
     <w:rsid w:val="00EC04A4"/>
     <w:rsid w:val="00EC06FD"/>
     <w:rsid w:val="00EC4B69"/>
     <w:rsid w:val="00EC51D5"/>
     <w:rsid w:val="00EC6FAA"/>
     <w:rsid w:val="00EC7121"/>
     <w:rsid w:val="00EC71EC"/>
     <w:rsid w:val="00EC72BF"/>
     <w:rsid w:val="00ED008F"/>
     <w:rsid w:val="00ED0A40"/>
     <w:rsid w:val="00ED12F3"/>
     <w:rsid w:val="00ED1B2B"/>
     <w:rsid w:val="00ED3549"/>
     <w:rsid w:val="00ED36D0"/>
     <w:rsid w:val="00ED401C"/>
     <w:rsid w:val="00ED59F9"/>
     <w:rsid w:val="00ED5A53"/>
     <w:rsid w:val="00ED69EC"/>
     <w:rsid w:val="00ED6A2A"/>
     <w:rsid w:val="00ED780A"/>
     <w:rsid w:val="00EE049E"/>
     <w:rsid w:val="00EE18F0"/>
     <w:rsid w:val="00EE23C0"/>
     <w:rsid w:val="00EE2EFE"/>
     <w:rsid w:val="00EE3775"/>
     <w:rsid w:val="00EE3A3B"/>
     <w:rsid w:val="00EE4A19"/>
     <w:rsid w:val="00EE602B"/>
     <w:rsid w:val="00EE7C2E"/>
     <w:rsid w:val="00EF161A"/>
     <w:rsid w:val="00EF18FC"/>
     <w:rsid w:val="00EF2830"/>
     <w:rsid w:val="00EF3126"/>
     <w:rsid w:val="00EF3442"/>
     <w:rsid w:val="00EF363A"/>
     <w:rsid w:val="00EF39C5"/>
     <w:rsid w:val="00EF4AFC"/>
     <w:rsid w:val="00EF61DF"/>
     <w:rsid w:val="00F000FA"/>
     <w:rsid w:val="00F010C3"/>
     <w:rsid w:val="00F015D5"/>
     <w:rsid w:val="00F01689"/>
     <w:rsid w:val="00F028BB"/>
+    <w:rsid w:val="00F02AF7"/>
     <w:rsid w:val="00F02CB2"/>
     <w:rsid w:val="00F034CF"/>
     <w:rsid w:val="00F0731F"/>
     <w:rsid w:val="00F124E6"/>
     <w:rsid w:val="00F13A69"/>
     <w:rsid w:val="00F150DA"/>
     <w:rsid w:val="00F166D6"/>
     <w:rsid w:val="00F16959"/>
     <w:rsid w:val="00F170D8"/>
     <w:rsid w:val="00F20E1C"/>
     <w:rsid w:val="00F23D3D"/>
     <w:rsid w:val="00F2627F"/>
     <w:rsid w:val="00F276BA"/>
     <w:rsid w:val="00F32B4D"/>
     <w:rsid w:val="00F334D8"/>
     <w:rsid w:val="00F33A50"/>
     <w:rsid w:val="00F3462D"/>
     <w:rsid w:val="00F3475B"/>
     <w:rsid w:val="00F36288"/>
     <w:rsid w:val="00F423CF"/>
     <w:rsid w:val="00F42C6D"/>
     <w:rsid w:val="00F45DBB"/>
     <w:rsid w:val="00F52F43"/>
+    <w:rsid w:val="00F53ACD"/>
     <w:rsid w:val="00F549C9"/>
     <w:rsid w:val="00F557EC"/>
     <w:rsid w:val="00F55D99"/>
     <w:rsid w:val="00F566A5"/>
     <w:rsid w:val="00F56AC2"/>
     <w:rsid w:val="00F5744A"/>
     <w:rsid w:val="00F61474"/>
+    <w:rsid w:val="00F61AFB"/>
+    <w:rsid w:val="00F62224"/>
     <w:rsid w:val="00F62B1B"/>
     <w:rsid w:val="00F62DC1"/>
     <w:rsid w:val="00F63A45"/>
     <w:rsid w:val="00F64AE2"/>
     <w:rsid w:val="00F6701F"/>
     <w:rsid w:val="00F67D9A"/>
     <w:rsid w:val="00F70997"/>
     <w:rsid w:val="00F71CF0"/>
     <w:rsid w:val="00F71FE9"/>
+    <w:rsid w:val="00F73A95"/>
     <w:rsid w:val="00F73B7D"/>
     <w:rsid w:val="00F77035"/>
     <w:rsid w:val="00F81976"/>
     <w:rsid w:val="00F822D5"/>
     <w:rsid w:val="00F83990"/>
     <w:rsid w:val="00F83C98"/>
     <w:rsid w:val="00F8587F"/>
     <w:rsid w:val="00F90D89"/>
     <w:rsid w:val="00F92D78"/>
     <w:rsid w:val="00F92E75"/>
     <w:rsid w:val="00F9306E"/>
     <w:rsid w:val="00F976D2"/>
     <w:rsid w:val="00FA048F"/>
     <w:rsid w:val="00FA0C52"/>
     <w:rsid w:val="00FA1A36"/>
     <w:rsid w:val="00FA207E"/>
     <w:rsid w:val="00FA2705"/>
     <w:rsid w:val="00FA32B4"/>
     <w:rsid w:val="00FA3B82"/>
     <w:rsid w:val="00FA52DB"/>
     <w:rsid w:val="00FA59F6"/>
     <w:rsid w:val="00FA5CAC"/>
     <w:rsid w:val="00FA646D"/>
     <w:rsid w:val="00FA6676"/>
     <w:rsid w:val="00FB0C50"/>
@@ -12130,52 +12458,52 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="113BC6B7"/>
-  <w15:docId w15:val="{6983E042-1639-40DB-ABDF-B0FD2BB70F06}"/>
+  <w14:docId w14:val="617F4F26"/>
+  <w15:docId w15:val="{74B340EC-39AF-49E9-9E34-E9A1B38A70E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
@@ -12616,50 +12944,51 @@
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:qFormat/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:ind w:left="851"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a2">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a3">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a4">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
@@ -13681,50 +14010,62 @@
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="29">
     <w:name w:val="未解析的提及2"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4305B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afff1">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB5B29"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="39">
+    <w:name w:val="未解析的提及3"/>
+    <w:basedOn w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF5CF6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2055488">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="85270711">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -14093,55 +14434,57 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2095468355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssi.org.tw/sich2026/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssi.org.tw/sich2026/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/conf/sich/conf-84" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14416,60 +14759,60 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C3B10A-FB08-4170-B047-609BE8E0900D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2703</Words>
-  <Characters>877</Characters>
+  <Words>550</Words>
+  <Characters>3135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3573</CharactersWithSpaces>
+  <CharactersWithSpaces>3678</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6422652</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://reurl.cc/pM7Vnr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>65547</vt:i4>
       </vt:variant>
       <vt:variant>