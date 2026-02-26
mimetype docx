--- v1 (2025-12-14)
+++ v2 (2026-02-26)
@@ -7,193 +7,88 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FBFBFB"/>
   <w:body>
-    <w:p w14:paraId="01325A0F" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00D1259F" w:rsidP="009904C3">
-      <w:pPr>
+    <w:p w14:paraId="01325A0F" w14:textId="386226BA" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00A91F2A" w:rsidP="00A91F2A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="5103"/>
+          <w:tab w:val="right" w:pos="10206"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk217055997"/>
+      <w:r w:rsidRPr="00A91F2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidR="00582B98" w:rsidRPr="00D83B08">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A91F2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>第</w:t>
-[...100 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="03B58FE0" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="006C56BD" w:rsidRDefault="004A7529" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>網站</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -240,65 +135,65 @@
         <w:t>信箱</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00A2629B" w:rsidRPr="006C56BD">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>sich@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7CBED42C" w14:textId="77777777" w:rsidR="003B4DEF" w:rsidRPr="006C56BD" w:rsidRDefault="003B4DEF" w:rsidP="003B4DEF">
+    <w:p w14:paraId="7CBED42C" w14:textId="7C1ABDA2" w:rsidR="003B4DEF" w:rsidRPr="006C56BD" w:rsidRDefault="003B4DEF" w:rsidP="003B4DEF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk213141865"/>
-      <w:bookmarkStart w:id="1" w:name="_Hlk59790213"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk213141865"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk59790213"/>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2026/1/</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A467CA" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -376,80 +271,113 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>國立成功大學</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C56BD">
+      <w:r w:rsidR="000048DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:spacing w:val="20"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C56BD">
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:spacing w:val="20"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006C56BD">
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>中學</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>組</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:spacing w:val="20"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>專案競賽報名專用</w:t>
+      </w:r>
+      <w:r w:rsidR="000048DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FDEA16F" w14:textId="77777777" w:rsidR="003B4DEF" w:rsidRPr="006C56BD" w:rsidRDefault="003B4DEF" w:rsidP="003B4DEF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="960"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2162E855" w14:textId="77777777" w:rsidR="00AF0295" w:rsidRPr="00DD0C1B" w:rsidRDefault="00AF0295" w:rsidP="00AF0295">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
@@ -521,91 +449,91 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00567D0E" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="00654A49" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>成功大學數位生活科技研發中心</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="245FD022" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="006C56BD" w:rsidRDefault="002D5648" w:rsidP="002D5648">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="960"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC0808C" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk59790224"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk59790224"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>系統性創新介紹</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16102652" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>系統性創新（</w:t>
@@ -720,167 +648,199 @@
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>年成為全國系統性創新領域的重要盛會</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>，每年吸引來自學術界與產業界的專家學者共同參與，致力於推動系統性創新的技術發展與實踐應用。藉此機會，我們希望促進系統性創新專業技術的蓬勃發展，從而顯著提升個人、教育界及產業界的創新能力和競爭優勢。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E140BA2" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="006C56BD" w:rsidRDefault="009904C3" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="220F1E1F" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
+    <w:p w14:paraId="220F1E1F" w14:textId="2EAE7D3C" w:rsidR="00E03BC6" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>專案競賽主題</w:t>
       </w:r>
       <w:r w:rsidR="00C81647" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>中學組</w:t>
       </w:r>
       <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="39033DB0" w14:textId="431EAFE3" w:rsidR="00182A8E" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="39033DB0" w14:textId="509F9279" w:rsidR="00182A8E" w:rsidRPr="006C56BD" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>為了促進系統化創新方法的應用與推廣，中華系統性創新學會特別舉辦</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>全國系統化創新專案競賽</w:t>
       </w:r>
       <w:r w:rsidR="00A819A8" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008D3072" w:rsidRPr="006C56BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>中學組</w:t>
+        <w:t>中學</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>二專</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>五專組</w:t>
       </w:r>
       <w:r w:rsidR="00A819A8" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>此專案競賽之目的主要在推廣與分享系統性創新方法，並協助參賽者之創新成果的發表與加值，作者可選擇以下任一類別參賽。</w:t>
       </w:r>
     </w:p>
@@ -2385,251 +2345,491 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5211"/>
         <w:gridCol w:w="3972"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="1207B03E" w14:textId="77777777" w:rsidTr="00D83B08">
+      <w:tr w:rsidR="001E7ABD" w:rsidRPr="00CA1B90" w14:paraId="1207B03E" w14:textId="77777777" w:rsidTr="00D83B08">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4760FBED" w14:textId="5BE9BCBD" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
+          <w:p w14:paraId="4760FBED" w14:textId="5BE9BCBD" w:rsidR="001E7ABD" w:rsidRPr="004A4ABE" w:rsidRDefault="001E7ABD" w:rsidP="001E7ABD">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表提交截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EAD8657" w14:textId="449C0562" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
+          <w:p w14:paraId="6EAD8657" w14:textId="530F77CF" w:rsidR="001E7ABD" w:rsidRPr="004A4ABE" w:rsidRDefault="001E7ABD" w:rsidP="001E7ABD">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025/12/22(星期一)</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(星期一)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="7AFBB9F1" w14:textId="77777777" w:rsidTr="00D83B08">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C00FF15" w14:textId="5FBFE722" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表審查結果通知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D46AA2F" w14:textId="0824ECDC" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
+          <w:p w14:paraId="5D46AA2F" w14:textId="4C99218D" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025/12/29(星期一)</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(星期</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>三</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="2813E1AD" w14:textId="77777777" w:rsidTr="00D83B08">
+      <w:tr w:rsidR="001E7ABD" w:rsidRPr="00CA1B90" w14:paraId="2813E1AD" w14:textId="77777777" w:rsidTr="00D83B08">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26194FD5" w14:textId="0AD04D73" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
+          <w:p w14:paraId="26194FD5" w14:textId="0AD04D73" w:rsidR="001E7ABD" w:rsidRPr="004A4ABE" w:rsidRDefault="001E7ABD" w:rsidP="001E7ABD">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>早鳥註冊繳費截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34186CD4" w14:textId="2E8A3BCD" w:rsidR="00493685" w:rsidRPr="004A4ABE" w:rsidRDefault="00493685" w:rsidP="00493685">
+          <w:p w14:paraId="34186CD4" w14:textId="41B563FB" w:rsidR="001E7ABD" w:rsidRPr="004A4ABE" w:rsidRDefault="001E7ABD" w:rsidP="001E7ABD">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025/12/31(星期三)</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(星期</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>三</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00493685" w:rsidRPr="00CA1B90" w14:paraId="742D1C54" w14:textId="77777777" w:rsidTr="00D83B08">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DC56977" w14:textId="44D12C3E" w:rsidR="00493685" w:rsidRPr="00D83B08" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D83B08">
               <w:rPr>
@@ -2642,99 +2842,156 @@
             </w:r>
             <w:r w:rsidRPr="00D83B08">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
               </w:rPr>
               <w:t>專案競賽</w:t>
             </w:r>
             <w:r w:rsidRPr="00D83B08">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
               </w:rPr>
               <w:t>報告 / 國立成功大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="396BB5E0" w14:textId="05C51AFF" w:rsidR="00493685" w:rsidRPr="00D83B08" w:rsidRDefault="00493685" w:rsidP="00493685">
+          <w:p w14:paraId="396BB5E0" w14:textId="529A6B79" w:rsidR="00493685" w:rsidRPr="00D83B08" w:rsidRDefault="00493685" w:rsidP="00493685">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D83B08">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026/01/</w:t>
             </w:r>
             <w:r w:rsidRPr="00D83B08">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>31</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>（星期六）</w:t>
+              <w:t>1(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83B08">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>星期六</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C9E75F7" w14:textId="77777777" w:rsidR="00A33E78" w:rsidRPr="006C56BD" w:rsidRDefault="00A33E78" w:rsidP="00090483">
+    <w:p w14:paraId="7C9E75F7" w14:textId="02B8DA13" w:rsidR="001E7ABD" w:rsidRDefault="001E7ABD" w:rsidP="00090483">
+      <w:pPr>
+        <w:pStyle w:val="affc"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:leftChars="0" w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0892B158" w14:textId="77777777" w:rsidR="001E7ABD" w:rsidRDefault="001E7ABD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B03FACA" w14:textId="77777777" w:rsidR="00A33E78" w:rsidRPr="006C56BD" w:rsidRDefault="00A33E78" w:rsidP="00090483">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D1AA5E4" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="006C56BD" w:rsidRDefault="009904C3" w:rsidP="00BB007F">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3077,177 +3334,198 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
       <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="2BD4D7B1" w14:textId="77777777" w:rsidTr="006C504C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40F5AC03" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00AB5B29">
+          <w:p w14:paraId="356EC4BF" w14:textId="77777777" w:rsidR="00A91F2A" w:rsidRDefault="00A91F2A" w:rsidP="00AB5B29">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2026</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91F2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>系統性創新專案競賽</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008E0D33" w:rsidRPr="006C56BD">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91F2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>註冊</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006C56BD">
+              <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40F5AC03" w14:textId="42F7BF32" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="00AB5B29">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>報名表</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
+            </w:pPr>
+            <w:r w:rsidRPr="001E7ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>中學</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00AB5B29" w:rsidRPr="006C56BD">
+              </w:rPr>
+              <w:t>組</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>專案競賽報名</w:t>
+            </w:r>
+            <w:r w:rsidR="000048DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>註冊</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>專用</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+                <w:kern w:val="0"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2003"/>
-        <w:gridCol w:w="2698"/>
-        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="2533"/>
+        <w:gridCol w:w="1862"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="33BCEE7A" w14:textId="77777777" w:rsidTr="00655B81">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="33BCEE7A" w14:textId="77777777" w:rsidTr="00F949A6">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F636AA8" w14:textId="37A30D84" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="00AB5B29">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>組長</w:t>
             </w:r>
             <w:r w:rsidR="00980368" w:rsidRPr="006C56BD">
@@ -3260,146 +3538,141 @@
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>*(</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2698" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43FF8234" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C32D032" w14:textId="77777777" w:rsidR="00AB5B29" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>報名組別</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0469D6B3" w14:textId="77777777" w:rsidR="00310533" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
+          <w:p w14:paraId="6B5E3DE8" w14:textId="7365ADF8" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="00F949A6">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>請勾選</w:t>
             </w:r>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006C56BD">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C56BD">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C56BD">
+            <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1979E5EB" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -3440,51 +3713,51 @@
           <w:p w14:paraId="74A68804" w14:textId="77777777" w:rsidR="00AB5B29" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>其他創新方法與實作組</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="55A8A0A3" w14:textId="77777777" w:rsidTr="00655B81">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="55A8A0A3" w14:textId="77777777" w:rsidTr="00F949A6">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72157CE2" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
@@ -3497,66 +3770,66 @@
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>*(</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2698" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D64DDA4" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6197BA03" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00AB5B29" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>科別</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>*(</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
@@ -3569,51 +3842,51 @@
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14C7F257" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="181D957F" w14:textId="77777777" w:rsidTr="00655B81">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="181D957F" w14:textId="77777777" w:rsidTr="00F949A6">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41276D6C" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00FA048F" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>行動電話</w:t>
             </w:r>
             <w:r w:rsidRPr="006C56BD">
@@ -3626,66 +3899,66 @@
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2698" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="209DAAC4" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BACF592" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00FA048F" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>e-mail *</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
@@ -3698,95 +3971,95 @@
             <w:r w:rsidR="00310533" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1555D01D" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="21A0DAEC" w14:textId="77777777" w:rsidTr="00655B81">
+      <w:tr w:rsidR="00980368" w:rsidRPr="006C56BD" w14:paraId="21A0DAEC" w14:textId="77777777" w:rsidTr="00F949A6">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41FCDC03" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>收據抬頭</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2698" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C9145BE" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C2D5E06" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>統一編號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="437CB10B" w14:textId="77777777" w:rsidR="00980368" w:rsidRPr="006C56BD" w:rsidRDefault="00980368" w:rsidP="008322F3">
@@ -3943,85 +4216,117 @@
           <w:p w14:paraId="5033E188" w14:textId="77777777" w:rsidR="008E0D33" w:rsidRPr="006C56BD" w:rsidRDefault="00500316" w:rsidP="00817589">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="257" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>專案競賽</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7160062E" w14:textId="77777777" w:rsidR="0067720C" w:rsidRPr="006C56BD" w:rsidRDefault="00500316" w:rsidP="008E0D33">
+          <w:p w14:paraId="7160062E" w14:textId="70E47340" w:rsidR="0067720C" w:rsidRPr="006C56BD" w:rsidRDefault="00500316" w:rsidP="008E0D33">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>（每件</w:t>
             </w:r>
             <w:r w:rsidR="00AB5839" w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5839" w:rsidRPr="006C56BD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000048DA" w:rsidRPr="000048DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>中學組</w:t>
+              <w:t>中學</w:t>
+            </w:r>
+            <w:r w:rsidR="000048DA" w:rsidRPr="000048DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="000048DA" w:rsidRPr="000048DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>二專</w:t>
+            </w:r>
+            <w:r w:rsidR="000048DA" w:rsidRPr="000048DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="000048DA" w:rsidRPr="000048DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>五專組</w:t>
             </w:r>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2651" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BDA0282" w14:textId="77777777" w:rsidR="00500316" w:rsidRPr="006C56BD" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -4248,106 +4553,94 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655B81" w:rsidRPr="006C56BD" w14:paraId="66EE59A9" w14:textId="77777777" w:rsidTr="00655B81">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC74D6F" w14:textId="1E7F42BF" w:rsidR="00655B81" w:rsidRPr="006C56BD" w:rsidRDefault="00655B81" w:rsidP="00817589">
+          <w:p w14:paraId="4C19C927" w14:textId="77777777" w:rsidR="00DD10D9" w:rsidRPr="00DD10D9" w:rsidRDefault="00DD10D9" w:rsidP="00817589">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="257" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>中學組同學的家屬或指導老師</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AC74D6F" w14:textId="47F99018" w:rsidR="00655B81" w:rsidRPr="006C56BD" w:rsidRDefault="00DD10D9" w:rsidP="00DD10D9">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD10D9">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>中學組同學的</w:t>
-[...33 lines deleted...]
-              <w:t>參加</w:t>
+              <w:t>《現場》參加</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2651" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AF271DE" w14:textId="55EBC1CD" w:rsidR="00655B81" w:rsidRPr="006C56BD" w:rsidRDefault="00655B81" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C56BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -4419,51 +4712,51 @@
               </w:rPr>
               <w:t>$500/</w:t>
             </w:r>
             <w:r w:rsidRPr="00655B81">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00500316" w:rsidRPr="006C56BD" w14:paraId="5A8D52A5" w14:textId="77777777" w:rsidTr="00644FFE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9824" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51B6F2FF" w14:textId="77777777" w:rsidR="00500316" w:rsidRPr="00BA0706" w:rsidRDefault="00500316" w:rsidP="00BB007F">
+          <w:p w14:paraId="51B6F2FF" w14:textId="4B56E995" w:rsidR="00500316" w:rsidRPr="00BA0706" w:rsidRDefault="00500316" w:rsidP="00BB007F">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="396" w:hanging="196"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA0706">
@@ -4496,51 +4789,87 @@
             <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>人為限。</w:t>
             </w:r>
             <w:r w:rsidR="00D1259F" w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>參與組別人員須全部為中學或五專同學，組員成員不得有老師</w:t>
+              <w:t>參與組別人員須全部為</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1259F" w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>中學</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7ABD" w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1259F" w:rsidRPr="001E7ABD">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>五專同學</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1259F" w:rsidRPr="00BA0706">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>，組員成員不得有老師</w:t>
             </w:r>
             <w:r w:rsidR="00835DD3" w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="472F725B" w14:textId="77777777" w:rsidR="00500316" w:rsidRPr="00BA0706" w:rsidRDefault="00500316" w:rsidP="007209DC">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="396" w:hanging="196"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
@@ -4633,138 +4962,172 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>、參加者每人皆可領取午餐、享用茶點</w:t>
             </w:r>
             <w:r w:rsidR="00F23D3D" w:rsidRPr="00BA0706">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72950929" w14:textId="0C068667" w:rsidR="00D83B08" w:rsidRPr="00D83B08" w:rsidRDefault="00655B81" w:rsidP="00D83B08">
+          <w:p w14:paraId="0E7BEE23" w14:textId="297A8B9F" w:rsidR="00DD10D9" w:rsidRPr="00DD10D9" w:rsidRDefault="00DD10D9" w:rsidP="0034521A">
             <w:pPr>
               <w:pStyle w:val="affc"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:ind w:leftChars="0" w:left="396" w:hanging="196"/>
+              <w:ind w:leftChars="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>、中學組參賽同學之家屬或指導老師若出席現場會議</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>將酌收參與費用。每位與會者皆可領取午餐並享用茶點。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72950929" w14:textId="18C35B03" w:rsidR="00D83B08" w:rsidRPr="00D83B08" w:rsidRDefault="00DD10D9" w:rsidP="00DD10D9">
+            <w:pPr>
+              <w:pStyle w:val="affc"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:leftChars="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA0706">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA0706">
+            <w:r w:rsidRPr="00DD10D9">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD10D9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+              <w:t>、指導老師不管有無至現場參加，大會</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5957" w:rsidRPr="00AC5957">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>中學組參賽同學之</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D83B08" w:rsidRPr="00D83B08">
+              <w:t>皆</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD10D9">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
-                <w:u w:val="single"/>
-[...29 lines deleted...]
-              <w:t>若出席現場會議，將酌收參與費用。每位與會者皆可領取午餐並享用茶點。</w:t>
+              </w:rPr>
+              <w:t>會頒發感謝狀。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81647" w:rsidRPr="006C56BD" w14:paraId="0FD9EA90" w14:textId="77777777" w:rsidTr="00644FFE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9824" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA85B61" w14:textId="77777777" w:rsidR="00C81647" w:rsidRPr="006C56BD" w:rsidRDefault="00C81647" w:rsidP="00C81647">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -5021,127 +5384,156 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F0948EF" w14:textId="77777777" w:rsidR="00D83B08" w:rsidRDefault="00D83B08">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79877F15" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
+    <w:p w14:paraId="5E2345FC" w14:textId="5FE5CF1F" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00A91F2A" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk206055703"/>
+      <w:r w:rsidRPr="00A91F2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A91F2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>2026</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C56BD">
+        <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006C56BD">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0042679B" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C56BD">
+      <w:r w:rsidR="000048DA" w:rsidRPr="000048DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>中學組專案競賽專用</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C56BD">
+        <w:t>中學</w:t>
+      </w:r>
+      <w:r w:rsidR="0042679B" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>組</w:t>
+      </w:r>
+      <w:r w:rsidR="000048DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0042679B" w:rsidRPr="006C56BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>專案競賽專用</w:t>
+      </w:r>
+      <w:r w:rsidR="0042679B" w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10469" w:type="dxa"/>
         <w:tblInd w:w="25" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -6812,106 +7204,106 @@
             <w:r w:rsidR="00F02AF7" w:rsidRPr="00305720">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>若有指導老師，請組長提供指導老師姓名，為表達感謝，學會將在大會結束後後寄送「專案競賽指導老師感謝狀」電子檔予指導老師（不論有無獲獎）</w:t>
             </w:r>
             <w:r w:rsidR="00305720">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AA50FD8" w14:textId="77777777" w:rsidR="00F02AF7" w:rsidRPr="00305720" w:rsidRDefault="00F02AF7" w:rsidP="00F02AF7">
+          <w:p w14:paraId="7AA50FD8" w14:textId="77777777" w:rsidR="00F02AF7" w:rsidRPr="00F604F5" w:rsidRDefault="00F02AF7" w:rsidP="00F02AF7">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="EE0000"/>
+                <w:color w:val="2F03EB"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00305720">
+            <w:r w:rsidRPr="00F604F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="EE0000"/>
+                <w:color w:val="2F03EB"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>指導老師姓名</w:t>
             </w:r>
-            <w:r w:rsidRPr="00305720">
+            <w:r w:rsidRPr="00F604F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="EE0000"/>
+                <w:color w:val="2F03EB"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">:            </w:t>
             </w:r>
-            <w:r w:rsidRPr="00305720">
+            <w:r w:rsidRPr="00F604F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="EE0000"/>
+                <w:color w:val="2F03EB"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>指導老師</w:t>
             </w:r>
-            <w:r w:rsidRPr="00305720">
+            <w:r w:rsidRPr="00F604F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="EE0000"/>
+                <w:color w:val="2F03EB"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="447A0877" w14:textId="692B0A52" w:rsidR="00F02AF7" w:rsidRPr="00305720" w:rsidRDefault="00F02AF7" w:rsidP="00F02AF7">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305720">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
@@ -7244,89 +7636,89 @@
         <w:t xml:space="preserve">___________________ </w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日期：</w:t>
       </w:r>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060EEB27" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="471908A9" w14:textId="349BA11D" w:rsidR="000048DA" w:rsidRDefault="00EF2830" w:rsidP="000048DA">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="006C56BD">
+      <w:r w:rsidR="00A91F2A" w:rsidRPr="00A91F2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C56BD">
+      <w:r w:rsidR="00A91F2A" w:rsidRPr="00A91F2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>第十八屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055FF89E" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
@@ -7366,51 +7758,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DD17780" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00EF2830">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="77E25769" w14:textId="77777777" w:rsidR="00EF2830" w:rsidRPr="006C56BD" w:rsidRDefault="00EF2830" w:rsidP="00310533">
       <w:pPr>
         <w:pStyle w:val="affc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C56BD">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman"/>
           <w:b/>
@@ -8287,58 +8679,58 @@
         <w:pStyle w:val="affc"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA048F" w:rsidRPr="00C81647" w:rsidSect="00A7594B">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="539" w:right="849" w:bottom="425" w:left="851" w:header="1134" w:footer="454" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D8B6EB1" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
+    <w:p w14:paraId="3C157D59" w14:textId="77777777" w:rsidR="007F0297" w:rsidRDefault="007F0297">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4754DD79" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
+    <w:p w14:paraId="24719810" w14:textId="77777777" w:rsidR="007F0297" w:rsidRDefault="007F0297">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
@@ -8452,58 +8844,58 @@
         </w:r>
         <w:r w:rsidR="00A467CA" w:rsidRPr="00A467CA">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="300598BC" w14:textId="77777777" w:rsidR="00F70997" w:rsidRDefault="00F70997">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39DF5AFF" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
+    <w:p w14:paraId="7CDA0C9B" w14:textId="77777777" w:rsidR="007F0297" w:rsidRDefault="007F0297">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E1D8583" w14:textId="77777777" w:rsidR="00B66D27" w:rsidRDefault="00B66D27">
+    <w:p w14:paraId="4DC70A55" w14:textId="77777777" w:rsidR="007F0297" w:rsidRDefault="007F0297">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F80C96DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2280"/>
         </w:tabs>
         <w:ind w:left="2280" w:hanging="360"/>
@@ -10591,85 +10983,87 @@
   <w:num w:numId="25" w16cid:durableId="1650087609">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="350843177">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="373122815">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="49966333">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1306663457">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE7C2E"/>
     <w:rsid w:val="0000203C"/>
     <w:rsid w:val="00003437"/>
+    <w:rsid w:val="000048DA"/>
     <w:rsid w:val="00005CBF"/>
     <w:rsid w:val="0001156D"/>
     <w:rsid w:val="00011749"/>
     <w:rsid w:val="0001247E"/>
     <w:rsid w:val="000128CA"/>
     <w:rsid w:val="00012F7B"/>
     <w:rsid w:val="000145FD"/>
     <w:rsid w:val="000147C8"/>
     <w:rsid w:val="0002326E"/>
     <w:rsid w:val="0002350F"/>
     <w:rsid w:val="0002365C"/>
     <w:rsid w:val="000239C2"/>
     <w:rsid w:val="00023C53"/>
     <w:rsid w:val="0002555F"/>
     <w:rsid w:val="000259F0"/>
     <w:rsid w:val="00026DC6"/>
     <w:rsid w:val="000272C0"/>
     <w:rsid w:val="00031A49"/>
     <w:rsid w:val="00032C1C"/>
     <w:rsid w:val="00033181"/>
     <w:rsid w:val="00035434"/>
     <w:rsid w:val="00037378"/>
     <w:rsid w:val="0004214F"/>
     <w:rsid w:val="000446A5"/>
     <w:rsid w:val="00046506"/>
@@ -10825,107 +11219,110 @@
     <w:rsid w:val="001B2C03"/>
     <w:rsid w:val="001B6F7D"/>
     <w:rsid w:val="001B731D"/>
     <w:rsid w:val="001C005A"/>
     <w:rsid w:val="001C120B"/>
     <w:rsid w:val="001C14F1"/>
     <w:rsid w:val="001C235B"/>
     <w:rsid w:val="001C3815"/>
     <w:rsid w:val="001C66E7"/>
     <w:rsid w:val="001C69BD"/>
     <w:rsid w:val="001C76FA"/>
     <w:rsid w:val="001C7A35"/>
     <w:rsid w:val="001D01B3"/>
     <w:rsid w:val="001D1318"/>
     <w:rsid w:val="001D1EA5"/>
     <w:rsid w:val="001D2C91"/>
     <w:rsid w:val="001D5E1B"/>
     <w:rsid w:val="001D61E9"/>
     <w:rsid w:val="001D7BD4"/>
     <w:rsid w:val="001D7D61"/>
     <w:rsid w:val="001E0144"/>
     <w:rsid w:val="001E10E8"/>
     <w:rsid w:val="001E121B"/>
     <w:rsid w:val="001E2605"/>
     <w:rsid w:val="001E473D"/>
+    <w:rsid w:val="001E7ABD"/>
     <w:rsid w:val="001F13D0"/>
     <w:rsid w:val="001F2987"/>
     <w:rsid w:val="001F66DC"/>
     <w:rsid w:val="002000A8"/>
     <w:rsid w:val="00200D25"/>
     <w:rsid w:val="0020788F"/>
     <w:rsid w:val="002118A7"/>
     <w:rsid w:val="00217971"/>
     <w:rsid w:val="002220A6"/>
     <w:rsid w:val="00222F81"/>
     <w:rsid w:val="002241E3"/>
     <w:rsid w:val="00224436"/>
     <w:rsid w:val="0022449B"/>
     <w:rsid w:val="002244C5"/>
+    <w:rsid w:val="002256C5"/>
     <w:rsid w:val="00226896"/>
     <w:rsid w:val="002319F1"/>
     <w:rsid w:val="00232748"/>
     <w:rsid w:val="00235426"/>
     <w:rsid w:val="0023717B"/>
     <w:rsid w:val="00237207"/>
     <w:rsid w:val="00237BDC"/>
     <w:rsid w:val="00240024"/>
     <w:rsid w:val="00240685"/>
     <w:rsid w:val="00241777"/>
     <w:rsid w:val="0024192C"/>
     <w:rsid w:val="002439CD"/>
     <w:rsid w:val="002440E4"/>
     <w:rsid w:val="00245758"/>
     <w:rsid w:val="00245C61"/>
     <w:rsid w:val="00246D7F"/>
     <w:rsid w:val="00246E12"/>
     <w:rsid w:val="00247408"/>
     <w:rsid w:val="00250541"/>
     <w:rsid w:val="0025152B"/>
     <w:rsid w:val="00251ACF"/>
     <w:rsid w:val="00252671"/>
     <w:rsid w:val="0025366A"/>
     <w:rsid w:val="0025410B"/>
     <w:rsid w:val="00255376"/>
     <w:rsid w:val="00256042"/>
     <w:rsid w:val="00260B02"/>
     <w:rsid w:val="00261799"/>
     <w:rsid w:val="00262583"/>
     <w:rsid w:val="0026364E"/>
     <w:rsid w:val="002641A5"/>
     <w:rsid w:val="00264220"/>
     <w:rsid w:val="00267DA6"/>
     <w:rsid w:val="00271ED6"/>
     <w:rsid w:val="002721D9"/>
     <w:rsid w:val="002731FD"/>
     <w:rsid w:val="00274AD0"/>
     <w:rsid w:val="002750F2"/>
     <w:rsid w:val="0027769B"/>
     <w:rsid w:val="00280ACC"/>
     <w:rsid w:val="0028102A"/>
     <w:rsid w:val="00281116"/>
     <w:rsid w:val="0028186C"/>
+    <w:rsid w:val="002820CE"/>
     <w:rsid w:val="0028255E"/>
     <w:rsid w:val="0028344B"/>
     <w:rsid w:val="00283468"/>
     <w:rsid w:val="00283684"/>
     <w:rsid w:val="0028615F"/>
     <w:rsid w:val="00290611"/>
     <w:rsid w:val="0029072E"/>
     <w:rsid w:val="0029080D"/>
     <w:rsid w:val="00291506"/>
     <w:rsid w:val="0029151F"/>
     <w:rsid w:val="0029313A"/>
     <w:rsid w:val="0029350D"/>
     <w:rsid w:val="00295EEB"/>
     <w:rsid w:val="0029787A"/>
     <w:rsid w:val="00297C4C"/>
     <w:rsid w:val="002A250D"/>
     <w:rsid w:val="002A2E3E"/>
     <w:rsid w:val="002A39E2"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002B288C"/>
     <w:rsid w:val="002B2A74"/>
     <w:rsid w:val="002B2D0C"/>
     <w:rsid w:val="002B3100"/>
     <w:rsid w:val="002B3920"/>
     <w:rsid w:val="002B3FC5"/>
@@ -11086,71 +11483,73 @@
     <w:rsid w:val="00442AB1"/>
     <w:rsid w:val="00442E45"/>
     <w:rsid w:val="0044369D"/>
     <w:rsid w:val="00444316"/>
     <w:rsid w:val="00446C5D"/>
     <w:rsid w:val="00446C6E"/>
     <w:rsid w:val="00446E14"/>
     <w:rsid w:val="004471AA"/>
     <w:rsid w:val="00451D8C"/>
     <w:rsid w:val="00453A52"/>
     <w:rsid w:val="00454AC4"/>
     <w:rsid w:val="004609E1"/>
     <w:rsid w:val="004636FD"/>
     <w:rsid w:val="00463946"/>
     <w:rsid w:val="00463F72"/>
     <w:rsid w:val="0046422A"/>
     <w:rsid w:val="004679A2"/>
     <w:rsid w:val="00467BA5"/>
     <w:rsid w:val="0047654C"/>
     <w:rsid w:val="004806D1"/>
     <w:rsid w:val="00480D10"/>
     <w:rsid w:val="004823FC"/>
     <w:rsid w:val="004837CF"/>
     <w:rsid w:val="00485049"/>
     <w:rsid w:val="00486AB0"/>
+    <w:rsid w:val="0049359E"/>
     <w:rsid w:val="00493685"/>
     <w:rsid w:val="004936DE"/>
     <w:rsid w:val="00495C66"/>
     <w:rsid w:val="004968DE"/>
     <w:rsid w:val="00496E8C"/>
     <w:rsid w:val="004A3147"/>
     <w:rsid w:val="004A4ABE"/>
     <w:rsid w:val="004A4BD4"/>
     <w:rsid w:val="004A4E6C"/>
     <w:rsid w:val="004A6288"/>
     <w:rsid w:val="004A6844"/>
     <w:rsid w:val="004A7529"/>
     <w:rsid w:val="004B3B6A"/>
     <w:rsid w:val="004B47BC"/>
     <w:rsid w:val="004B6336"/>
     <w:rsid w:val="004B7B00"/>
     <w:rsid w:val="004C057F"/>
     <w:rsid w:val="004C05D0"/>
     <w:rsid w:val="004C2853"/>
     <w:rsid w:val="004C36E2"/>
     <w:rsid w:val="004C42BC"/>
+    <w:rsid w:val="004C65A7"/>
     <w:rsid w:val="004C696E"/>
     <w:rsid w:val="004C7C44"/>
     <w:rsid w:val="004C7F90"/>
     <w:rsid w:val="004D053C"/>
     <w:rsid w:val="004D06FE"/>
     <w:rsid w:val="004D0C8D"/>
     <w:rsid w:val="004D17BE"/>
     <w:rsid w:val="004D2265"/>
     <w:rsid w:val="004D3253"/>
     <w:rsid w:val="004D36CF"/>
     <w:rsid w:val="004D4319"/>
     <w:rsid w:val="004D4BAE"/>
     <w:rsid w:val="004D5002"/>
     <w:rsid w:val="004D53BF"/>
     <w:rsid w:val="004D5DD0"/>
     <w:rsid w:val="004D67C5"/>
     <w:rsid w:val="004D6E9B"/>
     <w:rsid w:val="004E104B"/>
     <w:rsid w:val="004E3765"/>
     <w:rsid w:val="004E3D5F"/>
     <w:rsid w:val="004E514B"/>
     <w:rsid w:val="004E67BC"/>
     <w:rsid w:val="004E6AE1"/>
     <w:rsid w:val="004E6AF8"/>
     <w:rsid w:val="004E7D10"/>
@@ -11235,50 +11634,51 @@
     <w:rsid w:val="005757BD"/>
     <w:rsid w:val="005770A5"/>
     <w:rsid w:val="00577C96"/>
     <w:rsid w:val="00577E7A"/>
     <w:rsid w:val="00580BE9"/>
     <w:rsid w:val="00581926"/>
     <w:rsid w:val="00582B4E"/>
     <w:rsid w:val="00582B98"/>
     <w:rsid w:val="00582DA8"/>
     <w:rsid w:val="00583CCF"/>
     <w:rsid w:val="0058465D"/>
     <w:rsid w:val="00584BB5"/>
     <w:rsid w:val="00585FA8"/>
     <w:rsid w:val="005865EF"/>
     <w:rsid w:val="005866B1"/>
     <w:rsid w:val="0059030B"/>
     <w:rsid w:val="0059103E"/>
     <w:rsid w:val="005913E2"/>
     <w:rsid w:val="0059209C"/>
     <w:rsid w:val="00592B6A"/>
     <w:rsid w:val="00596338"/>
     <w:rsid w:val="00596DF8"/>
     <w:rsid w:val="005978DF"/>
     <w:rsid w:val="00597AEE"/>
     <w:rsid w:val="005A185C"/>
+    <w:rsid w:val="005A1B59"/>
     <w:rsid w:val="005A52E8"/>
     <w:rsid w:val="005A646E"/>
     <w:rsid w:val="005B03CF"/>
     <w:rsid w:val="005B09E3"/>
     <w:rsid w:val="005B1A4E"/>
     <w:rsid w:val="005B5DB3"/>
     <w:rsid w:val="005B65AA"/>
     <w:rsid w:val="005B7EF1"/>
     <w:rsid w:val="005C41B7"/>
     <w:rsid w:val="005C4B56"/>
     <w:rsid w:val="005C5CF2"/>
     <w:rsid w:val="005C7957"/>
     <w:rsid w:val="005D5538"/>
     <w:rsid w:val="005D6252"/>
     <w:rsid w:val="005D6F6F"/>
     <w:rsid w:val="005D7EEE"/>
     <w:rsid w:val="005E03F5"/>
     <w:rsid w:val="005E16EE"/>
     <w:rsid w:val="005E1E26"/>
     <w:rsid w:val="005E28A2"/>
     <w:rsid w:val="005E438A"/>
     <w:rsid w:val="005E4C69"/>
     <w:rsid w:val="005E608D"/>
     <w:rsid w:val="005E7D48"/>
     <w:rsid w:val="005F15CC"/>
@@ -11451,71 +11851,73 @@
     <w:rsid w:val="00767C6D"/>
     <w:rsid w:val="007703C9"/>
     <w:rsid w:val="00770DAD"/>
     <w:rsid w:val="00772F1F"/>
     <w:rsid w:val="00775AC0"/>
     <w:rsid w:val="00775CD8"/>
     <w:rsid w:val="007776EB"/>
     <w:rsid w:val="00777B68"/>
     <w:rsid w:val="0078060C"/>
     <w:rsid w:val="00781913"/>
     <w:rsid w:val="00782BEF"/>
     <w:rsid w:val="0078309A"/>
     <w:rsid w:val="00783424"/>
     <w:rsid w:val="00786E05"/>
     <w:rsid w:val="007870B4"/>
     <w:rsid w:val="0078773C"/>
     <w:rsid w:val="007902C2"/>
     <w:rsid w:val="007923C1"/>
     <w:rsid w:val="0079271B"/>
     <w:rsid w:val="00794288"/>
     <w:rsid w:val="00794A30"/>
     <w:rsid w:val="00795885"/>
     <w:rsid w:val="0079728D"/>
     <w:rsid w:val="00797850"/>
     <w:rsid w:val="007A057F"/>
+    <w:rsid w:val="007A7CAD"/>
     <w:rsid w:val="007B0007"/>
     <w:rsid w:val="007B098F"/>
     <w:rsid w:val="007B3BB9"/>
     <w:rsid w:val="007B6BC6"/>
     <w:rsid w:val="007B6E9F"/>
     <w:rsid w:val="007C1B39"/>
     <w:rsid w:val="007C2565"/>
     <w:rsid w:val="007C44B5"/>
     <w:rsid w:val="007C48B2"/>
     <w:rsid w:val="007C5280"/>
     <w:rsid w:val="007C5B0D"/>
     <w:rsid w:val="007C6B38"/>
     <w:rsid w:val="007D5255"/>
     <w:rsid w:val="007D6724"/>
     <w:rsid w:val="007D7201"/>
     <w:rsid w:val="007D7997"/>
     <w:rsid w:val="007D7B37"/>
     <w:rsid w:val="007E3FF3"/>
     <w:rsid w:val="007E4106"/>
     <w:rsid w:val="007E4828"/>
     <w:rsid w:val="007E72CE"/>
+    <w:rsid w:val="007F0297"/>
     <w:rsid w:val="007F3172"/>
     <w:rsid w:val="007F3774"/>
     <w:rsid w:val="007F3964"/>
     <w:rsid w:val="007F3E05"/>
     <w:rsid w:val="007F4B50"/>
     <w:rsid w:val="007F57E2"/>
     <w:rsid w:val="007F65DA"/>
     <w:rsid w:val="007F6C45"/>
     <w:rsid w:val="00801AA2"/>
     <w:rsid w:val="00802A4F"/>
     <w:rsid w:val="00805288"/>
     <w:rsid w:val="00805768"/>
     <w:rsid w:val="00807DF8"/>
     <w:rsid w:val="00807F24"/>
     <w:rsid w:val="00810EFD"/>
     <w:rsid w:val="008124EA"/>
     <w:rsid w:val="00812BDC"/>
     <w:rsid w:val="00815461"/>
     <w:rsid w:val="00816702"/>
     <w:rsid w:val="00816C46"/>
     <w:rsid w:val="00817589"/>
     <w:rsid w:val="008204C0"/>
     <w:rsid w:val="008215A1"/>
     <w:rsid w:val="0082211D"/>
     <w:rsid w:val="008222BE"/>
@@ -11682,50 +12084,51 @@
     <w:rsid w:val="00987729"/>
     <w:rsid w:val="00987FB6"/>
     <w:rsid w:val="009904C3"/>
     <w:rsid w:val="00990B2B"/>
     <w:rsid w:val="00990F3B"/>
     <w:rsid w:val="0099129F"/>
     <w:rsid w:val="009929C0"/>
     <w:rsid w:val="00992CAF"/>
     <w:rsid w:val="00993F4A"/>
     <w:rsid w:val="009942BC"/>
     <w:rsid w:val="00994441"/>
     <w:rsid w:val="00996DD9"/>
     <w:rsid w:val="00997616"/>
     <w:rsid w:val="00997F92"/>
     <w:rsid w:val="009A1882"/>
     <w:rsid w:val="009A1FA0"/>
     <w:rsid w:val="009A2069"/>
     <w:rsid w:val="009A20B2"/>
     <w:rsid w:val="009A4705"/>
     <w:rsid w:val="009A4C7C"/>
     <w:rsid w:val="009A5986"/>
     <w:rsid w:val="009A6D0A"/>
     <w:rsid w:val="009A712C"/>
     <w:rsid w:val="009B11CC"/>
     <w:rsid w:val="009B244F"/>
+    <w:rsid w:val="009B3A31"/>
     <w:rsid w:val="009B3A32"/>
     <w:rsid w:val="009B3E58"/>
     <w:rsid w:val="009B4421"/>
     <w:rsid w:val="009B5156"/>
     <w:rsid w:val="009B530E"/>
     <w:rsid w:val="009B5716"/>
     <w:rsid w:val="009B578C"/>
     <w:rsid w:val="009B57F5"/>
     <w:rsid w:val="009B6F82"/>
     <w:rsid w:val="009C29C4"/>
     <w:rsid w:val="009C2F58"/>
     <w:rsid w:val="009C3B4D"/>
     <w:rsid w:val="009C4487"/>
     <w:rsid w:val="009C4A24"/>
     <w:rsid w:val="009C5885"/>
     <w:rsid w:val="009C630E"/>
     <w:rsid w:val="009C6460"/>
     <w:rsid w:val="009C67B2"/>
     <w:rsid w:val="009C69DF"/>
     <w:rsid w:val="009C6B1C"/>
     <w:rsid w:val="009C7679"/>
     <w:rsid w:val="009D1656"/>
     <w:rsid w:val="009D17C1"/>
     <w:rsid w:val="009D441E"/>
     <w:rsid w:val="009D5452"/>
@@ -11806,80 +12209,82 @@
     <w:rsid w:val="00A64BC0"/>
     <w:rsid w:val="00A64CB9"/>
     <w:rsid w:val="00A65287"/>
     <w:rsid w:val="00A70085"/>
     <w:rsid w:val="00A70552"/>
     <w:rsid w:val="00A70B72"/>
     <w:rsid w:val="00A74DBD"/>
     <w:rsid w:val="00A74F24"/>
     <w:rsid w:val="00A753E5"/>
     <w:rsid w:val="00A7594B"/>
     <w:rsid w:val="00A76339"/>
     <w:rsid w:val="00A77435"/>
     <w:rsid w:val="00A8124E"/>
     <w:rsid w:val="00A815E6"/>
     <w:rsid w:val="00A819A8"/>
     <w:rsid w:val="00A8260E"/>
     <w:rsid w:val="00A826A9"/>
     <w:rsid w:val="00A82773"/>
     <w:rsid w:val="00A83102"/>
     <w:rsid w:val="00A83104"/>
     <w:rsid w:val="00A836C2"/>
     <w:rsid w:val="00A84640"/>
     <w:rsid w:val="00A8581E"/>
     <w:rsid w:val="00A86920"/>
     <w:rsid w:val="00A90AC4"/>
+    <w:rsid w:val="00A91F2A"/>
     <w:rsid w:val="00A92F11"/>
     <w:rsid w:val="00A936CC"/>
     <w:rsid w:val="00A94923"/>
     <w:rsid w:val="00A94E05"/>
     <w:rsid w:val="00A953CA"/>
     <w:rsid w:val="00A96090"/>
     <w:rsid w:val="00A96C45"/>
     <w:rsid w:val="00A97791"/>
     <w:rsid w:val="00A97919"/>
     <w:rsid w:val="00AA0215"/>
     <w:rsid w:val="00AA0892"/>
     <w:rsid w:val="00AA0CB4"/>
     <w:rsid w:val="00AA321E"/>
     <w:rsid w:val="00AA33C1"/>
     <w:rsid w:val="00AA4F0C"/>
     <w:rsid w:val="00AA4F4B"/>
     <w:rsid w:val="00AA5BAF"/>
     <w:rsid w:val="00AB00BA"/>
     <w:rsid w:val="00AB36AF"/>
     <w:rsid w:val="00AB4770"/>
     <w:rsid w:val="00AB5839"/>
     <w:rsid w:val="00AB5B29"/>
     <w:rsid w:val="00AB5E1E"/>
     <w:rsid w:val="00AC03C7"/>
     <w:rsid w:val="00AC0897"/>
     <w:rsid w:val="00AC16E9"/>
     <w:rsid w:val="00AC1744"/>
     <w:rsid w:val="00AC37AD"/>
     <w:rsid w:val="00AC3F2F"/>
     <w:rsid w:val="00AC490E"/>
+    <w:rsid w:val="00AC5957"/>
     <w:rsid w:val="00AC5D0E"/>
     <w:rsid w:val="00AC61D9"/>
     <w:rsid w:val="00AC6581"/>
     <w:rsid w:val="00AC7290"/>
     <w:rsid w:val="00AC76A9"/>
     <w:rsid w:val="00AC7E1A"/>
     <w:rsid w:val="00AD199F"/>
     <w:rsid w:val="00AD441B"/>
     <w:rsid w:val="00AD51EC"/>
     <w:rsid w:val="00AD65B2"/>
     <w:rsid w:val="00AE0E67"/>
     <w:rsid w:val="00AE1A41"/>
     <w:rsid w:val="00AE2562"/>
     <w:rsid w:val="00AE324C"/>
     <w:rsid w:val="00AE7578"/>
     <w:rsid w:val="00AF0295"/>
     <w:rsid w:val="00AF12CE"/>
     <w:rsid w:val="00AF1607"/>
     <w:rsid w:val="00AF296D"/>
     <w:rsid w:val="00AF39E7"/>
     <w:rsid w:val="00AF69C7"/>
     <w:rsid w:val="00B0399E"/>
     <w:rsid w:val="00B0699F"/>
     <w:rsid w:val="00B069F6"/>
     <w:rsid w:val="00B07BD0"/>
@@ -11944,50 +12349,51 @@
     <w:rsid w:val="00BB2B09"/>
     <w:rsid w:val="00BB3A4D"/>
     <w:rsid w:val="00BB483E"/>
     <w:rsid w:val="00BB70B3"/>
     <w:rsid w:val="00BB7D2D"/>
     <w:rsid w:val="00BB7F87"/>
     <w:rsid w:val="00BC240F"/>
     <w:rsid w:val="00BC259B"/>
     <w:rsid w:val="00BC4183"/>
     <w:rsid w:val="00BC5869"/>
     <w:rsid w:val="00BC58C0"/>
     <w:rsid w:val="00BC61B6"/>
     <w:rsid w:val="00BC6C99"/>
     <w:rsid w:val="00BC7E05"/>
     <w:rsid w:val="00BD05A7"/>
     <w:rsid w:val="00BD168A"/>
     <w:rsid w:val="00BD2097"/>
     <w:rsid w:val="00BD493A"/>
     <w:rsid w:val="00BD4C5C"/>
     <w:rsid w:val="00BD4DFA"/>
     <w:rsid w:val="00BD6BC9"/>
     <w:rsid w:val="00BD791B"/>
     <w:rsid w:val="00BD7A98"/>
     <w:rsid w:val="00BE1D47"/>
     <w:rsid w:val="00BE2063"/>
+    <w:rsid w:val="00BE2BD1"/>
     <w:rsid w:val="00BE581F"/>
     <w:rsid w:val="00BE6908"/>
     <w:rsid w:val="00BE7318"/>
     <w:rsid w:val="00BE7F60"/>
     <w:rsid w:val="00BF086C"/>
     <w:rsid w:val="00BF189F"/>
     <w:rsid w:val="00BF242D"/>
     <w:rsid w:val="00BF28FB"/>
     <w:rsid w:val="00BF2A70"/>
     <w:rsid w:val="00BF53B3"/>
     <w:rsid w:val="00BF5AC8"/>
     <w:rsid w:val="00BF6395"/>
     <w:rsid w:val="00BF7F54"/>
     <w:rsid w:val="00C02B5C"/>
     <w:rsid w:val="00C036AE"/>
     <w:rsid w:val="00C0399F"/>
     <w:rsid w:val="00C03B88"/>
     <w:rsid w:val="00C05801"/>
     <w:rsid w:val="00C0729E"/>
     <w:rsid w:val="00C07D55"/>
     <w:rsid w:val="00C10474"/>
     <w:rsid w:val="00C10F5B"/>
     <w:rsid w:val="00C12403"/>
     <w:rsid w:val="00C13547"/>
     <w:rsid w:val="00C1378F"/>
@@ -12044,50 +12450,51 @@
     <w:rsid w:val="00CA39D9"/>
     <w:rsid w:val="00CA44BF"/>
     <w:rsid w:val="00CA707F"/>
     <w:rsid w:val="00CB0843"/>
     <w:rsid w:val="00CB0ABE"/>
     <w:rsid w:val="00CB22EE"/>
     <w:rsid w:val="00CB2DAC"/>
     <w:rsid w:val="00CB440E"/>
     <w:rsid w:val="00CB464B"/>
     <w:rsid w:val="00CB56E3"/>
     <w:rsid w:val="00CB5C68"/>
     <w:rsid w:val="00CB6E1F"/>
     <w:rsid w:val="00CC0E43"/>
     <w:rsid w:val="00CC0E98"/>
     <w:rsid w:val="00CC1572"/>
     <w:rsid w:val="00CC19DC"/>
     <w:rsid w:val="00CC1CE3"/>
     <w:rsid w:val="00CC2658"/>
     <w:rsid w:val="00CC2A3F"/>
     <w:rsid w:val="00CC3D91"/>
     <w:rsid w:val="00CC4905"/>
     <w:rsid w:val="00CC651B"/>
     <w:rsid w:val="00CC731F"/>
     <w:rsid w:val="00CD12D2"/>
     <w:rsid w:val="00CD1C32"/>
+    <w:rsid w:val="00CD1E19"/>
     <w:rsid w:val="00CD23B3"/>
     <w:rsid w:val="00CD4BD8"/>
     <w:rsid w:val="00CD4DC2"/>
     <w:rsid w:val="00CD592D"/>
     <w:rsid w:val="00CD66BF"/>
     <w:rsid w:val="00CD6BBB"/>
     <w:rsid w:val="00CE03E5"/>
     <w:rsid w:val="00CE120A"/>
     <w:rsid w:val="00CE1268"/>
     <w:rsid w:val="00CE192E"/>
     <w:rsid w:val="00CE31DC"/>
     <w:rsid w:val="00CE4783"/>
     <w:rsid w:val="00CE47C3"/>
     <w:rsid w:val="00CE4FC5"/>
     <w:rsid w:val="00CE656D"/>
     <w:rsid w:val="00CE738E"/>
     <w:rsid w:val="00CE79A7"/>
     <w:rsid w:val="00CE7B7B"/>
     <w:rsid w:val="00CF0982"/>
     <w:rsid w:val="00CF225D"/>
     <w:rsid w:val="00CF3B9F"/>
     <w:rsid w:val="00CF3CA9"/>
     <w:rsid w:val="00CF3F2F"/>
     <w:rsid w:val="00CF46BE"/>
     <w:rsid w:val="00CF4F08"/>
@@ -12166,50 +12573,51 @@
     <w:rsid w:val="00DA093A"/>
     <w:rsid w:val="00DA0FDB"/>
     <w:rsid w:val="00DA1409"/>
     <w:rsid w:val="00DA23AC"/>
     <w:rsid w:val="00DA2701"/>
     <w:rsid w:val="00DA504D"/>
     <w:rsid w:val="00DA6214"/>
     <w:rsid w:val="00DA7358"/>
     <w:rsid w:val="00DA7A51"/>
     <w:rsid w:val="00DB0CA0"/>
     <w:rsid w:val="00DB405E"/>
     <w:rsid w:val="00DB49E4"/>
     <w:rsid w:val="00DB5F2C"/>
     <w:rsid w:val="00DB7002"/>
     <w:rsid w:val="00DB7D6F"/>
     <w:rsid w:val="00DC0492"/>
     <w:rsid w:val="00DC08B1"/>
     <w:rsid w:val="00DC0FC3"/>
     <w:rsid w:val="00DC23AD"/>
     <w:rsid w:val="00DC23C1"/>
     <w:rsid w:val="00DC46A0"/>
     <w:rsid w:val="00DC5CE1"/>
     <w:rsid w:val="00DC6040"/>
     <w:rsid w:val="00DD04DF"/>
     <w:rsid w:val="00DD1076"/>
+    <w:rsid w:val="00DD10D9"/>
     <w:rsid w:val="00DD1CC7"/>
     <w:rsid w:val="00DD2037"/>
     <w:rsid w:val="00DD2D82"/>
     <w:rsid w:val="00DD4CD7"/>
     <w:rsid w:val="00DD58BC"/>
     <w:rsid w:val="00DE1722"/>
     <w:rsid w:val="00DE18AF"/>
     <w:rsid w:val="00DE2257"/>
     <w:rsid w:val="00DE2799"/>
     <w:rsid w:val="00DE435A"/>
     <w:rsid w:val="00DE476A"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE6C6B"/>
     <w:rsid w:val="00DE7D05"/>
     <w:rsid w:val="00DF0249"/>
     <w:rsid w:val="00DF19AC"/>
     <w:rsid w:val="00DF3020"/>
     <w:rsid w:val="00DF3853"/>
     <w:rsid w:val="00DF429E"/>
     <w:rsid w:val="00DF4599"/>
     <w:rsid w:val="00DF4FA2"/>
     <w:rsid w:val="00DF5CF6"/>
     <w:rsid w:val="00DF7051"/>
     <w:rsid w:val="00DF72E3"/>
     <w:rsid w:val="00DF7A69"/>
@@ -12364,74 +12772,76 @@
     <w:rsid w:val="00F150DA"/>
     <w:rsid w:val="00F166D6"/>
     <w:rsid w:val="00F16959"/>
     <w:rsid w:val="00F170D8"/>
     <w:rsid w:val="00F20E1C"/>
     <w:rsid w:val="00F23D3D"/>
     <w:rsid w:val="00F2627F"/>
     <w:rsid w:val="00F276BA"/>
     <w:rsid w:val="00F32B4D"/>
     <w:rsid w:val="00F334D8"/>
     <w:rsid w:val="00F33A50"/>
     <w:rsid w:val="00F3462D"/>
     <w:rsid w:val="00F3475B"/>
     <w:rsid w:val="00F36288"/>
     <w:rsid w:val="00F423CF"/>
     <w:rsid w:val="00F42C6D"/>
     <w:rsid w:val="00F45DBB"/>
     <w:rsid w:val="00F52F43"/>
     <w:rsid w:val="00F53ACD"/>
     <w:rsid w:val="00F549C9"/>
     <w:rsid w:val="00F557EC"/>
     <w:rsid w:val="00F55D99"/>
     <w:rsid w:val="00F566A5"/>
     <w:rsid w:val="00F56AC2"/>
     <w:rsid w:val="00F5744A"/>
+    <w:rsid w:val="00F604F5"/>
     <w:rsid w:val="00F61474"/>
     <w:rsid w:val="00F61AFB"/>
     <w:rsid w:val="00F62224"/>
     <w:rsid w:val="00F62B1B"/>
     <w:rsid w:val="00F62DC1"/>
     <w:rsid w:val="00F63A45"/>
     <w:rsid w:val="00F64AE2"/>
     <w:rsid w:val="00F6701F"/>
     <w:rsid w:val="00F67D9A"/>
     <w:rsid w:val="00F70997"/>
     <w:rsid w:val="00F71CF0"/>
     <w:rsid w:val="00F71FE9"/>
     <w:rsid w:val="00F73A95"/>
     <w:rsid w:val="00F73B7D"/>
     <w:rsid w:val="00F77035"/>
     <w:rsid w:val="00F81976"/>
     <w:rsid w:val="00F822D5"/>
     <w:rsid w:val="00F83990"/>
     <w:rsid w:val="00F83C98"/>
     <w:rsid w:val="00F8587F"/>
     <w:rsid w:val="00F90D89"/>
     <w:rsid w:val="00F92D78"/>
     <w:rsid w:val="00F92E75"/>
     <w:rsid w:val="00F9306E"/>
+    <w:rsid w:val="00F949A6"/>
     <w:rsid w:val="00F976D2"/>
     <w:rsid w:val="00FA048F"/>
     <w:rsid w:val="00FA0C52"/>
     <w:rsid w:val="00FA1A36"/>
     <w:rsid w:val="00FA207E"/>
     <w:rsid w:val="00FA2705"/>
     <w:rsid w:val="00FA32B4"/>
     <w:rsid w:val="00FA3B82"/>
     <w:rsid w:val="00FA52DB"/>
     <w:rsid w:val="00FA59F6"/>
     <w:rsid w:val="00FA5CAC"/>
     <w:rsid w:val="00FA646D"/>
     <w:rsid w:val="00FA6676"/>
     <w:rsid w:val="00FB0C50"/>
     <w:rsid w:val="00FB23B3"/>
     <w:rsid w:val="00FB2D50"/>
     <w:rsid w:val="00FB408E"/>
     <w:rsid w:val="00FB4215"/>
     <w:rsid w:val="00FB4AA9"/>
     <w:rsid w:val="00FB73C1"/>
     <w:rsid w:val="00FC1AB0"/>
     <w:rsid w:val="00FC1EED"/>
     <w:rsid w:val="00FC4A32"/>
     <w:rsid w:val="00FC53C8"/>
     <w:rsid w:val="00FC632B"/>
@@ -14759,60 +15169,60 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C3B10A-FB08-4170-B047-609BE8E0900D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>550</Words>
-  <Characters>3135</Characters>
+  <Words>557</Words>
+  <Characters>3179</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3678</CharactersWithSpaces>
+  <CharactersWithSpaces>3729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6422652</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://reurl.cc/pM7Vnr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>65547</vt:i4>
       </vt:variant>
       <vt:variant>