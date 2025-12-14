--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FBFBFB"/>
   <w:body>
-    <w:p w14:paraId="6F3CCD52" w14:textId="77777777" w:rsidR="00C26DB2" w:rsidRDefault="00582B98" w:rsidP="009904C3">
+    <w:p w14:paraId="5FAE89CB" w14:textId="77777777" w:rsidR="00C26DB2" w:rsidRDefault="00582B98" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -59,2734 +59,4210 @@
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r w:rsidR="00F150DA" w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>十八</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>屆系統性創新研討會暨專案競賽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60584839" w14:textId="07A80394" w:rsidR="004A7529" w:rsidRPr="0005467C" w:rsidRDefault="004A7529" w:rsidP="009904C3">
+    <w:p w14:paraId="45E9251C" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="0005467C" w:rsidRDefault="004A7529" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>網站</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="009F0CB4" w:rsidRPr="0005467C">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://www.ssi.org.tw/sich2026/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35D79C95" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="0005467C" w:rsidRDefault="004A7529" w:rsidP="009904C3">
+    <w:p w14:paraId="1C418063" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="0005467C" w:rsidRDefault="004A7529" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>信箱</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00A2629B" w:rsidRPr="0005467C">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>sich@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B9ECCDB" w14:textId="4468A478" w:rsidR="004A7529" w:rsidRPr="0005467C" w:rsidRDefault="00F9306E" w:rsidP="009904C3">
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="17E707F2" w14:textId="77777777" w:rsidR="00811D93" w:rsidRPr="004774F5" w:rsidRDefault="004774F5" w:rsidP="00811D93">
+      <w:pPr>
         <w:snapToGrid w:val="0"/>
+        <w:ind w:leftChars="236" w:left="566"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk59790128"/>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="004774F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001B6F7D" w:rsidRPr="0005467C">
+        </w:rPr>
+        <w:t>2026/1/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="004774F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001B6F7D" w:rsidRPr="0005467C">
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>六</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1B90" w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>地點</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1B90" w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00811D93" w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>國立高雄餐旅大學</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>大</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>學</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>產業組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>論文發表與專案競賽</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15288850" w14:textId="77777777" w:rsidR="00116F2F" w:rsidRPr="004774F5" w:rsidRDefault="00116F2F" w:rsidP="00116F2F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:leftChars="236" w:left="566"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk59790213"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>2026/1/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="004774F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="004774F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>地點</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>國立成功大學</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>中學組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>專案競賽</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004774F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004A7529" w:rsidRPr="0005467C">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6CC927CC" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="009904C3">
+    <w:p w14:paraId="4F021DC8" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="009904C3">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="200" w:left="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk59790213"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3C48B8D3" w14:textId="77777777" w:rsidR="002D5648" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
+    <w:p w14:paraId="12CEA793" w14:textId="188302DF" w:rsidR="00E37149" w:rsidRPr="00DD0C1B" w:rsidRDefault="00E37149" w:rsidP="00964285">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
-[...11 lines deleted...]
-        <w:t>國立高雄餐旅大學餐旅學院</w:t>
+      <w:r w:rsidRPr="00DD0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>主辦單位：中華系統性創新學會、國立高雄餐旅大學餐</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>旅暨會</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>展行銷管理系</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C70B99E" w14:textId="77777777" w:rsidR="00714023" w:rsidRDefault="006545BD" w:rsidP="00ED53A4">
+    <w:p w14:paraId="1CFF747E" w14:textId="77777777" w:rsidR="00E37149" w:rsidRPr="000E223F" w:rsidRDefault="00E37149" w:rsidP="00E37149">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="200"/>
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t>國立高雄餐旅大學餐旅暨會展行銷管理系</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>指導單位：國科會工程處工程科技推展中心</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8D8623" w14:textId="2BF68C4A" w:rsidR="00EA7068" w:rsidRPr="00714023" w:rsidRDefault="00EA7068" w:rsidP="00ED53A4">
+    <w:p w14:paraId="0F24C132" w14:textId="30F7908E" w:rsidR="00E37149" w:rsidRPr="000E223F" w:rsidRDefault="00E37149" w:rsidP="00E37149">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="200"/>
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:t>國科會工程處工程科技推展中心</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>協辦單位：國際創新方法學會、國立清華大學工業工程與工程管理學系、</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6638" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00AF6638" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4BE2" w:rsidRPr="009E4BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>成功大學數位生活科技研發中心</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F05190" w14:textId="7B1501CE" w:rsidR="002D5648" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="00C91FA4">
-[...28 lines deleted...]
-    <w:p w14:paraId="3EBD72EE" w14:textId="33C9F1B3" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="002D5648" w:rsidP="002D5648">
+    <w:p w14:paraId="10145037" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="002D5648" w:rsidP="00AF6638">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="960"/>
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4111B465" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="009904C3">
-[...11 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="76561888" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk59790224"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>系統性創新介紹</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082902D8" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
+    <w:p w14:paraId="5FF80F57" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>系統性創新（</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Systematic Innovation</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>）是一門通過系統化方法來產生創新和創意的科學，旨在辨識機會並系統性地解決問題。這門學問的基礎來自對歷史上創新方法與自然界創新原理的深入研究，並將這些知識系統化，以便在產品和服務的創新、工程問題的解決、管理策略的制定以及專利管理等方面得到廣泛應用。系統性創新已成為現代企業提升競爭力、逆勢成長的有力工具，也是個人職業發展和學習的重要助力。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285EE054" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="0005467C" w:rsidRDefault="009904C3" w:rsidP="009904C3">
+    <w:p w14:paraId="4A717936" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="0005467C" w:rsidRDefault="009904C3" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AD0B168" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="7E43E913" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>研討會舉辦主旨</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1332DA25" w14:textId="7ECFA8A7" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
+    <w:p w14:paraId="0E5183A7" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>此次研討會旨在全面推廣系統性創新方法的研究與應用，並建立一個高效的技術交流平</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>臺</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。自</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00436D41">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2008</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年第一屆中華系統性創新研討會在</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41" w:rsidRPr="00436D41">
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>國立</w:t>
       </w:r>
-      <w:r w:rsidRPr="00436D41">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>清華大學舉辦以來，本研討會已連續</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00436D41">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009F0CB4" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00436D41">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009F0CB4" w:rsidRPr="00436D41">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年成為全國系統性創新領域的重要盛會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，每年吸引來自學術界與產業界的專家學者共同參與，致力於推動系統性創新的技術發展與實踐應用。藉此機會，我們希望促進系統性創新專業技術的蓬勃發展，從而顯著提升個人、教育界及產業界的創新能力和競爭優勢。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E77E7B" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="0005467C" w:rsidRDefault="009904C3" w:rsidP="009904C3">
+    <w:p w14:paraId="683459FC" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="000E223F" w:rsidRDefault="009904C3" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BEC01A2" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="3B6CFADA" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>研討會內容</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58079298" w14:textId="3F318E95" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
+    <w:p w14:paraId="5EE06305" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>專題演講：</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>邀請來自國內外的知名專家，分享其在系統性創新</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>相關</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>領域的最新研究成果與寶貴經驗，帶來前沿的創新思想和實踐洞見。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358FBD0B" w14:textId="2BA4014B" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
+    <w:p w14:paraId="6143B13F" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>論文發表：</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>研討會設有專業論文發表環節，並特別舉辦全國系統化創新論文競</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>全文競</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>賽，為來自學術界與產業界的創新者們提供一個展示與交流的平台。</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>現場</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>參與者將有機會將其研究成果或創新專案在專家評審團面前展示，競逐</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>優秀簡報論文獎</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>榮譽獎項</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，同時作品更有機會被</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>推薦投稿國際期刊</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66541115" w14:textId="3F6937EB" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="009904C3">
+    <w:p w14:paraId="7CF3B671" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="009E5A51">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>專案競賽：</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00436D41">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>專案競賽分為</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>大</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00436D41">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>學</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>產業組</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(2026/1/17;</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>以本簡章為主</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>與中學組</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00436D41">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2026/1/3;</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>另有專用報名簡章</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>報名者繳交報名表及專案簡</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>述表</w:t>
+      </w:r>
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，經審查通過</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>者將</w:t>
       </w:r>
-      <w:r w:rsidR="00436D41">
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>通知</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00436D41">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>進行</w:t>
+      </w:r>
+      <w:r w:rsidR="00436D41" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>專案</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>競賽</w:t>
+      </w:r>
+      <w:r w:rsidR="003A308A" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>現場報告</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00090483" w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。參賽作品涵蓋創新產品設計、製程改進、服務模式創新等多個領域。競賽結果將由專業評審根據作品的創新性與實用性進行評分，頒發</w:t>
+      </w:r>
+      <w:r w:rsidR="00090483" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>金牌、銀牌、銅牌或佳作</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>等獎項。</w:t>
       </w:r>
+      <w:r w:rsidR="001B0C16" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="42203469" w14:textId="62F712C3" w:rsidR="00582B98" w:rsidRPr="0005467C" w:rsidRDefault="00582B98">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="2CAB1738" w14:textId="77777777" w:rsidR="001B0C16" w:rsidRPr="000E223F" w:rsidRDefault="001B0C16" w:rsidP="009904C3">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...6 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="581611C7" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="3AA69716" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>論文主題</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B4F42E" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="00F919C2" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="23FEF55F" w14:textId="6352ACDA" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="567" w:rightChars="117" w:right="281" w:hanging="425"/>
+        <w:ind w:leftChars="0" w:left="284" w:rightChars="-59" w:right="-142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>工程與技術方面的系統化創新</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidR="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>：包括創新工具研發與產品、製程及設備上的創新應用與案例分析。</w:t>
+        <w:t>包括創新工具研發與產品、製程及設備上的創新應用與案例分析。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76087055" w14:textId="234E6C3A" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00F919C2" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="0717F0D7" w14:textId="5454A24C" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00F919C2" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="567" w:rightChars="117" w:right="281" w:hanging="425"/>
+        <w:ind w:leftChars="0" w:left="284" w:rightChars="-59" w:right="-142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>管</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>理</w:t>
       </w:r>
-      <w:r w:rsidR="00E03BC6" w:rsidRPr="0005467C">
+      <w:r w:rsidR="00E03BC6" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>與</w:t>
       </w:r>
-      <w:r w:rsidR="009B59A9" w:rsidRPr="009B59A9">
+      <w:r w:rsidR="009B59A9" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>各產業服務方面的系統化創新</w:t>
       </w:r>
-      <w:r w:rsidR="00E03BC6" w:rsidRPr="0005467C">
+      <w:r w:rsidR="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03BC6" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>：探索如何通過系統性創新的策略和工具或方法來提升管理與服務的效益、效率與決策品質。</w:t>
+        <w:t>探索如何通過系統性創新的策略和工具或方法來提升管理與服務的效益、效率與決策品質。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCA7519" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="3C7F2BD7" w14:textId="1E4C0E54" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="567" w:rightChars="117" w:right="281" w:hanging="425"/>
+        <w:ind w:leftChars="0" w:left="284" w:rightChars="-59" w:right="-142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>人工智慧與系統性創新的整合應用</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidR="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>：探討如何將</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        <w:t>探討如何將</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AI</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>技術與系統性創新方法相結合，實現創新加速與智能化解決方案。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFB229D" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="75C1B8BC" w14:textId="17EED1CF" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="567" w:rightChars="117" w:right="281" w:hanging="425"/>
+        <w:ind w:leftChars="0" w:left="284" w:rightChars="-59" w:right="-142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>專利</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>智慧財產與系統性創新的整合應用</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidR="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>：探討專利分析、應用與創新多元方法，以智慧財產與系統性創新的整合增加智財價值。</w:t>
+        <w:t>探討專利分析、應用與創新多元方法，以智慧財產與系統性創新的整合增加智財價值。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666BB567" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="23D8F823" w14:textId="01ABE993" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="567" w:rightChars="117" w:right="281" w:hanging="425"/>
+        <w:ind w:leftChars="0" w:left="284" w:rightChars="-59" w:right="-142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>減碳</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>永續與系統性創新的整合應用</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidR="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>：研究在碳中和與碳排放管理的背景下，如何通過系統性創新應對碳焦慮並挖掘淨零減碳的新機會。</w:t>
+        <w:t>研究在碳中和</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>與碳排放管理的背景下，如何通過系統性創新應對碳焦慮並挖掘</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>淨零減碳</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>的新機會。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1B1E7D" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="55B429A9" w14:textId="30AC094F" w:rsidR="004A7529" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="567" w:rightChars="117" w:right="281" w:hanging="425"/>
+        <w:ind w:leftChars="0" w:left="284" w:rightChars="-59" w:right="-142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>其他創新相關議題</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidR="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>：涵蓋與創新相關的各種工具、理論的發展與實際應用。</w:t>
+        <w:t>涵蓋與創新相關的各種工具、理論的發展與實際應用。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246D74BC" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00E03BC6" w:rsidP="00340F9E">
+    <w:p w14:paraId="7BAF1527" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="00340F9E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1624032D" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="06CB746E" w14:textId="77777777" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>專案競賽主題</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="7E9A95A2" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
-[...2 lines deleted...]
-        <w:spacing w:after="40" w:line="360" w:lineRule="exact"/>
+    <w:p w14:paraId="463E4BCB" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="000E223F" w:rsidRDefault="00182A8E" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="40" w:line="340" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>為了促進系統化創新方法的應用與推廣，中華系統性創新學會特別舉辦全國系統化創新專案競賽。此專案競賽之目的主要在推廣與分享系統性創新方法，並協助參賽者之創新成果的發表與加值，為廣邀</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0C50" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各研究機構人員、</w:t>
+      </w:r>
+      <w:r w:rsidR="002C39E9" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>各級學校</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0C50" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>與業界</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一同參與，作者可選擇以下任</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>類別參賽。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEE8E8D" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="170" w:rightChars="192" w:right="461" w:firstLineChars="106" w:firstLine="254"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>作品類別：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>大</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>學</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>產業組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DF8EF8" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="0" w:rightChars="192" w:right="461" w:firstLineChars="177" w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>產品設計</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>工程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>製程的創新或改進</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7C681C" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="0" w:rightChars="192" w:right="461" w:firstLineChars="177" w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>商業模式</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>服務流程</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>管理方法的創新或改進</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB2AD81" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="0" w:rightChars="192" w:right="461" w:firstLineChars="177" w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>生活用品設計創新或改進</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B6D6BC" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="0" w:rightChars="192" w:right="461" w:firstLineChars="177" w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>其他領域創新</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C58DA94" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="974" w:rightChars="192" w:right="461"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37C62DC4" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="170" w:rightChars="192" w:right="461" w:firstLineChars="106" w:firstLine="254"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>作品類別：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>中學組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D6956A" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="00DB50AE">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="424" w:rightChars="117" w:right="281"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>第一類</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>系統性創新方法組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>作品必須包含系統性創新方法的四大階段</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>問題定義、問題分析、求解、解答評估</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>與各階段對應工具（如主價值分析、時間空間分析、介面分析、發明原則、科學效應知識庫等）提出具有創意與實用性的創新專案。專案若包含永續</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>減碳</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SDGs/ESG)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>、高齡健康照護、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>人工智慧應用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>等新趨勢議題尤佳。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2EDBD9" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="00DB50AE">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="424" w:rightChars="117" w:right="281"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>第二類</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>系統性創新實作組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>作品必須包含第一類</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>系統性創新方法組的要求並有實作</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>實體</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>虛擬</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>虛實整合皆可</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>模型者。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB4F396" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="000E223F" w:rsidRDefault="003A308A" w:rsidP="00DB50AE">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="424" w:rightChars="117" w:right="281"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>第三類</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>其他創新方法與實作組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>範圍含有關所有創新方法的專案，不限</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TRIZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>或任何創新手法。含各種應用內容，只要是有應用性及創新思惟模式之專案作品皆歡迎，亦可包含永續</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>減碳</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SDGs/ESG);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>高齡健康照護</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>人工智慧應用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>等新趨勢議題或有專利相關成果尤佳。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF1C717" w14:textId="77777777" w:rsidR="003A308A" w:rsidRPr="003A308A" w:rsidRDefault="003A308A" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="340" w:lineRule="exact"/>
+        <w:ind w:left="170" w:rightChars="192" w:right="461" w:firstLineChars="106" w:firstLine="254"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="656F9219" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:ind w:rightChars="192" w:right="461"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-        <w:t>為了促進系統化創新方法的應用與推廣，中華系統性創新學會特別舉辦</w:t>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>※</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="EE0000"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>各研究機構人員、</w:t>
-[...21 lines deleted...]
-        <w:t>一同參與，作者可選擇以下任一類別參賽。</w:t>
+        <w:t>競賽特色：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6B6237" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00340F9E">
-[...269 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="0444B3A2" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="000E223F" w:rsidRDefault="00182A8E" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
+        <w:spacing w:line="340" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426" w:rightChars="117" w:right="281" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>範圍含有關所有創新方法的專案，</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>不限</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>TRIZ</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>或任何創新手法。含各種</w:t>
       </w:r>
-      <w:r w:rsidR="00AC1744" w:rsidRPr="0005467C">
+      <w:r w:rsidR="00AC1744" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>應用內容</w:t>
       </w:r>
-      <w:r w:rsidR="00AC1744" w:rsidRPr="0005467C">
+      <w:r w:rsidR="00AC1744" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>，只要是有應用性及創新思惟模式之專案作品皆歡迎，</w:t>
       </w:r>
-      <w:r w:rsidR="00C0729E" w:rsidRPr="0005467C">
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>亦可包含永續減碳</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="0005467C">
+        <w:t>亦可包含永續</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>(SDGs/ESG);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="0005467C">
+        <w:t>減碳</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>高齡健康照護</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="0005467C">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="0005467C">
+        <w:t>SDGs/ESG);</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>人工智慧應用</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="0005467C">
+        <w:t>高齡健康照護</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>..</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0729E" w:rsidRPr="0005467C">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:t>人工智慧應用</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0729E" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
         <w:t>等新趨勢議題尤佳。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502A2435" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="5AAC0C91" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="000E223F" w:rsidRDefault="00182A8E" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
+        <w:spacing w:line="340" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426" w:rightChars="117" w:right="281" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>專案作品評估準則：結果與流程或思惟模式並重。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBBEA11" w14:textId="38C980BE" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="156AF1CB" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="000E223F" w:rsidRDefault="00182A8E" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
+        <w:spacing w:line="340" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426" w:rightChars="117" w:right="281" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>不限參加人員領域背景</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>，</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:t>不限參加人員領域背景</w:t>
+      </w:r>
+      <w:r w:rsidR="00381498" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="00381498" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
         <w:t>分為</w:t>
       </w:r>
-      <w:r w:rsidR="004F74AF" w:rsidRPr="0005467C">
+      <w:r w:rsidR="003A308A" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>大學</w:t>
+      </w:r>
+      <w:r w:rsidR="003A308A" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="003A308A" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>產業組</w:t>
+      </w:r>
+      <w:r w:rsidR="00381498" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidR="004F74AF" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00381498">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>中學組</w:t>
+      </w:r>
+      <w:r w:rsidR="00381498" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="004F74AF" w:rsidRPr="0005467C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00381498" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>參與組別人員須全部為中學或五專同學</w:t>
+      </w:r>
+      <w:r w:rsidR="00381498" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009904C3" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...27 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730F8A67" w14:textId="65176919" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="004A7529" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="42CAA76D" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="000E223F" w:rsidRDefault="004A7529" w:rsidP="000E223F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0" w:left="426" w:hanging="284"/>
+        <w:spacing w:line="340" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426" w:rightChars="117" w:right="281" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>專案競賽分為初賽與決賽，初賽通過者，主辦單位將通知參賽者於研討會當天進行決賽</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>專案競賽通過者，主辦單位將通知參賽者進行</w:t>
+      </w:r>
+      <w:r w:rsidR="003A308A" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>報告</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        <w:t>專案競賽現場報告</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>。</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009904C3" w:rsidRPr="0005467C">
+        <w:t>。將由專業評審審查，依品質評分頒布金牌、銀牌、銅牌或佳作。除此之外，參賽得獎作品將由中華系統性創新學會推薦參加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00582B98" w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>進入決賽者之作品，將由專業評審審查，依品質評分頒布</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC34EA" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>鉑金牌、</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>/7</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC34EA" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>金牌、銀牌、銅牌或佳作。除此之外，參賽得獎作品將由中華系統性創新學會推薦參加</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        <w:t>月份在國立清華大學舉辦的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00582B98" w:rsidRPr="0005467C">
+        <w:t>全球系統性創新競賽</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>(GCSI</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC34EA" w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>全球系統性創新競賽</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>(GCSI)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EAA658" w14:textId="77777777" w:rsidR="00582B98" w:rsidRPr="0005467C" w:rsidRDefault="00582B98" w:rsidP="00582B98">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="7385E0A7" w14:textId="77777777" w:rsidR="00582B98" w:rsidRDefault="00582B98" w:rsidP="00582B98">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73F9C7A4" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="004A7529" w:rsidP="00BB007F">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="27367CC9" w14:textId="77777777" w:rsidR="00895977" w:rsidRPr="00895977" w:rsidRDefault="00895977" w:rsidP="00582B98">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078322E2" w14:textId="14222BFD" w:rsidR="005F7103" w:rsidRPr="005F7103" w:rsidRDefault="005F7103" w:rsidP="005F7103">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:leftChars="0" w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>因投稿踴躍，眾多作者要求延長投稿期限，相關延長日期如下</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7208619F" w14:textId="3A5EDE7E" w:rsidR="00182A8E" w:rsidRPr="005F7103" w:rsidRDefault="005F7103" w:rsidP="00A448B4">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>論文投稿與</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>大</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>學</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>產業組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>專案競賽重要日期</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10172" w:type="dxa"/>
+        <w:tblInd w:w="426" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5069"/>
+        <w:gridCol w:w="5103"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E37149" w:rsidRPr="00CA1B90" w14:paraId="65EDD185" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="469613D0" w14:textId="77777777" w:rsidR="00E37149" w:rsidRPr="009033AB" w:rsidRDefault="00E37149" w:rsidP="00E37149">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk209445246"/>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>論文摘要/專案競賽作品簡述表提交截止日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0682E091" w14:textId="73130756" w:rsidR="00E37149" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/</w:t>
+            </w:r>
+            <w:r w:rsidR="00453B29" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12/15(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>星期</w:t>
+            </w:r>
+            <w:r w:rsidR="00453B29" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37149" w:rsidRPr="00CA1B90" w14:paraId="6F6FD3A2" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8BDA04" w14:textId="77777777" w:rsidR="00E37149" w:rsidRPr="009033AB" w:rsidRDefault="00E37149" w:rsidP="00E37149">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>論文摘要/專案競賽作品簡述表審查結果通知</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6337D193" w14:textId="515BC75C" w:rsidR="00E37149" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12/22(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>星期</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37149" w:rsidRPr="00CA1B90" w14:paraId="2F130127" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="408"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3016E8E3" w14:textId="77777777" w:rsidR="00E37149" w:rsidRPr="009033AB" w:rsidRDefault="00E37149" w:rsidP="00E37149">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>論文全文提交截止日</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA1B90" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CA1B90" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>早鳥註冊</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CA1B90" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>繳費截止日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F109D4" w14:textId="155002AA" w:rsidR="00E37149" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/</w:t>
+            </w:r>
+            <w:r w:rsidR="00453B29" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00453B29" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>星期</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>三</w:t>
+            </w:r>
+            <w:r w:rsidR="00453B29" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37149" w:rsidRPr="00CA1B90" w14:paraId="7B2B19F0" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="451"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="072007D1" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="00FE76E5" w:rsidRDefault="00754072" w:rsidP="00754072">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE76E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>研討會暨專案競賽</w:t>
+            </w:r>
+            <w:r w:rsidR="00E37149" w:rsidRPr="00FE76E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>日期</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA1B90" w:rsidRPr="00FE76E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / 國立高雄餐旅大學</w:t>
+            </w:r>
+            <w:r w:rsidR="003A308A" w:rsidRPr="00FE76E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D89DD0" w14:textId="77777777" w:rsidR="00E37149" w:rsidRPr="00FE76E5" w:rsidRDefault="00E37149" w:rsidP="00477805">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE76E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026/01/17（星期六</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE76E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="3"/>
+    </w:tbl>
+    <w:p w14:paraId="27EE3097" w14:textId="77777777" w:rsidR="005F7103" w:rsidRDefault="005F7103" w:rsidP="005F7103">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="656FFCBB" w14:textId="04B7D8A2" w:rsidR="005F7103" w:rsidRPr="005F7103" w:rsidRDefault="005F7103" w:rsidP="005F7103">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:leftChars="0" w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>因應中學學生課業與時間準備將延長投稿期限，相關延長日期如下</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7103">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7C79DA" w14:textId="6E53446F" w:rsidR="00754072" w:rsidRPr="009E5A51" w:rsidRDefault="00754072" w:rsidP="00754072">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="000E223F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>中學組</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5A51">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>論文投稿與專案競賽重要</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t>專案競賽重要日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5A51">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>日期</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5A51">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>另有專用報名簡章</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5A51">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5007"/>
-        <w:gridCol w:w="4773"/>
+        <w:gridCol w:w="4218"/>
+        <w:gridCol w:w="5336"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000446A5" w:rsidRPr="0005467C" w14:paraId="4B41FB1F" w14:textId="77777777" w:rsidTr="000446A5">
+      <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="0B3F559A" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5069" w:type="dxa"/>
+            <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39C18D7B" w14:textId="3B3470C1" w:rsidR="000446A5" w:rsidRPr="0005467C" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="7E5B8499" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00754072" w:rsidP="00B36521">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>論文摘要</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表提交截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="515D6B91" w14:textId="26B75C34" w:rsidR="000446A5" w:rsidRPr="0005467C" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="17FACAB6" w14:textId="53E9F542" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12/22(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>星期</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="2467B559" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C3B23D" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00754072" w:rsidP="00B36521">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...74 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>論文</w:t>
-[...23 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表審查結果通知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7177FC" w14:textId="766AB7A6" w:rsidR="000446A5" w:rsidRPr="0005467C" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="499997F7" w14:textId="487BE416" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12/29(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>星期</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>一)</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="7EEA6DBB" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="408"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A4F046" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00754072" w:rsidP="00B36521">
+            <w:pPr>
+              <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...74 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>論文全文提交截止日</w:t>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>早鳥註冊</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>繳費截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6546EF" w14:textId="4FC7DA7E" w:rsidR="000446A5" w:rsidRPr="0005467C" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="07A27836" w14:textId="5D595E1A" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
-[...33 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-              <w:t>（星期五）</w:t>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025/</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12/31(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>星期</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>三)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000446A5" w:rsidRPr="0005467C" w14:paraId="2FD59C76" w14:textId="77777777" w:rsidTr="000446A5">
+      <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="0F4867DE" w14:textId="77777777" w:rsidTr="00477805">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5069" w:type="dxa"/>
+            <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0417CBC3" w14:textId="43B3AA05" w:rsidR="000446A5" w:rsidRPr="0005467C" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="02808F08" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="000E223F" w:rsidRDefault="00754072" w:rsidP="00B36521">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:color w:val="EE0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000E223F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-              <w:t>早鳥註冊繳費截止日</w:t>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>中學組</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E223F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>專案競賽</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E223F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>報告 / 國立成功大學</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF0AF70" w14:textId="549D14B8" w:rsidR="000446A5" w:rsidRPr="0005467C" w:rsidRDefault="000446A5" w:rsidP="000446A5">
+          <w:p w14:paraId="18FBCF32" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="000E223F" w:rsidRDefault="00754072" w:rsidP="00477805">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
-[...9 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000E223F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="EE0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>（星期五）</w:t>
+              <w:t>2026/01/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E223F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00116F2F" w:rsidRPr="000E223F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E223F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>（星期六）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000446A5" w:rsidRPr="0005467C" w14:paraId="540FDBA6" w14:textId="77777777" w:rsidTr="000446A5">
-[...150 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="55D9325A" w14:textId="5D381552" w:rsidR="00090483" w:rsidRPr="0005467C" w:rsidRDefault="00090483" w:rsidP="00090483">
-[...1 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="67C56AB1" w14:textId="77777777" w:rsidR="00754072" w:rsidRDefault="00754072" w:rsidP="00CC34EA">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B96D1E4" w14:textId="73FEEF44" w:rsidR="00A7594B" w:rsidRPr="0005467C" w:rsidRDefault="00A7594B" w:rsidP="00090483">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+    <w:p w14:paraId="1B9AE73D" w14:textId="77777777" w:rsidR="00754072" w:rsidRDefault="00754072">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11624532" w14:textId="0205506E" w:rsidR="00A7594B" w:rsidRPr="0005467C" w:rsidRDefault="00A7594B" w:rsidP="00090483">
-[...31 lines deleted...]
-        <w:pStyle w:val="affc"/>
+    <w:p w14:paraId="20A5C7F5" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="0005467C" w:rsidRDefault="009904C3" w:rsidP="00BB007F">
+      <w:pPr>
+        <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>研討會報名</w:t>
       </w:r>
+      <w:r w:rsidR="009E5A51">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>表</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3FD8BB94" w14:textId="192CFEC9" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+    <w:p w14:paraId="12F4CFB5" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>報名方式</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
@@ -2797,113 +4273,136 @@
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>請上網登記註冊</w:t>
       </w:r>
       <w:r w:rsidR="009904C3" w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>，或填寫此報名表回傳。線上</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005467C">
+        <w:t>，或填寫此報名表回傳。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009904C3" w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>報名連結</w:t>
+        <w:t>線上</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005467C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>報名</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0005467C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>連結</w:t>
       </w:r>
       <w:r w:rsidR="00C85504" w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E4305B" w:rsidRPr="0005467C">
-[...22 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00E4305B" w:rsidRPr="00D73D9E">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>202</w:t>
+        </w:r>
+        <w:r w:rsidR="00582B98" w:rsidRPr="00D73D9E">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="00E4305B" w:rsidRPr="00D73D9E">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>系統性創新研討會註冊</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78A10417" w14:textId="77777777" w:rsidR="00C6570A" w:rsidRPr="0005467C" w:rsidRDefault="00C6570A" w:rsidP="009904C3">
+    <w:p w14:paraId="54D11417" w14:textId="77777777" w:rsidR="00C6570A" w:rsidRPr="0005467C" w:rsidRDefault="00C6570A" w:rsidP="009904C3">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5426D2B3" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00AE2562">
+    <w:p w14:paraId="73FC9F2D" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00AE2562">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>◎</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -2970,84 +4469,84 @@
         <w:t>◎</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>連絡電話</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: 03-5723200 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41327A88" w14:textId="2377DC64" w:rsidR="008C4C84" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+    <w:p w14:paraId="3D7385F9" w14:textId="77777777" w:rsidR="008C4C84" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>◎</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>研討會信箱</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00582B98" w:rsidRPr="0005467C">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>sich@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AE2562" w:rsidRPr="0005467C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00AE2562" w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="26"/>
@@ -3061,62 +4560,62 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>報名成功者，主辦單位將以電子郵件方式告知</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1570"/>
         <w:gridCol w:w="3400"/>
         <w:gridCol w:w="1422"/>
-        <w:gridCol w:w="3799"/>
+        <w:gridCol w:w="3937"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="0D7A4298" w14:textId="77777777" w:rsidTr="00EA7068">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="2F9D84DF" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10191" w:type="dxa"/>
+            <w:tcW w:w="10329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="496A48DE" w14:textId="06169212" w:rsidR="009904C3" w:rsidRPr="0005467C" w:rsidRDefault="009904C3" w:rsidP="00082245">
+          <w:p w14:paraId="13E7686B" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="0005467C" w:rsidRDefault="009904C3" w:rsidP="00082245">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:firstLine="560"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="009F0CB4" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3158,732 +4657,785 @@
               <w:t>屆系統性創新研討會暨專案競賽</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>報名表</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="14836B98" w14:textId="77777777" w:rsidTr="00EA7068">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="27AAC2C0" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="265981CF" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="48FF3B19" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>姓</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3400" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D5ABB4" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="028B10FE" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A28F97F" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="2C178AC2" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>學校</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>公司</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="3937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40F86690" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="1E330DF2" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="337CC6CA" w14:textId="77777777" w:rsidTr="00EA7068">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="01C0B9AA" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10C3726D" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="5CFDFE50" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>科系</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>部門</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3400" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="350968A9" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="1712369B" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4500E38D" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="30C58F3B" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>職</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="3937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E266EFD" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="2614A9BF" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="563E6579" w14:textId="77777777" w:rsidTr="00EA7068">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="2109BACB" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54E2F5EB" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="599F67DA" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>聯絡電話</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3400" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22011D9A" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="535FFFC5" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD95FA2" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="24E416CA" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>行動電話</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="3937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="713696A6" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="5D4AFE46" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="0E0339A9" w14:textId="77777777" w:rsidTr="00EA7068">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="5A0A3318" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32C7C6DF" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="0D4FBECA" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>e-mail *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3400" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="352532C7" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="4756F1F9" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F19C6FE" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="6D8DA5D6" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>通訊位址</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="3937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF40226" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="6E1FEE69" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="38C4C9BB" w14:textId="77777777" w:rsidTr="00EA7068">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="61E361D5" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC7B14F" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="545710C9" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>收據抬頭</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3400" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03E9DDEC" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="2B2BCC88" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF35F61" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="4A524B42" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>統一編號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="3937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9EF25E" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
+          <w:p w14:paraId="521DF240" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="009904C3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10163" w:type="dxa"/>
-        <w:tblInd w:w="28" w:type="dxa"/>
+        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblInd w:w="-114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4919"/>
+        <w:gridCol w:w="5061"/>
         <w:gridCol w:w="1984"/>
-        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="3303"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="5866BB3E" w14:textId="77777777" w:rsidTr="00EA7068">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="39814718" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="608"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10163" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="707BCCA5" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00C6570A" w:rsidP="00C6570A">
+          <w:p w14:paraId="6B2D0763" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00C6570A" w:rsidP="00C6570A">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系統性創新研討會暨專案競賽</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00B03B58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00B03B58" w:rsidRPr="004774F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>大</w:t>
+            </w:r>
+            <w:r w:rsidR="00B03B58" w:rsidRPr="004774F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>學</w:t>
+            </w:r>
+            <w:r w:rsidR="00B03B58" w:rsidRPr="004774F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B03B58" w:rsidRPr="004774F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>產業組</w:t>
+            </w:r>
+            <w:r w:rsidR="00B03B58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="009904C3" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>註冊費</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="3009C02E" w14:textId="77777777" w:rsidTr="003072C4">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="64947BAB" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="608"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4919" w:type="dxa"/>
+            <w:tcW w:w="5061" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="782A298A" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="003C2031">
+          <w:p w14:paraId="2F912D60" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="003C2031">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>參加者身分</w:t>
             </w:r>
             <w:r w:rsidR="00E027C9" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>註冊費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0488822E" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00127FD3">
+          <w:p w14:paraId="6F86848E" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00127FD3">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>一般期間</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3303" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F6D9AF" w14:textId="75287C05" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00127FD3">
+          <w:p w14:paraId="16981CC5" w14:textId="0F30837D" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00127FD3">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:firstLineChars="11" w:firstLine="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>早鳥繳費註冊截止</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A00659" w:rsidRPr="0005467C">
+              <w:t>早鳥繳費</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+              </w:rPr>
+              <w:t>註冊截止</w:t>
+            </w:r>
+            <w:r w:rsidR="00A00659" w:rsidRPr="0077757D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="FF0000"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="009F0CB4" w:rsidRPr="0005467C">
+            <w:r w:rsidR="009F0CB4" w:rsidRPr="0077757D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00A00659" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00A00659" w:rsidRPr="0077757D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>/12/</w:t>
             </w:r>
-            <w:r w:rsidR="009F0CB4" w:rsidRPr="0005467C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00477805" w:rsidRPr="0077757D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-              <w:t>19</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="1FC9F996" w14:textId="77777777" w:rsidTr="003072C4">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="72C04B1D" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4919" w:type="dxa"/>
+            <w:tcW w:w="5061" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="011E61A2" w14:textId="3587B1D7" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00563AED" w:rsidP="00BB007F">
+          <w:p w14:paraId="2F59419D" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00563AED" w:rsidP="00BB007F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="381" w:hanging="97"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>非作者</w:t>
             </w:r>
             <w:r w:rsidR="00182A8E" w:rsidRPr="0005467C">
@@ -3898,51 +5450,51 @@
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>之</w:t>
             </w:r>
             <w:r w:rsidR="00E027C9" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>註冊費</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05942AD1" w14:textId="4018C3BC" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="009F172E">
+          <w:p w14:paraId="0E36EC7F" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00EA7068" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3958,352 +5510,366 @@
               </w:rPr>
               <w:t>$2,</w:t>
             </w:r>
             <w:r w:rsidR="00E027C9" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3303" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203B58CA" w14:textId="03C20DBE" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
+          <w:p w14:paraId="6C1B6A0C" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00182A8E" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> $2,</w:t>
             </w:r>
             <w:r w:rsidR="00E027C9" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00182A8E" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="18C41C4D" w14:textId="77777777" w:rsidTr="0005467C">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="099C6962" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4919" w:type="dxa"/>
+            <w:tcW w:w="5061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2278AC86" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
+          <w:p w14:paraId="560E8202" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="381" w:hanging="97"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>論文（每篇）</w:t>
             </w:r>
             <w:r w:rsidR="009820C2" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="009820C2" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>代表作者</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7F5548" w14:textId="5F34D541" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
+          <w:p w14:paraId="059E64EA" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00182A8E" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>$2,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3303" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51F756A7" w14:textId="0246F202" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
+          <w:p w14:paraId="289224D9" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00182A8E" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> $2,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA7068" w:rsidRPr="0005467C" w14:paraId="7CC88B57" w14:textId="77777777" w:rsidTr="003072C4">
+      <w:tr w:rsidR="00EA7068" w:rsidRPr="0005467C" w14:paraId="00C8CF5E" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4919" w:type="dxa"/>
+            <w:tcW w:w="5061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="367E66AD" w14:textId="145C050F" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
+          <w:p w14:paraId="50839231" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="381" w:hanging="97"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>專案競賽（每件）大專組</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0005467C">
+              <w:t>專案競賽（每件）</w:t>
+            </w:r>
+            <w:r w:rsidR="00754072" w:rsidRPr="004774F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>大</w:t>
+            </w:r>
+            <w:r w:rsidR="00754072" w:rsidRPr="004774F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>學</w:t>
+            </w:r>
+            <w:r w:rsidR="00754072" w:rsidRPr="004774F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
-[...6 lines deleted...]
-              <w:t>社會組</w:t>
+            <w:r w:rsidR="00754072" w:rsidRPr="004774F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>產業組</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A35D73C" w14:textId="423F5C65" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
+          <w:p w14:paraId="628C477A" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>$2,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3303" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8EF136" w14:textId="775C1C36" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
+          <w:p w14:paraId="3A9EFFD1" w14:textId="77777777" w:rsidR="00EA7068" w:rsidRPr="0005467C" w:rsidRDefault="00EA7068" w:rsidP="00EA7068">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -4318,61 +5884,61 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>$2,</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="5913B62E" w14:textId="77777777" w:rsidTr="003072C4">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="60B5EFC6" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4919" w:type="dxa"/>
+            <w:tcW w:w="5061" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76FF0ECC" w14:textId="4712BE8C" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
+          <w:p w14:paraId="32C805D7" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="00BB007F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="381" w:hanging="97"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>註冊費</w:t>
             </w:r>
             <w:r w:rsidR="00852C9E" w:rsidRPr="0005467C">
@@ -4414,765 +5980,811 @@
             <w:r w:rsidR="00563AED" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>／人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31E7A684" w14:textId="24E788EB" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
+          <w:p w14:paraId="3E94E7E4" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00182A8E" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> $800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3303" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EEBD9EA" w14:textId="445479B3" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
+          <w:p w14:paraId="7190F28D" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00EC6FAA" w:rsidP="009F172E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00182A8E" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> $500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="1B5CBE21" w14:textId="77777777" w:rsidTr="003072C4">
+      <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="66770007" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10163" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6440EA2F" w14:textId="6E72B7D9" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
+          <w:p w14:paraId="3EBC7624" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="003A3687" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="198" w:hanging="198"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="003072C4" w:rsidRPr="0005467C">
+            <w:r w:rsidR="003072C4" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>每篇論文</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>最少需有</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>位</w:t>
             </w:r>
-            <w:r w:rsidR="009820C2" w:rsidRPr="0005467C">
+            <w:r w:rsidR="009820C2" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>代表作者</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-[...2 lines deleted...]
-              <w:t>報名繳註冊費用。第二篇以上八折計算，請註記並加總於下</w:t>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>報名</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>繳</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註冊費用。第二篇以上八折計算，請註記並加總於下</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2965075C" w14:textId="597A4232" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
+          <w:p w14:paraId="5F0D1C8A" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="003A3687" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="198" w:hanging="198"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="0005467C" w:rsidRPr="0005467C">
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>２</w:t>
+            </w:r>
+            <w:r w:rsidR="0005467C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>每件專案競賽</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>最少需有</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>位</w:t>
             </w:r>
-            <w:r w:rsidR="009820C2" w:rsidRPr="0005467C">
+            <w:r w:rsidR="009820C2" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>代表作者</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-[...2 lines deleted...]
-              <w:t>報名繳註冊費用。第二件以上八折計算，請註記並加總於下</w:t>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>報名</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>繳</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註冊費用。第二件以上八折計算，請註記並加總於下</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23D818AF" w14:textId="424A70E0" w:rsidR="00563AED" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
+          <w:p w14:paraId="150CD5B1" w14:textId="77777777" w:rsidR="00563AED" w:rsidRPr="003A3687" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="198" w:hanging="198"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="0005467C" w:rsidRPr="0005467C">
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>３</w:t>
+            </w:r>
+            <w:r w:rsidR="0005467C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>作者以國科會計畫衍生論文</w:t>
             </w:r>
-            <w:r w:rsidR="00563AED" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00563AED" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00563AED" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00563AED" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>專案競賽</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>投稿</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>須提供計畫編號</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，可享註冊費</w:t>
             </w:r>
-            <w:r w:rsidR="00DE2257" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00DE2257" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>五</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>折</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>優待。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3437B742" w14:textId="3CD90CC1" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
+          <w:p w14:paraId="286EAEEF" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="003A3687" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="198" w:hanging="198"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="0005467C" w:rsidRPr="0005467C">
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>４</w:t>
+            </w:r>
+            <w:r w:rsidR="0005467C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00CD1C32" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00CD1C32" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>代表作者</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-[...2 lines deleted...]
-              <w:t>註冊費含會議資料、午餐、茶點費用</w:t>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註冊費含會議</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>資料、午餐、茶點費用</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="587E35F8" w14:textId="6DCB179C" w:rsidR="00182A8E" w:rsidRPr="0005467C" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
+          <w:p w14:paraId="3939D32D" w14:textId="77777777" w:rsidR="00182A8E" w:rsidRPr="003A3687" w:rsidRDefault="00182A8E" w:rsidP="0005467C">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="198" w:hanging="198"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>５</w:t>
             </w:r>
-            <w:r w:rsidR="0005467C" w:rsidRPr="0005467C">
+            <w:r w:rsidR="0005467C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-[...2 lines deleted...]
-              <w:t>共同作者註冊費含午餐、茶點費用</w:t>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>共同作者</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>註冊費含午餐</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>、茶點費用</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CE94082" w14:textId="2355B129" w:rsidR="00DE2257" w:rsidRPr="0005467C" w:rsidRDefault="006C3BB7" w:rsidP="0005467C">
+          <w:p w14:paraId="7A6742B4" w14:textId="77777777" w:rsidR="00DE2257" w:rsidRPr="0005467C" w:rsidRDefault="006C3BB7" w:rsidP="0005467C">
             <w:pPr>
-              <w:pStyle w:val="affc"/>
+              <w:pStyle w:val="affd"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:leftChars="0" w:left="198" w:hanging="198"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005467C">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">6 </w:t>
             </w:r>
-            <w:r w:rsidR="0005467C" w:rsidRPr="0005467C">
+            <w:r w:rsidR="0005467C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="009820C2" w:rsidRPr="0005467C">
+            <w:r w:rsidR="009820C2" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SSI</w:t>
             </w:r>
-            <w:r w:rsidR="009820C2" w:rsidRPr="0005467C">
+            <w:r w:rsidR="009820C2" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>會員優惠</w:t>
             </w:r>
-            <w:r w:rsidR="00ED401C" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00ED401C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00563AED" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00563AED" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00ED401C" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00ED401C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>每人總</w:t>
             </w:r>
-            <w:r w:rsidR="00563AED" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00563AED" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>註冊費</w:t>
             </w:r>
-            <w:r w:rsidR="005313B8" w:rsidRPr="0005467C">
+            <w:r w:rsidR="005313B8" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>可</w:t>
             </w:r>
-            <w:r w:rsidR="00ED401C" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00ED401C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>抵扣</w:t>
             </w:r>
-            <w:r w:rsidR="00ED401C" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00ED401C" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$300</w:t>
             </w:r>
-            <w:r w:rsidR="00563AED" w:rsidRPr="0005467C">
+            <w:r w:rsidR="00563AED" w:rsidRPr="003A3687">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A00659" w:rsidRPr="00EC6FAA" w14:paraId="14AB90D2" w14:textId="77777777" w:rsidTr="003072C4">
+      <w:tr w:rsidR="00A00659" w:rsidRPr="00EC6FAA" w14:paraId="59CD5045" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2915"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10163" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF6B80D" w14:textId="77777777" w:rsidR="006D6FE3" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="7E490A7E" w14:textId="77777777" w:rsidR="006D6FE3" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>付款方式</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67245FB5" w14:textId="77777777" w:rsidR="003072C4" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="532490F0" w14:textId="77777777" w:rsidR="003072C4" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>匯款</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">/ATM: </w:t>
             </w:r>
@@ -5187,51 +6799,51 @@
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>竹科新安分行，</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46FFB02D" w14:textId="00917439" w:rsidR="006D6FE3" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="3CD9291F" w14:textId="77777777" w:rsidR="006D6FE3" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>總行代號</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">: 017 , </w:t>
             </w:r>
@@ -5264,142 +6876,142 @@
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>帳號：</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>020-09-10136-1    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A1685F0" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="720B4D3F" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>戶名：中華系統性創新學會</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D1D2EFE" w14:textId="77777777" w:rsidR="006D6FE3" w:rsidRPr="0005467C" w:rsidRDefault="006D6FE3" w:rsidP="00CD1C32">
+          <w:p w14:paraId="369F5290" w14:textId="77777777" w:rsidR="006D6FE3" w:rsidRPr="0005467C" w:rsidRDefault="006D6FE3" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53A081D7" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
+          <w:p w14:paraId="192F2EB7" w14:textId="77777777" w:rsidR="00A00659" w:rsidRPr="0005467C" w:rsidRDefault="00A00659" w:rsidP="00CD1C32">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>完成轉帳者</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>請將繳費匯款證明或轉帳後五碼</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">e-mail </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>至</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="0005467C">
                 <w:rPr>
                   <w:sz w:val="26"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>sich@ssi.org.tw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4FA1FE74" w14:textId="5BF33227" w:rsidR="007C1B39" w:rsidRPr="00EC6FAA" w:rsidRDefault="009904C3" w:rsidP="007C1B39">
+          <w:p w14:paraId="421FD223" w14:textId="77777777" w:rsidR="007C1B39" w:rsidRPr="00EC6FAA" w:rsidRDefault="009904C3" w:rsidP="007C1B39">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:leftChars="105" w:left="252"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>總計</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>(</w:t>
@@ -5427,83 +7039,83 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidR="007C1B39" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>連絡電話</w:t>
             </w:r>
             <w:r w:rsidR="007C1B39" w:rsidRPr="0005467C">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>: 03-5723200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="785D651D" w14:textId="31FCF6DB" w:rsidR="00A7594B" w:rsidRPr="0005467C" w:rsidRDefault="00A7594B" w:rsidP="007C1B39">
+    <w:p w14:paraId="348D52D0" w14:textId="77777777" w:rsidR="00A7594B" w:rsidRPr="0005467C" w:rsidRDefault="00A7594B" w:rsidP="007C1B39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A7594B" w:rsidRPr="0005467C" w:rsidSect="00A7594B">
+    <w:sectPr w:rsidR="00A7594B" w:rsidRPr="0005467C" w:rsidSect="000E223F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="539" w:right="849" w:bottom="425" w:left="851" w:header="1134" w:footer="454" w:gutter="0"/>
+      <w:pgMar w:top="539" w:right="849" w:bottom="425" w:left="851" w:header="567" w:footer="454" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="644261A4" w14:textId="77777777" w:rsidR="009B2556" w:rsidRDefault="009B2556">
+    <w:p w14:paraId="46B6D3A2" w14:textId="77777777" w:rsidR="009B6649" w:rsidRDefault="009B6649">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21421E27" w14:textId="77777777" w:rsidR="009B2556" w:rsidRDefault="009B2556">
+    <w:p w14:paraId="67ED1501" w14:textId="77777777" w:rsidR="009B6649" w:rsidRDefault="009B6649">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
@@ -5555,58 +7167,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="055B57F7" w14:textId="77777777" w:rsidR="009B2556" w:rsidRDefault="009B2556">
+    <w:p w14:paraId="4067E5EE" w14:textId="77777777" w:rsidR="009B6649" w:rsidRDefault="009B6649">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B4BE0E5" w14:textId="77777777" w:rsidR="009B2556" w:rsidRDefault="009B2556">
+    <w:p w14:paraId="4F61833D" w14:textId="77777777" w:rsidR="009B6649" w:rsidRDefault="009B6649">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F80C96DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2280"/>
         </w:tabs>
         <w:ind w:left="2280" w:hanging="360"/>
@@ -7015,189 +8627,303 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="806243772">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7498431E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="324AB836"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1112167620">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2147312861">
+  <w:num w:numId="2" w16cid:durableId="275603364">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1008484486">
+  <w:num w:numId="3" w16cid:durableId="1523087824">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2135056305">
+  <w:num w:numId="4" w16cid:durableId="686366549">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1535922162">
+  <w:num w:numId="5" w16cid:durableId="213128098">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="287130022">
+  <w:num w:numId="6" w16cid:durableId="1792435846">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="163937798">
+  <w:num w:numId="7" w16cid:durableId="1744911236">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="978850016">
+  <w:num w:numId="8" w16cid:durableId="2114284634">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1725835452">
+  <w:num w:numId="9" w16cid:durableId="739450193">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1874149505">
+  <w:num w:numId="10" w16cid:durableId="2103262290">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2037583780">
+  <w:num w:numId="11" w16cid:durableId="1720089643">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="972827890">
+  <w:num w:numId="12" w16cid:durableId="357700222">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1077242762">
+  <w:num w:numId="13" w16cid:durableId="529298261">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="974022877">
+  <w:num w:numId="14" w16cid:durableId="642849367">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="804008844">
+  <w:num w:numId="15" w16cid:durableId="445273106">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2062245174">
+  <w:num w:numId="16" w16cid:durableId="1944024643">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1733969304">
+  <w:num w:numId="17" w16cid:durableId="573509401">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="382944230">
+  <w:num w:numId="18" w16cid:durableId="1312179006">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1624655978">
+  <w:num w:numId="19" w16cid:durableId="1491673804">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1474133466">
+  <w:num w:numId="20" w16cid:durableId="1338926049">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="770126869">
+  <w:num w:numId="21" w16cid:durableId="1630091087">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1187525980">
+  <w:num w:numId="22" w16cid:durableId="852501867">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="527986411">
+  <w:num w:numId="23" w16cid:durableId="1423648920">
     <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="704133782">
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE7C2E"/>
     <w:rsid w:val="0000203C"/>
     <w:rsid w:val="00003437"/>
     <w:rsid w:val="00005CBF"/>
     <w:rsid w:val="0001156D"/>
     <w:rsid w:val="00011749"/>
     <w:rsid w:val="0001247E"/>
     <w:rsid w:val="000128CA"/>
     <w:rsid w:val="00012F7B"/>
     <w:rsid w:val="000145FD"/>
     <w:rsid w:val="000147C8"/>
     <w:rsid w:val="0002326E"/>
     <w:rsid w:val="0002350F"/>
     <w:rsid w:val="0002365C"/>
     <w:rsid w:val="000239C2"/>
     <w:rsid w:val="00023C53"/>
     <w:rsid w:val="0002555F"/>
     <w:rsid w:val="000259F0"/>
     <w:rsid w:val="00026DC6"/>
     <w:rsid w:val="000272C0"/>
     <w:rsid w:val="00031A49"/>
     <w:rsid w:val="00032C1C"/>
     <w:rsid w:val="00033181"/>
     <w:rsid w:val="00035434"/>
+    <w:rsid w:val="00036CF0"/>
     <w:rsid w:val="00037378"/>
     <w:rsid w:val="0004214F"/>
     <w:rsid w:val="000446A5"/>
     <w:rsid w:val="00046506"/>
     <w:rsid w:val="00046AB4"/>
     <w:rsid w:val="000475FC"/>
     <w:rsid w:val="00051477"/>
     <w:rsid w:val="00053310"/>
     <w:rsid w:val="000536C7"/>
     <w:rsid w:val="0005467C"/>
     <w:rsid w:val="00062ADB"/>
     <w:rsid w:val="00064003"/>
     <w:rsid w:val="00064C0A"/>
     <w:rsid w:val="0006710A"/>
     <w:rsid w:val="000703DB"/>
     <w:rsid w:val="00071129"/>
     <w:rsid w:val="00071336"/>
     <w:rsid w:val="00071497"/>
     <w:rsid w:val="00072431"/>
     <w:rsid w:val="000729B6"/>
     <w:rsid w:val="00072D0C"/>
     <w:rsid w:val="00075E7F"/>
     <w:rsid w:val="00076E84"/>
     <w:rsid w:val="00080A26"/>
     <w:rsid w:val="00080A9B"/>
@@ -7220,171 +8946,179 @@
     <w:rsid w:val="000A264E"/>
     <w:rsid w:val="000A366C"/>
     <w:rsid w:val="000A59C1"/>
     <w:rsid w:val="000A5BFF"/>
     <w:rsid w:val="000A5F11"/>
     <w:rsid w:val="000A698A"/>
     <w:rsid w:val="000A6E03"/>
     <w:rsid w:val="000A6F43"/>
     <w:rsid w:val="000B0B79"/>
     <w:rsid w:val="000B237A"/>
     <w:rsid w:val="000B3E95"/>
     <w:rsid w:val="000B4F7C"/>
     <w:rsid w:val="000B6EAB"/>
     <w:rsid w:val="000C094A"/>
     <w:rsid w:val="000C1CC2"/>
     <w:rsid w:val="000C500A"/>
     <w:rsid w:val="000C723F"/>
     <w:rsid w:val="000C7E29"/>
     <w:rsid w:val="000D0B27"/>
     <w:rsid w:val="000D0DCE"/>
     <w:rsid w:val="000D2E9A"/>
     <w:rsid w:val="000D3231"/>
     <w:rsid w:val="000D429B"/>
     <w:rsid w:val="000D6D45"/>
     <w:rsid w:val="000D7AA5"/>
+    <w:rsid w:val="000D7E48"/>
     <w:rsid w:val="000E1893"/>
+    <w:rsid w:val="000E223F"/>
     <w:rsid w:val="000E491D"/>
     <w:rsid w:val="000E5C2C"/>
     <w:rsid w:val="000E611C"/>
     <w:rsid w:val="000E61B7"/>
     <w:rsid w:val="000E7742"/>
     <w:rsid w:val="000F0AD5"/>
     <w:rsid w:val="000F1380"/>
     <w:rsid w:val="000F3550"/>
     <w:rsid w:val="000F418D"/>
     <w:rsid w:val="000F6C54"/>
     <w:rsid w:val="00100887"/>
     <w:rsid w:val="00101729"/>
     <w:rsid w:val="0010381F"/>
     <w:rsid w:val="00104566"/>
     <w:rsid w:val="0010560E"/>
     <w:rsid w:val="00105B86"/>
     <w:rsid w:val="00105E19"/>
+    <w:rsid w:val="0010686D"/>
     <w:rsid w:val="00106DAD"/>
     <w:rsid w:val="0011219A"/>
     <w:rsid w:val="001123DC"/>
     <w:rsid w:val="001125B5"/>
     <w:rsid w:val="00112FBA"/>
     <w:rsid w:val="00113B13"/>
     <w:rsid w:val="00114330"/>
     <w:rsid w:val="00114AE7"/>
     <w:rsid w:val="001165F0"/>
+    <w:rsid w:val="00116F2F"/>
     <w:rsid w:val="00120769"/>
     <w:rsid w:val="00121426"/>
     <w:rsid w:val="00122F2E"/>
+    <w:rsid w:val="00126439"/>
     <w:rsid w:val="00127538"/>
     <w:rsid w:val="00127D7A"/>
     <w:rsid w:val="00127FD3"/>
     <w:rsid w:val="00130F6F"/>
     <w:rsid w:val="001315C1"/>
     <w:rsid w:val="00131CEF"/>
     <w:rsid w:val="001320EF"/>
     <w:rsid w:val="00134252"/>
     <w:rsid w:val="0013583C"/>
     <w:rsid w:val="00135E45"/>
     <w:rsid w:val="001366AD"/>
     <w:rsid w:val="001373B3"/>
     <w:rsid w:val="0014125C"/>
     <w:rsid w:val="00141DFC"/>
     <w:rsid w:val="001439D9"/>
     <w:rsid w:val="00147922"/>
     <w:rsid w:val="00147ECE"/>
     <w:rsid w:val="001505A9"/>
     <w:rsid w:val="00150BAE"/>
     <w:rsid w:val="00151038"/>
     <w:rsid w:val="00151E64"/>
     <w:rsid w:val="00153CF8"/>
     <w:rsid w:val="0015458F"/>
     <w:rsid w:val="00157396"/>
     <w:rsid w:val="001617E9"/>
     <w:rsid w:val="00161FDF"/>
     <w:rsid w:val="001622A1"/>
     <w:rsid w:val="001636EE"/>
     <w:rsid w:val="00163FE8"/>
     <w:rsid w:val="00165BB2"/>
     <w:rsid w:val="00166A2E"/>
     <w:rsid w:val="00167C97"/>
     <w:rsid w:val="00171B01"/>
     <w:rsid w:val="001754E6"/>
     <w:rsid w:val="001808C0"/>
     <w:rsid w:val="0018153A"/>
     <w:rsid w:val="00181D05"/>
     <w:rsid w:val="00182A8E"/>
     <w:rsid w:val="00182C43"/>
     <w:rsid w:val="00182E6C"/>
     <w:rsid w:val="00185C6A"/>
     <w:rsid w:val="0018673F"/>
     <w:rsid w:val="00186DD5"/>
     <w:rsid w:val="001900DF"/>
     <w:rsid w:val="00190D25"/>
     <w:rsid w:val="00191858"/>
     <w:rsid w:val="00192056"/>
+    <w:rsid w:val="00193FD7"/>
     <w:rsid w:val="00195796"/>
     <w:rsid w:val="00195912"/>
     <w:rsid w:val="00196006"/>
     <w:rsid w:val="001A1B7A"/>
     <w:rsid w:val="001A3D20"/>
     <w:rsid w:val="001A67C5"/>
     <w:rsid w:val="001A7953"/>
+    <w:rsid w:val="001B0C16"/>
     <w:rsid w:val="001B1585"/>
     <w:rsid w:val="001B2C03"/>
     <w:rsid w:val="001B6F7D"/>
     <w:rsid w:val="001B731D"/>
     <w:rsid w:val="001C005A"/>
     <w:rsid w:val="001C120B"/>
     <w:rsid w:val="001C14F1"/>
     <w:rsid w:val="001C235B"/>
     <w:rsid w:val="001C3815"/>
     <w:rsid w:val="001C66E7"/>
     <w:rsid w:val="001C69BD"/>
     <w:rsid w:val="001C76FA"/>
     <w:rsid w:val="001C7A35"/>
     <w:rsid w:val="001D01B3"/>
     <w:rsid w:val="001D1318"/>
     <w:rsid w:val="001D1EA5"/>
     <w:rsid w:val="001D2C91"/>
     <w:rsid w:val="001D5E1B"/>
     <w:rsid w:val="001D61E9"/>
     <w:rsid w:val="001D7BD4"/>
     <w:rsid w:val="001D7D61"/>
     <w:rsid w:val="001E0144"/>
     <w:rsid w:val="001E10E8"/>
     <w:rsid w:val="001E121B"/>
     <w:rsid w:val="001E2605"/>
     <w:rsid w:val="001E473D"/>
     <w:rsid w:val="001E6A0F"/>
     <w:rsid w:val="001F13D0"/>
     <w:rsid w:val="001F2987"/>
     <w:rsid w:val="001F66DC"/>
     <w:rsid w:val="002000A8"/>
     <w:rsid w:val="00200D25"/>
     <w:rsid w:val="0020788F"/>
     <w:rsid w:val="002118A7"/>
     <w:rsid w:val="00217971"/>
     <w:rsid w:val="002220A6"/>
     <w:rsid w:val="00222F81"/>
+    <w:rsid w:val="00223CB8"/>
     <w:rsid w:val="002241E3"/>
     <w:rsid w:val="00224436"/>
     <w:rsid w:val="0022449B"/>
     <w:rsid w:val="002244C5"/>
     <w:rsid w:val="00226896"/>
     <w:rsid w:val="002319F1"/>
     <w:rsid w:val="00232748"/>
     <w:rsid w:val="00235426"/>
     <w:rsid w:val="0023717B"/>
     <w:rsid w:val="00237207"/>
     <w:rsid w:val="00237BDC"/>
     <w:rsid w:val="00240024"/>
     <w:rsid w:val="00240685"/>
     <w:rsid w:val="00241777"/>
     <w:rsid w:val="0024192C"/>
     <w:rsid w:val="002439CD"/>
     <w:rsid w:val="002440E4"/>
     <w:rsid w:val="00245758"/>
     <w:rsid w:val="00245C61"/>
     <w:rsid w:val="00246D7F"/>
     <w:rsid w:val="00246E12"/>
     <w:rsid w:val="00247408"/>
     <w:rsid w:val="00250541"/>
     <w:rsid w:val="0025152B"/>
     <w:rsid w:val="00251ACF"/>
@@ -7392,58 +9126,60 @@
     <w:rsid w:val="0025366A"/>
     <w:rsid w:val="0025410B"/>
     <w:rsid w:val="00255376"/>
     <w:rsid w:val="00256042"/>
     <w:rsid w:val="00260B02"/>
     <w:rsid w:val="00261799"/>
     <w:rsid w:val="00262583"/>
     <w:rsid w:val="0026364E"/>
     <w:rsid w:val="002641A5"/>
     <w:rsid w:val="00264220"/>
     <w:rsid w:val="00271ED6"/>
     <w:rsid w:val="002731FD"/>
     <w:rsid w:val="00274AD0"/>
     <w:rsid w:val="002750F2"/>
     <w:rsid w:val="0027769B"/>
     <w:rsid w:val="00280ACC"/>
     <w:rsid w:val="0028102A"/>
     <w:rsid w:val="00281116"/>
     <w:rsid w:val="0028186C"/>
     <w:rsid w:val="0028255E"/>
     <w:rsid w:val="0028344B"/>
     <w:rsid w:val="00283468"/>
     <w:rsid w:val="00283684"/>
     <w:rsid w:val="0028615F"/>
     <w:rsid w:val="00290611"/>
+    <w:rsid w:val="0029072E"/>
     <w:rsid w:val="0029080D"/>
     <w:rsid w:val="00291506"/>
     <w:rsid w:val="0029151F"/>
     <w:rsid w:val="0029313A"/>
     <w:rsid w:val="0029350D"/>
     <w:rsid w:val="00295EEB"/>
     <w:rsid w:val="0029787A"/>
     <w:rsid w:val="00297C4C"/>
+    <w:rsid w:val="002A1131"/>
     <w:rsid w:val="002A250D"/>
     <w:rsid w:val="002A2E3E"/>
     <w:rsid w:val="002A39E2"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002B288C"/>
     <w:rsid w:val="002B2A74"/>
     <w:rsid w:val="002B2D0C"/>
     <w:rsid w:val="002B3100"/>
     <w:rsid w:val="002B3920"/>
     <w:rsid w:val="002B3FC5"/>
     <w:rsid w:val="002B3FF8"/>
     <w:rsid w:val="002B4D74"/>
     <w:rsid w:val="002B6AB1"/>
     <w:rsid w:val="002B7B30"/>
     <w:rsid w:val="002C39E9"/>
     <w:rsid w:val="002C4770"/>
     <w:rsid w:val="002C4BAD"/>
     <w:rsid w:val="002C67D5"/>
     <w:rsid w:val="002C6EC5"/>
     <w:rsid w:val="002C7E3C"/>
     <w:rsid w:val="002D1609"/>
     <w:rsid w:val="002D2B64"/>
     <w:rsid w:val="002D355D"/>
     <w:rsid w:val="002D55AF"/>
     <w:rsid w:val="002D5648"/>
@@ -7468,90 +9204,94 @@
     <w:rsid w:val="003262FB"/>
     <w:rsid w:val="003269D9"/>
     <w:rsid w:val="00326FC1"/>
     <w:rsid w:val="003300F9"/>
     <w:rsid w:val="00331D40"/>
     <w:rsid w:val="00333C59"/>
     <w:rsid w:val="00334D2E"/>
     <w:rsid w:val="00335B7F"/>
     <w:rsid w:val="00335D4F"/>
     <w:rsid w:val="0033612A"/>
     <w:rsid w:val="00336552"/>
     <w:rsid w:val="003366BD"/>
     <w:rsid w:val="00336C49"/>
     <w:rsid w:val="00340F9E"/>
     <w:rsid w:val="0034105D"/>
     <w:rsid w:val="003453BE"/>
     <w:rsid w:val="00346CE1"/>
     <w:rsid w:val="00352379"/>
     <w:rsid w:val="00352ED3"/>
     <w:rsid w:val="00354428"/>
     <w:rsid w:val="0035667C"/>
     <w:rsid w:val="00360CDA"/>
     <w:rsid w:val="0036149A"/>
     <w:rsid w:val="00361B78"/>
     <w:rsid w:val="003631C6"/>
+    <w:rsid w:val="00363B88"/>
     <w:rsid w:val="00364C97"/>
     <w:rsid w:val="00373B07"/>
     <w:rsid w:val="00373BCF"/>
     <w:rsid w:val="00376EB2"/>
     <w:rsid w:val="0038054C"/>
     <w:rsid w:val="00381498"/>
     <w:rsid w:val="00384F70"/>
     <w:rsid w:val="00385D1D"/>
     <w:rsid w:val="00391463"/>
     <w:rsid w:val="0039160B"/>
     <w:rsid w:val="00391B74"/>
     <w:rsid w:val="00393093"/>
     <w:rsid w:val="003939F8"/>
     <w:rsid w:val="003956F9"/>
     <w:rsid w:val="00396379"/>
     <w:rsid w:val="00397B61"/>
     <w:rsid w:val="003A0F52"/>
     <w:rsid w:val="003A1BCB"/>
+    <w:rsid w:val="003A308A"/>
     <w:rsid w:val="003A31D3"/>
+    <w:rsid w:val="003A3687"/>
     <w:rsid w:val="003B292C"/>
     <w:rsid w:val="003B3418"/>
     <w:rsid w:val="003B4916"/>
     <w:rsid w:val="003B6218"/>
     <w:rsid w:val="003B6284"/>
     <w:rsid w:val="003B65D0"/>
     <w:rsid w:val="003B6D24"/>
     <w:rsid w:val="003B7ECC"/>
     <w:rsid w:val="003C134F"/>
     <w:rsid w:val="003C2031"/>
     <w:rsid w:val="003C29DD"/>
     <w:rsid w:val="003C3683"/>
     <w:rsid w:val="003C42C5"/>
     <w:rsid w:val="003C4329"/>
     <w:rsid w:val="003C4808"/>
     <w:rsid w:val="003C4EF8"/>
     <w:rsid w:val="003C6338"/>
     <w:rsid w:val="003C65C4"/>
     <w:rsid w:val="003C7C56"/>
     <w:rsid w:val="003D0AC7"/>
     <w:rsid w:val="003D3E29"/>
+    <w:rsid w:val="003D59D1"/>
     <w:rsid w:val="003D7725"/>
     <w:rsid w:val="003D7E0F"/>
     <w:rsid w:val="003E0892"/>
     <w:rsid w:val="003E17F3"/>
     <w:rsid w:val="003E3E60"/>
     <w:rsid w:val="003E4549"/>
     <w:rsid w:val="003E5756"/>
     <w:rsid w:val="003E7BAD"/>
     <w:rsid w:val="003F00FA"/>
     <w:rsid w:val="003F178A"/>
     <w:rsid w:val="003F2663"/>
     <w:rsid w:val="003F3E4B"/>
     <w:rsid w:val="003F78D1"/>
     <w:rsid w:val="003F7948"/>
     <w:rsid w:val="00400818"/>
     <w:rsid w:val="004008CF"/>
     <w:rsid w:val="00401A52"/>
     <w:rsid w:val="00402B2C"/>
     <w:rsid w:val="0040306E"/>
     <w:rsid w:val="00407079"/>
     <w:rsid w:val="00411BF8"/>
     <w:rsid w:val="004156C3"/>
     <w:rsid w:val="00416807"/>
     <w:rsid w:val="004169FD"/>
     <w:rsid w:val="004174AC"/>
@@ -7565,70 +9305,74 @@
     <w:rsid w:val="004272F1"/>
     <w:rsid w:val="004274D2"/>
     <w:rsid w:val="004277F8"/>
     <w:rsid w:val="004301B9"/>
     <w:rsid w:val="00430BC7"/>
     <w:rsid w:val="00430D1B"/>
     <w:rsid w:val="00431729"/>
     <w:rsid w:val="00432624"/>
     <w:rsid w:val="00433733"/>
     <w:rsid w:val="00434C85"/>
     <w:rsid w:val="004360B0"/>
     <w:rsid w:val="00436D41"/>
     <w:rsid w:val="00436EE8"/>
     <w:rsid w:val="00437952"/>
     <w:rsid w:val="00440B10"/>
     <w:rsid w:val="00441F0D"/>
     <w:rsid w:val="00442E45"/>
     <w:rsid w:val="0044369D"/>
     <w:rsid w:val="00444316"/>
     <w:rsid w:val="00446C5D"/>
     <w:rsid w:val="00446C6E"/>
     <w:rsid w:val="00446E14"/>
     <w:rsid w:val="004471AA"/>
     <w:rsid w:val="00451D8C"/>
     <w:rsid w:val="00453A52"/>
+    <w:rsid w:val="00453B29"/>
     <w:rsid w:val="00454AC4"/>
     <w:rsid w:val="004609E1"/>
     <w:rsid w:val="004636FD"/>
     <w:rsid w:val="00463946"/>
     <w:rsid w:val="00463F72"/>
     <w:rsid w:val="0046422A"/>
     <w:rsid w:val="004679A2"/>
     <w:rsid w:val="00467BA5"/>
     <w:rsid w:val="0047654C"/>
+    <w:rsid w:val="004774F5"/>
+    <w:rsid w:val="00477805"/>
     <w:rsid w:val="004806D1"/>
     <w:rsid w:val="00480D10"/>
     <w:rsid w:val="004823FC"/>
     <w:rsid w:val="004837CF"/>
     <w:rsid w:val="00485049"/>
     <w:rsid w:val="00486AB0"/>
     <w:rsid w:val="004936DE"/>
     <w:rsid w:val="00495C66"/>
     <w:rsid w:val="004968DE"/>
     <w:rsid w:val="00496E8C"/>
     <w:rsid w:val="004A3147"/>
+    <w:rsid w:val="004A3F02"/>
     <w:rsid w:val="004A4BD4"/>
     <w:rsid w:val="004A4E6C"/>
     <w:rsid w:val="004A6288"/>
     <w:rsid w:val="004A6844"/>
     <w:rsid w:val="004A7529"/>
     <w:rsid w:val="004B3B6A"/>
     <w:rsid w:val="004B47BC"/>
     <w:rsid w:val="004B6336"/>
     <w:rsid w:val="004B7B00"/>
     <w:rsid w:val="004C057F"/>
     <w:rsid w:val="004C05D0"/>
     <w:rsid w:val="004C2853"/>
     <w:rsid w:val="004C36E2"/>
     <w:rsid w:val="004C42BC"/>
     <w:rsid w:val="004C696E"/>
     <w:rsid w:val="004C7C44"/>
     <w:rsid w:val="004C7F90"/>
     <w:rsid w:val="004D053C"/>
     <w:rsid w:val="004D06FE"/>
     <w:rsid w:val="004D0C8D"/>
     <w:rsid w:val="004D17BE"/>
     <w:rsid w:val="004D2265"/>
     <w:rsid w:val="004D3253"/>
     <w:rsid w:val="004D36CF"/>
     <w:rsid w:val="004D4319"/>
@@ -7659,76 +9403,78 @@
     <w:rsid w:val="00500316"/>
     <w:rsid w:val="005014CB"/>
     <w:rsid w:val="0050172E"/>
     <w:rsid w:val="00502E56"/>
     <w:rsid w:val="00503614"/>
     <w:rsid w:val="00503E9B"/>
     <w:rsid w:val="00504B3E"/>
     <w:rsid w:val="00505750"/>
     <w:rsid w:val="00505E37"/>
     <w:rsid w:val="0050623C"/>
     <w:rsid w:val="00507ED9"/>
     <w:rsid w:val="00510190"/>
     <w:rsid w:val="00511B49"/>
     <w:rsid w:val="00514399"/>
     <w:rsid w:val="005150D9"/>
     <w:rsid w:val="00515D88"/>
     <w:rsid w:val="00517C59"/>
     <w:rsid w:val="00520571"/>
     <w:rsid w:val="00520A65"/>
     <w:rsid w:val="00520CB2"/>
     <w:rsid w:val="00520DED"/>
     <w:rsid w:val="00522AAC"/>
     <w:rsid w:val="00523CD5"/>
     <w:rsid w:val="005242E6"/>
     <w:rsid w:val="00524BFC"/>
+    <w:rsid w:val="0052598B"/>
     <w:rsid w:val="00526990"/>
     <w:rsid w:val="00526C4B"/>
     <w:rsid w:val="00530529"/>
     <w:rsid w:val="005307EC"/>
     <w:rsid w:val="005313B8"/>
     <w:rsid w:val="00532224"/>
     <w:rsid w:val="005334B5"/>
     <w:rsid w:val="005349F3"/>
     <w:rsid w:val="00535DCE"/>
     <w:rsid w:val="00536616"/>
     <w:rsid w:val="00536CBD"/>
     <w:rsid w:val="005400A7"/>
     <w:rsid w:val="0054122F"/>
     <w:rsid w:val="00542A14"/>
     <w:rsid w:val="00542D7F"/>
     <w:rsid w:val="00543FCA"/>
     <w:rsid w:val="0054456A"/>
     <w:rsid w:val="00545EDC"/>
     <w:rsid w:val="005477B4"/>
     <w:rsid w:val="00550706"/>
     <w:rsid w:val="00551098"/>
     <w:rsid w:val="005519C0"/>
     <w:rsid w:val="0055230B"/>
     <w:rsid w:val="005523BF"/>
     <w:rsid w:val="00553712"/>
     <w:rsid w:val="00553D6E"/>
+    <w:rsid w:val="00554C38"/>
     <w:rsid w:val="00556E05"/>
     <w:rsid w:val="00557AB0"/>
     <w:rsid w:val="0056113D"/>
     <w:rsid w:val="00561C93"/>
     <w:rsid w:val="0056222F"/>
     <w:rsid w:val="00562490"/>
     <w:rsid w:val="00562846"/>
     <w:rsid w:val="0056365A"/>
     <w:rsid w:val="00563AED"/>
     <w:rsid w:val="00565C43"/>
     <w:rsid w:val="00567773"/>
     <w:rsid w:val="00567AA0"/>
     <w:rsid w:val="00567AA8"/>
     <w:rsid w:val="00567F22"/>
     <w:rsid w:val="00571324"/>
     <w:rsid w:val="005722CC"/>
     <w:rsid w:val="005757BD"/>
     <w:rsid w:val="005770A5"/>
     <w:rsid w:val="00577C96"/>
     <w:rsid w:val="00577E7A"/>
     <w:rsid w:val="00580BE9"/>
     <w:rsid w:val="00581926"/>
     <w:rsid w:val="00582B4E"/>
     <w:rsid w:val="00582B98"/>
     <w:rsid w:val="00582DA8"/>
@@ -7753,50 +9499,51 @@
     <w:rsid w:val="005B65AA"/>
     <w:rsid w:val="005B7EF1"/>
     <w:rsid w:val="005C41B7"/>
     <w:rsid w:val="005C4B56"/>
     <w:rsid w:val="005C5CF2"/>
     <w:rsid w:val="005C7957"/>
     <w:rsid w:val="005D5538"/>
     <w:rsid w:val="005D6252"/>
     <w:rsid w:val="005D6F6F"/>
     <w:rsid w:val="005D7EEE"/>
     <w:rsid w:val="005E03F5"/>
     <w:rsid w:val="005E1E26"/>
     <w:rsid w:val="005E28A2"/>
     <w:rsid w:val="005E438A"/>
     <w:rsid w:val="005E4C69"/>
     <w:rsid w:val="005E608D"/>
     <w:rsid w:val="005E7D48"/>
     <w:rsid w:val="005F15CC"/>
     <w:rsid w:val="005F2492"/>
     <w:rsid w:val="005F2AF8"/>
     <w:rsid w:val="005F5301"/>
     <w:rsid w:val="005F5D8B"/>
     <w:rsid w:val="005F5E55"/>
     <w:rsid w:val="005F60D9"/>
     <w:rsid w:val="005F7099"/>
+    <w:rsid w:val="005F7103"/>
     <w:rsid w:val="005F7827"/>
     <w:rsid w:val="005F7AF2"/>
     <w:rsid w:val="00600EB9"/>
     <w:rsid w:val="00602B46"/>
     <w:rsid w:val="006055C6"/>
     <w:rsid w:val="00606164"/>
     <w:rsid w:val="00611C93"/>
     <w:rsid w:val="006123E8"/>
     <w:rsid w:val="006128E6"/>
     <w:rsid w:val="00612936"/>
     <w:rsid w:val="00612BF2"/>
     <w:rsid w:val="00612EC1"/>
     <w:rsid w:val="00614398"/>
     <w:rsid w:val="00614710"/>
     <w:rsid w:val="00615A74"/>
     <w:rsid w:val="00620619"/>
     <w:rsid w:val="006227D5"/>
     <w:rsid w:val="00626E7D"/>
     <w:rsid w:val="00632269"/>
     <w:rsid w:val="00632586"/>
     <w:rsid w:val="006338B1"/>
     <w:rsid w:val="00636E53"/>
     <w:rsid w:val="00640FD9"/>
     <w:rsid w:val="00641A23"/>
     <w:rsid w:val="00641DA3"/>
@@ -7855,104 +9602,110 @@
     <w:rsid w:val="006B2113"/>
     <w:rsid w:val="006B28CD"/>
     <w:rsid w:val="006B424B"/>
     <w:rsid w:val="006B55DA"/>
     <w:rsid w:val="006B5724"/>
     <w:rsid w:val="006B77B2"/>
     <w:rsid w:val="006B78BD"/>
     <w:rsid w:val="006C0B66"/>
     <w:rsid w:val="006C25DB"/>
     <w:rsid w:val="006C2BB6"/>
     <w:rsid w:val="006C30C5"/>
     <w:rsid w:val="006C3BB7"/>
     <w:rsid w:val="006C3EE1"/>
     <w:rsid w:val="006C5716"/>
     <w:rsid w:val="006C5D90"/>
     <w:rsid w:val="006D3AAB"/>
     <w:rsid w:val="006D44F1"/>
     <w:rsid w:val="006D6FE3"/>
     <w:rsid w:val="006D7FFC"/>
     <w:rsid w:val="006E2072"/>
     <w:rsid w:val="006E3E0C"/>
     <w:rsid w:val="006E51FC"/>
     <w:rsid w:val="006E57D9"/>
     <w:rsid w:val="006E6D01"/>
     <w:rsid w:val="006F261B"/>
+    <w:rsid w:val="006F2D5A"/>
     <w:rsid w:val="006F3142"/>
     <w:rsid w:val="006F6DBB"/>
     <w:rsid w:val="007007DA"/>
     <w:rsid w:val="0070171F"/>
     <w:rsid w:val="00701E6A"/>
     <w:rsid w:val="00702B59"/>
     <w:rsid w:val="00702F8B"/>
     <w:rsid w:val="0070426C"/>
     <w:rsid w:val="007056C4"/>
+    <w:rsid w:val="007070AE"/>
     <w:rsid w:val="00711162"/>
     <w:rsid w:val="007127BB"/>
     <w:rsid w:val="00712E2C"/>
     <w:rsid w:val="00714023"/>
     <w:rsid w:val="007144BC"/>
     <w:rsid w:val="007159E5"/>
     <w:rsid w:val="00715A59"/>
     <w:rsid w:val="007209A5"/>
     <w:rsid w:val="00720F04"/>
     <w:rsid w:val="00721DD1"/>
     <w:rsid w:val="0072243F"/>
     <w:rsid w:val="00722BBE"/>
     <w:rsid w:val="007257A9"/>
     <w:rsid w:val="0072589E"/>
     <w:rsid w:val="00725C89"/>
     <w:rsid w:val="007265BD"/>
     <w:rsid w:val="007265CB"/>
     <w:rsid w:val="00730E4C"/>
     <w:rsid w:val="00731F2B"/>
     <w:rsid w:val="007327BA"/>
     <w:rsid w:val="00733B04"/>
     <w:rsid w:val="00734F21"/>
     <w:rsid w:val="00735B35"/>
     <w:rsid w:val="00736F92"/>
     <w:rsid w:val="007378A4"/>
     <w:rsid w:val="00737FDE"/>
     <w:rsid w:val="00741940"/>
     <w:rsid w:val="007419FF"/>
     <w:rsid w:val="00743031"/>
     <w:rsid w:val="007434E3"/>
     <w:rsid w:val="00744DA2"/>
     <w:rsid w:val="007468C7"/>
     <w:rsid w:val="00746F9E"/>
     <w:rsid w:val="00751841"/>
+    <w:rsid w:val="00754072"/>
     <w:rsid w:val="0075473D"/>
     <w:rsid w:val="00755BD7"/>
     <w:rsid w:val="00756943"/>
     <w:rsid w:val="00757611"/>
     <w:rsid w:val="0076491C"/>
+    <w:rsid w:val="0076578D"/>
+    <w:rsid w:val="007667B7"/>
     <w:rsid w:val="00767C6D"/>
     <w:rsid w:val="007703C9"/>
     <w:rsid w:val="00770DAD"/>
     <w:rsid w:val="00772F1F"/>
     <w:rsid w:val="00775AC0"/>
     <w:rsid w:val="00775CD8"/>
+    <w:rsid w:val="0077757D"/>
     <w:rsid w:val="007776EB"/>
     <w:rsid w:val="00777B68"/>
     <w:rsid w:val="0078060C"/>
     <w:rsid w:val="00781913"/>
     <w:rsid w:val="00782BEF"/>
     <w:rsid w:val="0078309A"/>
     <w:rsid w:val="00783424"/>
     <w:rsid w:val="00786E05"/>
     <w:rsid w:val="0078773C"/>
     <w:rsid w:val="007902C2"/>
     <w:rsid w:val="007923C1"/>
     <w:rsid w:val="0079271B"/>
     <w:rsid w:val="00794288"/>
     <w:rsid w:val="00794A30"/>
     <w:rsid w:val="00795885"/>
     <w:rsid w:val="0079728D"/>
     <w:rsid w:val="00797850"/>
     <w:rsid w:val="007A057F"/>
     <w:rsid w:val="007B0007"/>
     <w:rsid w:val="007B098F"/>
     <w:rsid w:val="007B3BB9"/>
     <w:rsid w:val="007B6BC6"/>
     <w:rsid w:val="007B6E9F"/>
     <w:rsid w:val="007C1B39"/>
     <w:rsid w:val="007C2565"/>
@@ -7960,408 +9713,431 @@
     <w:rsid w:val="007C48B2"/>
     <w:rsid w:val="007C5280"/>
     <w:rsid w:val="007C5B0D"/>
     <w:rsid w:val="007D6724"/>
     <w:rsid w:val="007D7201"/>
     <w:rsid w:val="007D7997"/>
     <w:rsid w:val="007D7B37"/>
     <w:rsid w:val="007E3FF3"/>
     <w:rsid w:val="007E4106"/>
     <w:rsid w:val="007E4828"/>
     <w:rsid w:val="007E72CE"/>
     <w:rsid w:val="007F3172"/>
     <w:rsid w:val="007F3774"/>
     <w:rsid w:val="007F3964"/>
     <w:rsid w:val="007F3E05"/>
     <w:rsid w:val="007F4B50"/>
     <w:rsid w:val="007F57E2"/>
     <w:rsid w:val="007F65DA"/>
     <w:rsid w:val="007F6C45"/>
     <w:rsid w:val="00801AA2"/>
     <w:rsid w:val="00802A4F"/>
     <w:rsid w:val="00805288"/>
     <w:rsid w:val="00807DF8"/>
     <w:rsid w:val="00807F24"/>
     <w:rsid w:val="00810EFD"/>
+    <w:rsid w:val="00811D93"/>
     <w:rsid w:val="008124EA"/>
     <w:rsid w:val="00812BDC"/>
     <w:rsid w:val="00815461"/>
     <w:rsid w:val="00816702"/>
     <w:rsid w:val="00816C46"/>
     <w:rsid w:val="00817589"/>
     <w:rsid w:val="008204C0"/>
     <w:rsid w:val="008215A1"/>
     <w:rsid w:val="0082211D"/>
     <w:rsid w:val="008222BE"/>
     <w:rsid w:val="00830E58"/>
     <w:rsid w:val="008312AA"/>
     <w:rsid w:val="00831DB5"/>
     <w:rsid w:val="008333B9"/>
     <w:rsid w:val="008362E3"/>
     <w:rsid w:val="00837A33"/>
     <w:rsid w:val="00841F93"/>
     <w:rsid w:val="00842D20"/>
     <w:rsid w:val="008441CE"/>
     <w:rsid w:val="00844BDF"/>
     <w:rsid w:val="00845AD6"/>
     <w:rsid w:val="008478CD"/>
     <w:rsid w:val="00852C9E"/>
     <w:rsid w:val="00852FAA"/>
+    <w:rsid w:val="0085444A"/>
     <w:rsid w:val="00854BB8"/>
     <w:rsid w:val="00854EA3"/>
     <w:rsid w:val="0085682E"/>
     <w:rsid w:val="0086245B"/>
     <w:rsid w:val="0086311C"/>
     <w:rsid w:val="00863D0B"/>
     <w:rsid w:val="00863FE9"/>
     <w:rsid w:val="00871C40"/>
     <w:rsid w:val="008730FC"/>
     <w:rsid w:val="008734F2"/>
     <w:rsid w:val="00876298"/>
     <w:rsid w:val="00876658"/>
     <w:rsid w:val="00880D03"/>
     <w:rsid w:val="008815D1"/>
     <w:rsid w:val="00882659"/>
     <w:rsid w:val="0088391A"/>
     <w:rsid w:val="00884A17"/>
     <w:rsid w:val="008863E8"/>
     <w:rsid w:val="00886451"/>
+    <w:rsid w:val="008864B0"/>
     <w:rsid w:val="0088751A"/>
     <w:rsid w:val="0088755B"/>
     <w:rsid w:val="00887789"/>
     <w:rsid w:val="00890023"/>
     <w:rsid w:val="00892D2F"/>
     <w:rsid w:val="00892D44"/>
     <w:rsid w:val="0089406C"/>
     <w:rsid w:val="00895296"/>
+    <w:rsid w:val="00895977"/>
     <w:rsid w:val="00895A3C"/>
     <w:rsid w:val="00896047"/>
     <w:rsid w:val="008A01BB"/>
     <w:rsid w:val="008A030E"/>
     <w:rsid w:val="008A151E"/>
     <w:rsid w:val="008A3399"/>
     <w:rsid w:val="008A4242"/>
     <w:rsid w:val="008A4E6A"/>
     <w:rsid w:val="008A5EBE"/>
     <w:rsid w:val="008A6B51"/>
     <w:rsid w:val="008A75C3"/>
     <w:rsid w:val="008B07C0"/>
     <w:rsid w:val="008B0B63"/>
     <w:rsid w:val="008B12D4"/>
     <w:rsid w:val="008B1363"/>
     <w:rsid w:val="008B33C5"/>
     <w:rsid w:val="008B36D0"/>
     <w:rsid w:val="008B3CDE"/>
     <w:rsid w:val="008C01A7"/>
     <w:rsid w:val="008C03A2"/>
     <w:rsid w:val="008C1F71"/>
     <w:rsid w:val="008C3099"/>
     <w:rsid w:val="008C38DC"/>
     <w:rsid w:val="008C48DE"/>
     <w:rsid w:val="008C4C84"/>
     <w:rsid w:val="008C5796"/>
     <w:rsid w:val="008D41CE"/>
     <w:rsid w:val="008D4D21"/>
     <w:rsid w:val="008D4DC0"/>
     <w:rsid w:val="008D5C89"/>
     <w:rsid w:val="008D7DC3"/>
     <w:rsid w:val="008E1BFB"/>
     <w:rsid w:val="008E3710"/>
     <w:rsid w:val="008E4906"/>
     <w:rsid w:val="008E59E7"/>
     <w:rsid w:val="008F0574"/>
     <w:rsid w:val="008F07E1"/>
     <w:rsid w:val="008F0B53"/>
     <w:rsid w:val="008F22EC"/>
     <w:rsid w:val="008F31FB"/>
+    <w:rsid w:val="008F37FE"/>
     <w:rsid w:val="008F396A"/>
     <w:rsid w:val="009010E8"/>
     <w:rsid w:val="0090223F"/>
     <w:rsid w:val="00902D36"/>
     <w:rsid w:val="00903139"/>
+    <w:rsid w:val="009033AB"/>
     <w:rsid w:val="00904CA9"/>
     <w:rsid w:val="0090555B"/>
     <w:rsid w:val="00906D75"/>
     <w:rsid w:val="00907026"/>
     <w:rsid w:val="0090793A"/>
     <w:rsid w:val="00907BB3"/>
     <w:rsid w:val="009101E3"/>
     <w:rsid w:val="00911221"/>
     <w:rsid w:val="009137DE"/>
     <w:rsid w:val="00916FD6"/>
     <w:rsid w:val="0091765F"/>
     <w:rsid w:val="0091766A"/>
     <w:rsid w:val="009202D0"/>
     <w:rsid w:val="00921779"/>
     <w:rsid w:val="00921AA4"/>
     <w:rsid w:val="00922824"/>
     <w:rsid w:val="0092332B"/>
     <w:rsid w:val="00924969"/>
     <w:rsid w:val="009252BF"/>
     <w:rsid w:val="00925671"/>
     <w:rsid w:val="00930C02"/>
     <w:rsid w:val="00930E08"/>
     <w:rsid w:val="00931AB8"/>
     <w:rsid w:val="009336FB"/>
     <w:rsid w:val="009342AE"/>
     <w:rsid w:val="009422F1"/>
     <w:rsid w:val="00943074"/>
     <w:rsid w:val="00943A70"/>
     <w:rsid w:val="00943F7C"/>
     <w:rsid w:val="00944181"/>
     <w:rsid w:val="00946865"/>
     <w:rsid w:val="00946989"/>
     <w:rsid w:val="009473A5"/>
     <w:rsid w:val="00947EEA"/>
     <w:rsid w:val="00951DD3"/>
     <w:rsid w:val="0095223E"/>
     <w:rsid w:val="00952DE9"/>
     <w:rsid w:val="00953A0A"/>
     <w:rsid w:val="00953B03"/>
     <w:rsid w:val="00954220"/>
+    <w:rsid w:val="009548F2"/>
     <w:rsid w:val="00954E88"/>
     <w:rsid w:val="00956274"/>
     <w:rsid w:val="009563C4"/>
     <w:rsid w:val="0096137B"/>
     <w:rsid w:val="00961433"/>
     <w:rsid w:val="009620A6"/>
     <w:rsid w:val="0096306A"/>
     <w:rsid w:val="009636E5"/>
     <w:rsid w:val="00963D50"/>
     <w:rsid w:val="00966022"/>
     <w:rsid w:val="009674ED"/>
     <w:rsid w:val="00967674"/>
     <w:rsid w:val="0097051C"/>
     <w:rsid w:val="00972AE5"/>
     <w:rsid w:val="009740E7"/>
     <w:rsid w:val="009767B0"/>
     <w:rsid w:val="00976C06"/>
     <w:rsid w:val="00980368"/>
     <w:rsid w:val="0098122A"/>
     <w:rsid w:val="0098185E"/>
     <w:rsid w:val="009818B4"/>
+    <w:rsid w:val="00981EAA"/>
     <w:rsid w:val="009820C2"/>
     <w:rsid w:val="009830CD"/>
     <w:rsid w:val="00983FD2"/>
     <w:rsid w:val="00984826"/>
     <w:rsid w:val="009852A0"/>
     <w:rsid w:val="009863B2"/>
     <w:rsid w:val="0098672F"/>
     <w:rsid w:val="00987729"/>
     <w:rsid w:val="00987FB6"/>
     <w:rsid w:val="009904C3"/>
     <w:rsid w:val="00990B2B"/>
     <w:rsid w:val="00990F3B"/>
     <w:rsid w:val="009929C0"/>
     <w:rsid w:val="00992CAF"/>
     <w:rsid w:val="00993F4A"/>
     <w:rsid w:val="009942BC"/>
     <w:rsid w:val="00994441"/>
     <w:rsid w:val="00996DD9"/>
     <w:rsid w:val="00997616"/>
     <w:rsid w:val="00997F92"/>
     <w:rsid w:val="009A1882"/>
     <w:rsid w:val="009A1FA0"/>
     <w:rsid w:val="009A2069"/>
     <w:rsid w:val="009A20B2"/>
     <w:rsid w:val="009A4705"/>
     <w:rsid w:val="009A4C7C"/>
     <w:rsid w:val="009A5986"/>
     <w:rsid w:val="009A6D0A"/>
     <w:rsid w:val="009A712C"/>
     <w:rsid w:val="009B11CC"/>
     <w:rsid w:val="009B244F"/>
     <w:rsid w:val="009B2556"/>
     <w:rsid w:val="009B3A32"/>
     <w:rsid w:val="009B3E58"/>
     <w:rsid w:val="009B4421"/>
     <w:rsid w:val="009B5156"/>
     <w:rsid w:val="009B530E"/>
     <w:rsid w:val="009B5716"/>
     <w:rsid w:val="009B578C"/>
     <w:rsid w:val="009B57F5"/>
     <w:rsid w:val="009B59A9"/>
+    <w:rsid w:val="009B6649"/>
     <w:rsid w:val="009B6F82"/>
     <w:rsid w:val="009C29C4"/>
     <w:rsid w:val="009C2F58"/>
     <w:rsid w:val="009C3B4D"/>
     <w:rsid w:val="009C4487"/>
     <w:rsid w:val="009C4A24"/>
     <w:rsid w:val="009C5885"/>
     <w:rsid w:val="009C630E"/>
     <w:rsid w:val="009C6460"/>
     <w:rsid w:val="009C67B2"/>
     <w:rsid w:val="009C69DF"/>
     <w:rsid w:val="009C6B1C"/>
     <w:rsid w:val="009C7679"/>
     <w:rsid w:val="009D1656"/>
     <w:rsid w:val="009D17C1"/>
     <w:rsid w:val="009D441E"/>
     <w:rsid w:val="009D5D4C"/>
     <w:rsid w:val="009D6050"/>
     <w:rsid w:val="009D68B8"/>
     <w:rsid w:val="009D748F"/>
     <w:rsid w:val="009E24D8"/>
     <w:rsid w:val="009E2FB3"/>
     <w:rsid w:val="009E4040"/>
     <w:rsid w:val="009E4238"/>
+    <w:rsid w:val="009E4BE2"/>
     <w:rsid w:val="009E55EA"/>
+    <w:rsid w:val="009E5A51"/>
     <w:rsid w:val="009E68F5"/>
     <w:rsid w:val="009E7EB3"/>
     <w:rsid w:val="009E7F28"/>
     <w:rsid w:val="009F0CB4"/>
     <w:rsid w:val="009F172E"/>
     <w:rsid w:val="009F1F6B"/>
     <w:rsid w:val="009F202D"/>
     <w:rsid w:val="009F29B8"/>
     <w:rsid w:val="009F3F5A"/>
     <w:rsid w:val="009F5506"/>
     <w:rsid w:val="009F56C9"/>
     <w:rsid w:val="009F68E6"/>
     <w:rsid w:val="009F7AB2"/>
     <w:rsid w:val="00A00659"/>
     <w:rsid w:val="00A0143C"/>
     <w:rsid w:val="00A016F6"/>
     <w:rsid w:val="00A01EF4"/>
     <w:rsid w:val="00A0234D"/>
     <w:rsid w:val="00A02C09"/>
+    <w:rsid w:val="00A02EBC"/>
     <w:rsid w:val="00A03784"/>
     <w:rsid w:val="00A04556"/>
     <w:rsid w:val="00A05910"/>
     <w:rsid w:val="00A0678F"/>
     <w:rsid w:val="00A11511"/>
     <w:rsid w:val="00A11BCF"/>
+    <w:rsid w:val="00A11F0E"/>
     <w:rsid w:val="00A11FD1"/>
     <w:rsid w:val="00A13BF8"/>
+    <w:rsid w:val="00A1706F"/>
     <w:rsid w:val="00A207C9"/>
     <w:rsid w:val="00A21390"/>
     <w:rsid w:val="00A22812"/>
     <w:rsid w:val="00A23EA3"/>
     <w:rsid w:val="00A24222"/>
     <w:rsid w:val="00A24249"/>
     <w:rsid w:val="00A2629B"/>
     <w:rsid w:val="00A26344"/>
     <w:rsid w:val="00A26E6D"/>
     <w:rsid w:val="00A2710E"/>
     <w:rsid w:val="00A31895"/>
     <w:rsid w:val="00A32E84"/>
     <w:rsid w:val="00A34B69"/>
     <w:rsid w:val="00A35F6A"/>
     <w:rsid w:val="00A35FB4"/>
     <w:rsid w:val="00A40133"/>
     <w:rsid w:val="00A40C64"/>
     <w:rsid w:val="00A41801"/>
     <w:rsid w:val="00A42AF3"/>
     <w:rsid w:val="00A436D9"/>
     <w:rsid w:val="00A44598"/>
     <w:rsid w:val="00A446A1"/>
     <w:rsid w:val="00A451DC"/>
     <w:rsid w:val="00A46870"/>
     <w:rsid w:val="00A47775"/>
     <w:rsid w:val="00A50165"/>
     <w:rsid w:val="00A50AC7"/>
     <w:rsid w:val="00A51F27"/>
     <w:rsid w:val="00A544DE"/>
     <w:rsid w:val="00A55C7B"/>
+    <w:rsid w:val="00A55E96"/>
     <w:rsid w:val="00A56253"/>
     <w:rsid w:val="00A564EB"/>
     <w:rsid w:val="00A5795D"/>
     <w:rsid w:val="00A61F74"/>
     <w:rsid w:val="00A62430"/>
     <w:rsid w:val="00A627EA"/>
     <w:rsid w:val="00A64BC0"/>
     <w:rsid w:val="00A64CB9"/>
     <w:rsid w:val="00A65287"/>
+    <w:rsid w:val="00A70085"/>
     <w:rsid w:val="00A70552"/>
     <w:rsid w:val="00A70B72"/>
     <w:rsid w:val="00A74DBD"/>
     <w:rsid w:val="00A74F24"/>
     <w:rsid w:val="00A753E5"/>
     <w:rsid w:val="00A7594B"/>
     <w:rsid w:val="00A77435"/>
+    <w:rsid w:val="00A80B7F"/>
     <w:rsid w:val="00A8124E"/>
     <w:rsid w:val="00A815E6"/>
     <w:rsid w:val="00A8260E"/>
     <w:rsid w:val="00A826A9"/>
     <w:rsid w:val="00A82773"/>
     <w:rsid w:val="00A83102"/>
     <w:rsid w:val="00A83104"/>
     <w:rsid w:val="00A836C2"/>
     <w:rsid w:val="00A84640"/>
     <w:rsid w:val="00A8581E"/>
     <w:rsid w:val="00A86920"/>
     <w:rsid w:val="00A90AC4"/>
     <w:rsid w:val="00A92F11"/>
+    <w:rsid w:val="00A93402"/>
     <w:rsid w:val="00A936CC"/>
     <w:rsid w:val="00A94923"/>
     <w:rsid w:val="00A94E05"/>
     <w:rsid w:val="00A953CA"/>
     <w:rsid w:val="00A96090"/>
     <w:rsid w:val="00A96C45"/>
     <w:rsid w:val="00A97791"/>
     <w:rsid w:val="00A97919"/>
     <w:rsid w:val="00AA0215"/>
     <w:rsid w:val="00AA0892"/>
     <w:rsid w:val="00AA0CB4"/>
     <w:rsid w:val="00AA321E"/>
     <w:rsid w:val="00AA33C1"/>
     <w:rsid w:val="00AA4F0C"/>
     <w:rsid w:val="00AA4F4B"/>
+    <w:rsid w:val="00AA55F9"/>
     <w:rsid w:val="00AA5BAF"/>
     <w:rsid w:val="00AB00BA"/>
     <w:rsid w:val="00AB36AF"/>
     <w:rsid w:val="00AB4770"/>
     <w:rsid w:val="00AB5839"/>
     <w:rsid w:val="00AB5E1E"/>
     <w:rsid w:val="00AC03C7"/>
     <w:rsid w:val="00AC0897"/>
     <w:rsid w:val="00AC16E9"/>
     <w:rsid w:val="00AC1744"/>
     <w:rsid w:val="00AC37AD"/>
     <w:rsid w:val="00AC3F2F"/>
     <w:rsid w:val="00AC490E"/>
     <w:rsid w:val="00AC5D0E"/>
     <w:rsid w:val="00AC61D9"/>
     <w:rsid w:val="00AC6581"/>
     <w:rsid w:val="00AC7290"/>
     <w:rsid w:val="00AC76A9"/>
     <w:rsid w:val="00AC7E1A"/>
     <w:rsid w:val="00AD199F"/>
     <w:rsid w:val="00AD441B"/>
     <w:rsid w:val="00AD51EC"/>
     <w:rsid w:val="00AD65B2"/>
     <w:rsid w:val="00AE0E67"/>
     <w:rsid w:val="00AE1A41"/>
     <w:rsid w:val="00AE2562"/>
     <w:rsid w:val="00AE324C"/>
     <w:rsid w:val="00AE7578"/>
     <w:rsid w:val="00AF12CE"/>
     <w:rsid w:val="00AF1607"/>
     <w:rsid w:val="00AF296D"/>
     <w:rsid w:val="00AF39E7"/>
+    <w:rsid w:val="00AF403D"/>
+    <w:rsid w:val="00AF6638"/>
     <w:rsid w:val="00AF69C7"/>
+    <w:rsid w:val="00AF6EA9"/>
     <w:rsid w:val="00B0399E"/>
+    <w:rsid w:val="00B03B58"/>
     <w:rsid w:val="00B0699F"/>
     <w:rsid w:val="00B069F6"/>
     <w:rsid w:val="00B07BD0"/>
     <w:rsid w:val="00B10912"/>
     <w:rsid w:val="00B146C9"/>
     <w:rsid w:val="00B14D13"/>
     <w:rsid w:val="00B15A91"/>
     <w:rsid w:val="00B160D8"/>
     <w:rsid w:val="00B163D5"/>
     <w:rsid w:val="00B21568"/>
     <w:rsid w:val="00B22B80"/>
     <w:rsid w:val="00B24009"/>
     <w:rsid w:val="00B24553"/>
     <w:rsid w:val="00B2684B"/>
     <w:rsid w:val="00B278F3"/>
     <w:rsid w:val="00B27FBF"/>
     <w:rsid w:val="00B333FC"/>
     <w:rsid w:val="00B33DF9"/>
     <w:rsid w:val="00B3487A"/>
     <w:rsid w:val="00B34FBE"/>
     <w:rsid w:val="00B42028"/>
     <w:rsid w:val="00B44192"/>
     <w:rsid w:val="00B476DD"/>
     <w:rsid w:val="00B516DE"/>
     <w:rsid w:val="00B518E7"/>
@@ -8377,65 +10153,67 @@
     <w:rsid w:val="00B70270"/>
     <w:rsid w:val="00B73F9D"/>
     <w:rsid w:val="00B74504"/>
     <w:rsid w:val="00B80548"/>
     <w:rsid w:val="00B81851"/>
     <w:rsid w:val="00B8292C"/>
     <w:rsid w:val="00B82AA4"/>
     <w:rsid w:val="00B8356A"/>
     <w:rsid w:val="00B873DB"/>
     <w:rsid w:val="00B87964"/>
     <w:rsid w:val="00B95D02"/>
     <w:rsid w:val="00BA06B1"/>
     <w:rsid w:val="00BA1068"/>
     <w:rsid w:val="00BA153B"/>
     <w:rsid w:val="00BA1A68"/>
     <w:rsid w:val="00BA29AA"/>
     <w:rsid w:val="00BA3067"/>
     <w:rsid w:val="00BA34EB"/>
     <w:rsid w:val="00BA486C"/>
     <w:rsid w:val="00BA5189"/>
     <w:rsid w:val="00BA69F9"/>
     <w:rsid w:val="00BA7A22"/>
     <w:rsid w:val="00BB007F"/>
     <w:rsid w:val="00BB0ED9"/>
     <w:rsid w:val="00BB2B09"/>
+    <w:rsid w:val="00BB2F57"/>
     <w:rsid w:val="00BB3A4D"/>
     <w:rsid w:val="00BB483E"/>
     <w:rsid w:val="00BB70B3"/>
     <w:rsid w:val="00BB7D2D"/>
     <w:rsid w:val="00BB7F87"/>
     <w:rsid w:val="00BC240F"/>
     <w:rsid w:val="00BC259B"/>
     <w:rsid w:val="00BC4183"/>
     <w:rsid w:val="00BC5869"/>
     <w:rsid w:val="00BC58C0"/>
     <w:rsid w:val="00BC61B6"/>
     <w:rsid w:val="00BC6C99"/>
     <w:rsid w:val="00BC7E05"/>
     <w:rsid w:val="00BD05A7"/>
     <w:rsid w:val="00BD168A"/>
+    <w:rsid w:val="00BD1754"/>
     <w:rsid w:val="00BD2097"/>
     <w:rsid w:val="00BD493A"/>
     <w:rsid w:val="00BD4C5C"/>
     <w:rsid w:val="00BD4DFA"/>
     <w:rsid w:val="00BD6BC9"/>
     <w:rsid w:val="00BD791B"/>
     <w:rsid w:val="00BD7A98"/>
     <w:rsid w:val="00BE1D47"/>
     <w:rsid w:val="00BE2063"/>
     <w:rsid w:val="00BE581F"/>
     <w:rsid w:val="00BE6908"/>
     <w:rsid w:val="00BE7318"/>
     <w:rsid w:val="00BE7F60"/>
     <w:rsid w:val="00BF086C"/>
     <w:rsid w:val="00BF189F"/>
     <w:rsid w:val="00BF242D"/>
     <w:rsid w:val="00BF28FB"/>
     <w:rsid w:val="00BF2A70"/>
     <w:rsid w:val="00BF53B3"/>
     <w:rsid w:val="00BF5AC8"/>
     <w:rsid w:val="00BF6395"/>
     <w:rsid w:val="00BF7F54"/>
     <w:rsid w:val="00C02B5C"/>
     <w:rsid w:val="00C036AE"/>
     <w:rsid w:val="00C0399F"/>
@@ -8473,70 +10251,72 @@
     <w:rsid w:val="00C5709B"/>
     <w:rsid w:val="00C575CC"/>
     <w:rsid w:val="00C57DCA"/>
     <w:rsid w:val="00C60A91"/>
     <w:rsid w:val="00C6314D"/>
     <w:rsid w:val="00C63634"/>
     <w:rsid w:val="00C651AC"/>
     <w:rsid w:val="00C6570A"/>
     <w:rsid w:val="00C66F80"/>
     <w:rsid w:val="00C725FE"/>
     <w:rsid w:val="00C72BBF"/>
     <w:rsid w:val="00C72DE9"/>
     <w:rsid w:val="00C737B7"/>
     <w:rsid w:val="00C75992"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C76EE7"/>
     <w:rsid w:val="00C806E5"/>
     <w:rsid w:val="00C81417"/>
     <w:rsid w:val="00C8161F"/>
     <w:rsid w:val="00C85504"/>
     <w:rsid w:val="00C9038B"/>
     <w:rsid w:val="00C90785"/>
     <w:rsid w:val="00C948D8"/>
     <w:rsid w:val="00C956B0"/>
     <w:rsid w:val="00CA0ED9"/>
+    <w:rsid w:val="00CA1B90"/>
     <w:rsid w:val="00CA1EE2"/>
     <w:rsid w:val="00CA3027"/>
     <w:rsid w:val="00CA39D9"/>
     <w:rsid w:val="00CA44BF"/>
     <w:rsid w:val="00CA707F"/>
     <w:rsid w:val="00CB0843"/>
     <w:rsid w:val="00CB0ABE"/>
     <w:rsid w:val="00CB22EE"/>
     <w:rsid w:val="00CB2DAC"/>
     <w:rsid w:val="00CB440E"/>
     <w:rsid w:val="00CB464B"/>
     <w:rsid w:val="00CB56E3"/>
     <w:rsid w:val="00CB5C68"/>
     <w:rsid w:val="00CC0E43"/>
     <w:rsid w:val="00CC0E98"/>
     <w:rsid w:val="00CC1572"/>
     <w:rsid w:val="00CC19DC"/>
     <w:rsid w:val="00CC1CE3"/>
     <w:rsid w:val="00CC2658"/>
     <w:rsid w:val="00CC2A3F"/>
+    <w:rsid w:val="00CC34EA"/>
     <w:rsid w:val="00CC3D91"/>
     <w:rsid w:val="00CC4905"/>
     <w:rsid w:val="00CC651B"/>
     <w:rsid w:val="00CC731F"/>
     <w:rsid w:val="00CD12D2"/>
     <w:rsid w:val="00CD1C32"/>
     <w:rsid w:val="00CD23B3"/>
     <w:rsid w:val="00CD4BD8"/>
     <w:rsid w:val="00CD4DC2"/>
     <w:rsid w:val="00CD592D"/>
     <w:rsid w:val="00CD66BF"/>
     <w:rsid w:val="00CD6BBB"/>
     <w:rsid w:val="00CE03E5"/>
     <w:rsid w:val="00CE120A"/>
     <w:rsid w:val="00CE1268"/>
     <w:rsid w:val="00CE192E"/>
     <w:rsid w:val="00CE31DC"/>
     <w:rsid w:val="00CE4783"/>
     <w:rsid w:val="00CE47C3"/>
     <w:rsid w:val="00CE4FC5"/>
     <w:rsid w:val="00CE656D"/>
     <w:rsid w:val="00CE738E"/>
     <w:rsid w:val="00CE79A7"/>
     <w:rsid w:val="00CE7B7B"/>
     <w:rsid w:val="00CF0982"/>
@@ -8566,98 +10346,103 @@
     <w:rsid w:val="00D25BDB"/>
     <w:rsid w:val="00D2665A"/>
     <w:rsid w:val="00D270E2"/>
     <w:rsid w:val="00D27903"/>
     <w:rsid w:val="00D31418"/>
     <w:rsid w:val="00D32299"/>
     <w:rsid w:val="00D33AC3"/>
     <w:rsid w:val="00D33F75"/>
     <w:rsid w:val="00D345B3"/>
     <w:rsid w:val="00D36CC7"/>
     <w:rsid w:val="00D400A9"/>
     <w:rsid w:val="00D406A9"/>
     <w:rsid w:val="00D40CA5"/>
     <w:rsid w:val="00D414FD"/>
     <w:rsid w:val="00D4325C"/>
     <w:rsid w:val="00D43FD5"/>
     <w:rsid w:val="00D44452"/>
     <w:rsid w:val="00D46357"/>
     <w:rsid w:val="00D477B8"/>
     <w:rsid w:val="00D47E14"/>
     <w:rsid w:val="00D47E48"/>
     <w:rsid w:val="00D50292"/>
     <w:rsid w:val="00D50A2A"/>
     <w:rsid w:val="00D52C55"/>
     <w:rsid w:val="00D607D4"/>
+    <w:rsid w:val="00D60DDB"/>
     <w:rsid w:val="00D628FE"/>
     <w:rsid w:val="00D63B0B"/>
     <w:rsid w:val="00D64667"/>
     <w:rsid w:val="00D6521E"/>
     <w:rsid w:val="00D6694B"/>
     <w:rsid w:val="00D67C4F"/>
     <w:rsid w:val="00D701E6"/>
     <w:rsid w:val="00D716F7"/>
     <w:rsid w:val="00D71811"/>
     <w:rsid w:val="00D71E16"/>
     <w:rsid w:val="00D73AB5"/>
+    <w:rsid w:val="00D73D9E"/>
     <w:rsid w:val="00D743D9"/>
     <w:rsid w:val="00D7480F"/>
     <w:rsid w:val="00D74EB7"/>
     <w:rsid w:val="00D76D13"/>
     <w:rsid w:val="00D8167E"/>
     <w:rsid w:val="00D82019"/>
     <w:rsid w:val="00D8268B"/>
     <w:rsid w:val="00D8366C"/>
     <w:rsid w:val="00D83AB1"/>
     <w:rsid w:val="00D90507"/>
     <w:rsid w:val="00D944B1"/>
     <w:rsid w:val="00D95E30"/>
     <w:rsid w:val="00D9665E"/>
     <w:rsid w:val="00D9783E"/>
     <w:rsid w:val="00D97B56"/>
     <w:rsid w:val="00DA04F4"/>
     <w:rsid w:val="00DA093A"/>
     <w:rsid w:val="00DA0FDB"/>
     <w:rsid w:val="00DA23AC"/>
     <w:rsid w:val="00DA2701"/>
     <w:rsid w:val="00DA504D"/>
     <w:rsid w:val="00DA6214"/>
     <w:rsid w:val="00DA7358"/>
     <w:rsid w:val="00DA7A51"/>
     <w:rsid w:val="00DB0CA0"/>
     <w:rsid w:val="00DB405E"/>
     <w:rsid w:val="00DB49E4"/>
+    <w:rsid w:val="00DB50AE"/>
     <w:rsid w:val="00DB7002"/>
     <w:rsid w:val="00DB7D6F"/>
+    <w:rsid w:val="00DC0492"/>
     <w:rsid w:val="00DC08B1"/>
     <w:rsid w:val="00DC0FC3"/>
     <w:rsid w:val="00DC23AD"/>
     <w:rsid w:val="00DC23C1"/>
     <w:rsid w:val="00DC46A0"/>
     <w:rsid w:val="00DC5CE1"/>
     <w:rsid w:val="00DC6040"/>
     <w:rsid w:val="00DD04DF"/>
+    <w:rsid w:val="00DD0C1B"/>
     <w:rsid w:val="00DD1076"/>
     <w:rsid w:val="00DD1CC7"/>
     <w:rsid w:val="00DD2037"/>
     <w:rsid w:val="00DD2D82"/>
     <w:rsid w:val="00DD4CD7"/>
     <w:rsid w:val="00DD58BC"/>
     <w:rsid w:val="00DE1722"/>
     <w:rsid w:val="00DE18AF"/>
     <w:rsid w:val="00DE2257"/>
     <w:rsid w:val="00DE2799"/>
     <w:rsid w:val="00DE435A"/>
     <w:rsid w:val="00DE476A"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE6C6B"/>
     <w:rsid w:val="00DE7D05"/>
     <w:rsid w:val="00DF0249"/>
     <w:rsid w:val="00DF19AC"/>
     <w:rsid w:val="00DF3020"/>
     <w:rsid w:val="00DF3853"/>
     <w:rsid w:val="00DF429E"/>
     <w:rsid w:val="00DF4599"/>
     <w:rsid w:val="00DF4FA2"/>
     <w:rsid w:val="00DF7051"/>
     <w:rsid w:val="00DF72E3"/>
     <w:rsid w:val="00DF7A69"/>
@@ -8675,50 +10460,51 @@
     <w:rsid w:val="00E13634"/>
     <w:rsid w:val="00E141BB"/>
     <w:rsid w:val="00E15009"/>
     <w:rsid w:val="00E1570C"/>
     <w:rsid w:val="00E16946"/>
     <w:rsid w:val="00E17490"/>
     <w:rsid w:val="00E17B50"/>
     <w:rsid w:val="00E2075F"/>
     <w:rsid w:val="00E23DB3"/>
     <w:rsid w:val="00E25138"/>
     <w:rsid w:val="00E2556C"/>
     <w:rsid w:val="00E255FA"/>
     <w:rsid w:val="00E25FFB"/>
     <w:rsid w:val="00E2677D"/>
     <w:rsid w:val="00E272AD"/>
     <w:rsid w:val="00E275CF"/>
     <w:rsid w:val="00E277DE"/>
     <w:rsid w:val="00E310DE"/>
     <w:rsid w:val="00E320CB"/>
     <w:rsid w:val="00E329A5"/>
     <w:rsid w:val="00E33400"/>
     <w:rsid w:val="00E33E1F"/>
     <w:rsid w:val="00E34397"/>
     <w:rsid w:val="00E35C05"/>
     <w:rsid w:val="00E35D08"/>
+    <w:rsid w:val="00E37149"/>
     <w:rsid w:val="00E4013A"/>
     <w:rsid w:val="00E4112C"/>
     <w:rsid w:val="00E41BDA"/>
     <w:rsid w:val="00E42F42"/>
     <w:rsid w:val="00E4305B"/>
     <w:rsid w:val="00E43A5B"/>
     <w:rsid w:val="00E448A3"/>
     <w:rsid w:val="00E4573C"/>
     <w:rsid w:val="00E47A9E"/>
     <w:rsid w:val="00E50640"/>
     <w:rsid w:val="00E518A2"/>
     <w:rsid w:val="00E51EB2"/>
     <w:rsid w:val="00E5203B"/>
     <w:rsid w:val="00E52495"/>
     <w:rsid w:val="00E5528E"/>
     <w:rsid w:val="00E559F0"/>
     <w:rsid w:val="00E55C39"/>
     <w:rsid w:val="00E56C7B"/>
     <w:rsid w:val="00E572E2"/>
     <w:rsid w:val="00E57F39"/>
     <w:rsid w:val="00E61A25"/>
     <w:rsid w:val="00E6216C"/>
     <w:rsid w:val="00E625FE"/>
     <w:rsid w:val="00E62C0D"/>
     <w:rsid w:val="00E6346F"/>
@@ -8838,134 +10624,137 @@
     <w:rsid w:val="00F77035"/>
     <w:rsid w:val="00F81976"/>
     <w:rsid w:val="00F822D5"/>
     <w:rsid w:val="00F83990"/>
     <w:rsid w:val="00F83C98"/>
     <w:rsid w:val="00F8587F"/>
     <w:rsid w:val="00F90D89"/>
     <w:rsid w:val="00F919C2"/>
     <w:rsid w:val="00F92D78"/>
     <w:rsid w:val="00F92E75"/>
     <w:rsid w:val="00F9306E"/>
     <w:rsid w:val="00F953E7"/>
     <w:rsid w:val="00F976D2"/>
     <w:rsid w:val="00FA048F"/>
     <w:rsid w:val="00FA0C52"/>
     <w:rsid w:val="00FA1A36"/>
     <w:rsid w:val="00FA207E"/>
     <w:rsid w:val="00FA2705"/>
     <w:rsid w:val="00FA32B4"/>
     <w:rsid w:val="00FA3B82"/>
     <w:rsid w:val="00FA52DB"/>
     <w:rsid w:val="00FA59F6"/>
     <w:rsid w:val="00FA5CAC"/>
     <w:rsid w:val="00FA646D"/>
     <w:rsid w:val="00FA6676"/>
+    <w:rsid w:val="00FA7EFD"/>
     <w:rsid w:val="00FB0C50"/>
     <w:rsid w:val="00FB23B3"/>
     <w:rsid w:val="00FB2D50"/>
     <w:rsid w:val="00FB408E"/>
     <w:rsid w:val="00FB4215"/>
     <w:rsid w:val="00FB4AA9"/>
     <w:rsid w:val="00FB73C1"/>
     <w:rsid w:val="00FC1AB0"/>
     <w:rsid w:val="00FC1EED"/>
     <w:rsid w:val="00FC4A32"/>
     <w:rsid w:val="00FC53C8"/>
     <w:rsid w:val="00FC632B"/>
     <w:rsid w:val="00FD2DB8"/>
     <w:rsid w:val="00FD39BD"/>
     <w:rsid w:val="00FD669D"/>
     <w:rsid w:val="00FD7875"/>
     <w:rsid w:val="00FE1341"/>
     <w:rsid w:val="00FE1C4B"/>
     <w:rsid w:val="00FE1CC3"/>
     <w:rsid w:val="00FE2621"/>
     <w:rsid w:val="00FE2821"/>
     <w:rsid w:val="00FE29E8"/>
     <w:rsid w:val="00FE5749"/>
     <w:rsid w:val="00FE6CB0"/>
     <w:rsid w:val="00FE6E3F"/>
+    <w:rsid w:val="00FE76E5"/>
     <w:rsid w:val="00FF1416"/>
     <w:rsid w:val="00FF21E4"/>
     <w:rsid w:val="00FF3F91"/>
     <w:rsid w:val="00FF5716"/>
     <w:rsid w:val="00FF623C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#fbfbfb"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="113BC6B7"/>
-  <w15:docId w15:val="{6983E042-1639-40DB-ABDF-B0FD2BB70F06}"/>
+  <w14:docId w14:val="47AB8914"/>
+  <w15:docId w15:val="{954C7100-CE1C-4324-B6BD-EDC6AD590FCA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Preformatted" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9381,50 +11170,51 @@
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:qFormat/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:ind w:left="851"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a2">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a3">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a4">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
@@ -9433,219 +11223,221 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a3"/>
     <w:rsid w:val="00104566"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a1"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00581926"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00581926"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML0">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="HTML1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D47E48"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D47E48"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Date"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="macro"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="af"/>
+    <w:link w:val="af0"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="22">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="33">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="Body Text First Indent"/>
-    <w:basedOn w:val="ae"/>
+    <w:basedOn w:val="af"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="23">
     <w:name w:val="Body Text First Indent 2"/>
-    <w:basedOn w:val="af1"/>
+    <w:basedOn w:val="af2"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="24">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="34">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="480"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
@@ -9725,74 +11517,74 @@
       <w:ind w:left="2880"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="80">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="3360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="90">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="3840"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
+  <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:snapToGrid w:val="0"/>
       <w:ind w:left="2880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af4">
+  <w:style w:type="paragraph" w:styleId="af5">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="26">
     <w:name w:val="index 2"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:autoRedefine/>
@@ -9857,176 +11649,176 @@
       <w:ind w:left="2880"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="81">
     <w:name w:val="index 8"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="3360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="91">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="3840"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af5">
+  <w:style w:type="paragraph" w:styleId="af6">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="11"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af6">
+  <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af7">
+  <w:style w:type="paragraph" w:styleId="af8">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1080" w:hanging="1080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af8">
+  <w:style w:type="paragraph" w:styleId="af9">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a1"/>
     <w:qFormat/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af9">
+  <w:style w:type="paragraph" w:styleId="afa">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afa">
+  <w:style w:type="paragraph" w:styleId="afb">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afb">
+  <w:style w:type="paragraph" w:styleId="afc">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afc">
+  <w:style w:type="paragraph" w:styleId="afd">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="27">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="37">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="44">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="54">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="2400"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afd">
+  <w:style w:type="paragraph" w:styleId="afe">
     <w:name w:val="List"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="28">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="960" w:hanging="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="38">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="45">
     <w:name w:val="List 4"/>
@@ -10072,109 +11864,109 @@
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afe">
+  <w:style w:type="paragraph" w:styleId="aff">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff">
+  <w:style w:type="paragraph" w:styleId="aff0">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="4320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff0">
+  <w:style w:type="paragraph" w:styleId="aff1">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff1">
+  <w:style w:type="paragraph" w:styleId="aff2">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff2">
+  <w:style w:type="paragraph" w:styleId="aff3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff3">
+  <w:style w:type="paragraph" w:styleId="aff4">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="aff1"/>
-    <w:next w:val="aff1"/>
+    <w:basedOn w:val="aff2"/>
+    <w:next w:val="aff2"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff4">
+  <w:style w:type="paragraph" w:styleId="aff5">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a0">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="20">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
@@ -10189,100 +11981,100 @@
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="40">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="50">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff5">
+  <w:style w:type="paragraph" w:styleId="aff6">
     <w:name w:val="E-mail Signature"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff6">
+  <w:style w:type="paragraph" w:styleId="aff7">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47E48"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff7">
+  <w:style w:type="paragraph" w:styleId="aff8">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:qFormat/>
     <w:rsid w:val="00D47E48"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff8">
+  <w:style w:type="paragraph" w:styleId="aff9">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a1"/>
     <w:qFormat/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff9">
+  <w:style w:type="paragraph" w:styleId="affa">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00D47E48"/>
     <w:pPr>
       <w:ind w:left="4320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="affa">
+  <w:style w:type="character" w:styleId="affb">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00274AD0"/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="CC0033"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="style6">
     <w:name w:val="style6"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00816C46"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="微軟正黑體"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0000FF"/>
@@ -10295,189 +12087,211 @@
     <w:name w:val="style71"/>
     <w:rsid w:val="00816C46"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
       <w:color w:val="000000"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="34"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00A44598"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:cs="標楷體"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="affb">
+  <w:style w:type="character" w:styleId="affc">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0013583C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="affc">
+  <w:style w:type="paragraph" w:styleId="affd">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="affd"/>
+    <w:link w:val="affe"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0013583C"/>
     <w:pPr>
       <w:ind w:leftChars="200" w:left="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="affe">
+  <w:style w:type="character" w:styleId="afff">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00E645DF"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="32">
     <w:name w:val="標題 3 字元"/>
     <w:link w:val="31"/>
     <w:rsid w:val="00281116"/>
     <w:rPr>
       <w:rFonts w:ascii="標楷體" w:hAnsi="標楷體"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afff">
+  <w:style w:type="character" w:styleId="afff0">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="002B3FC5"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
     <w:name w:val="long_text"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0078309A"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML1">
     <w:name w:val="HTML 預設格式 字元"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0078309A"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afff0">
+  <w:style w:type="paragraph" w:styleId="afff1">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009C3B4D"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
     <w:name w:val="本文 字元"/>
-    <w:link w:val="ae"/>
+    <w:link w:val="af"/>
     <w:rsid w:val="00CC0E43"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="12">
     <w:name w:val="未解析的提及1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00863FE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="affd">
+  <w:style w:type="character" w:customStyle="1" w:styleId="affe">
     <w:name w:val="清單段落 字元"/>
     <w:basedOn w:val="a2"/>
-    <w:link w:val="affc"/>
+    <w:link w:val="affd"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="00182A8E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="頁尾 字元"/>
     <w:basedOn w:val="a2"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE2562"/>
     <w:rPr>
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="29">
     <w:name w:val="未解析的提及2"/>
     <w:basedOn w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4305B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="39">
+    <w:name w:val="未解析的提及3"/>
+    <w:basedOn w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D73D9E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="頁首 字元"/>
+    <w:basedOn w:val="a2"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000E223F"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2055488">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="85270711">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -10852,51 +12666,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2095468355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssi.org.tw/sich2026/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssi.org.tw/sich2026/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.systematic-innovation.org/index.php/zh-tw/conf/sich/conf-83" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11170,61 +12984,61 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0F91DF9-AF9E-43EF-B833-F80336FFF8FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>640</Characters>
+  <Pages>4</Pages>
+  <Words>551</Words>
+  <Characters>3143</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2989</CharactersWithSpaces>
+  <CharactersWithSpaces>3687</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6422652</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://reurl.cc/pM7Vnr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>65547</vt:i4>
       </vt:variant>
       <vt:variant>