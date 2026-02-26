--- v1 (2025-12-14)
+++ v2 (2026-02-26)
@@ -18,89 +18,99 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FBFBFB"/>
   <w:body>
     <w:p w14:paraId="5FAE89CB" w14:textId="77777777" w:rsidR="00C26DB2" w:rsidRDefault="00582B98" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="00CB0CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
+          <w:sz w:val="60"/>
+          <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="00CB0CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
+          <w:sz w:val="60"/>
+          <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
-      <w:r w:rsidR="00F150DA" w:rsidRPr="0005467C">
+      <w:r w:rsidR="00F150DA" w:rsidRPr="00CB0CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
+          <w:sz w:val="60"/>
+          <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>十八</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005467C">
+      <w:r w:rsidRPr="00CB0CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
-          <w:sz w:val="48"/>
-[...2 lines deleted...]
-        <w:t>屆系統性創新研討會暨專案競賽</w:t>
+          <w:sz w:val="60"/>
+          <w:szCs w:val="60"/>
+        </w:rPr>
+        <w:t>屆系統性創新研討會</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0CF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>暨專案競賽</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E9251C" w14:textId="77777777" w:rsidR="004A7529" w:rsidRPr="0005467C" w:rsidRDefault="004A7529" w:rsidP="009904C3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005467C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>網站</w:t>
       </w:r>
       <w:r w:rsidRPr="0005467C">
@@ -1273,91 +1283,91 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>論文主題</w:t>
       </w:r>
       <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FEF55F" w14:textId="6352ACDA" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00E03BC6" w:rsidP="000E223F">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="284" w:rightChars="-59" w:right="-142" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>工程與技術方面的系統化創新</w:t>
       </w:r>
       <w:r w:rsidR="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000E223F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>包括創新工具研發與產品、製程及設備上的創新應用與案例分析。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0717F0D7" w14:textId="5454A24C" w:rsidR="00E03BC6" w:rsidRPr="000E223F" w:rsidRDefault="00F919C2" w:rsidP="000E223F">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
@@ -2991,51 +3001,51 @@
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7385E0A7" w14:textId="77777777" w:rsidR="00582B98" w:rsidRDefault="00582B98" w:rsidP="00582B98">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27367CC9" w14:textId="77777777" w:rsidR="00895977" w:rsidRPr="00895977" w:rsidRDefault="00895977" w:rsidP="00582B98">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="078322E2" w14:textId="14222BFD" w:rsidR="005F7103" w:rsidRPr="005F7103" w:rsidRDefault="005F7103" w:rsidP="005F7103">
       <w:pPr>
         <w:pStyle w:val="affd"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="0" w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F7103">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -3729,350 +3739,490 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4218"/>
         <w:gridCol w:w="5336"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="0B3F559A" w14:textId="77777777" w:rsidTr="00477805">
+      <w:tr w:rsidR="005A7C84" w:rsidRPr="00CA1B90" w14:paraId="0B3F559A" w14:textId="77777777" w:rsidTr="00477805">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5B8499" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00754072" w:rsidP="00B36521">
+          <w:p w14:paraId="7E5B8499" w14:textId="57C640D2" w:rsidR="005A7C84" w:rsidRPr="009033AB" w:rsidRDefault="005A7C84" w:rsidP="005A7C84">
             <w:pPr>
               <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009033AB">
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表提交截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17FACAB6" w14:textId="53E9F542" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
+          <w:p w14:paraId="17FACAB6" w14:textId="19C6650E" w:rsidR="005A7C84" w:rsidRPr="009033AB" w:rsidRDefault="005A7C84" w:rsidP="005A7C84">
             <w:pPr>
               <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009033AB">
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12/22(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009033AB">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>星期</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>一)</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(星期一)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="2467B559" w14:textId="77777777" w:rsidTr="00477805">
+      <w:tr w:rsidR="005A7C84" w:rsidRPr="00CA1B90" w14:paraId="2467B559" w14:textId="77777777" w:rsidTr="00477805">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17C3B23D" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00754072" w:rsidP="00B36521">
+          <w:p w14:paraId="17C3B23D" w14:textId="339C3DEA" w:rsidR="005A7C84" w:rsidRPr="009033AB" w:rsidRDefault="005A7C84" w:rsidP="005A7C84">
             <w:pPr>
               <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009033AB">
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>專案競賽作品簡述表審查結果通知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="499997F7" w14:textId="487BE416" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
+          <w:p w14:paraId="499997F7" w14:textId="78F249EA" w:rsidR="005A7C84" w:rsidRPr="009033AB" w:rsidRDefault="005A7C84" w:rsidP="005A7C84">
             <w:pPr>
               <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009033AB">
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12/29(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009033AB">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>星期</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>一)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(星期</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>三</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="7EEA6DBB" w14:textId="77777777" w:rsidTr="00477805">
+      <w:tr w:rsidR="005A7C84" w:rsidRPr="00CA1B90" w14:paraId="7EEA6DBB" w14:textId="77777777" w:rsidTr="00477805">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39A4F046" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00754072" w:rsidP="00B36521">
+          <w:p w14:paraId="39A4F046" w14:textId="6CEC1372" w:rsidR="005A7C84" w:rsidRPr="009033AB" w:rsidRDefault="005A7C84" w:rsidP="005A7C84">
             <w:pPr>
               <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="009033AB">
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>早鳥註冊</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="009033AB">
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>繳費截止日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07A27836" w14:textId="5D595E1A" w:rsidR="00754072" w:rsidRPr="009033AB" w:rsidRDefault="00477805" w:rsidP="00477805">
+          <w:p w14:paraId="07A27836" w14:textId="666D1AD9" w:rsidR="005A7C84" w:rsidRPr="009033AB" w:rsidRDefault="005A7C84" w:rsidP="005A7C84">
             <w:pPr>
               <w:pStyle w:val="affd"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009033AB">
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12/31(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009033AB">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>星期</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA7EFD" w:rsidRPr="009033AB">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>三)</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(星期</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>三</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A4ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754072" w:rsidRPr="00CA1B90" w14:paraId="0F4867DE" w14:textId="77777777" w:rsidTr="00477805">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02808F08" w14:textId="77777777" w:rsidR="00754072" w:rsidRPr="000E223F" w:rsidRDefault="00754072" w:rsidP="00B36521">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E223F">
               <w:rPr>
@@ -4584,99 +4734,109 @@
         <w:gridCol w:w="1422"/>
         <w:gridCol w:w="3937"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="2F9D84DF" w14:textId="77777777" w:rsidTr="000E223F">
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10329" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="13E7686B" w14:textId="77777777" w:rsidR="009904C3" w:rsidRPr="0005467C" w:rsidRDefault="009904C3" w:rsidP="00082245">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:firstLine="560"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007D5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="009F0CB4" w:rsidRPr="007D5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t>第</w:t>
+            </w:r>
+            <w:r w:rsidR="00F150DA" w:rsidRPr="007D5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t>十八</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t>屆系統性創新研討會</w:t>
+            </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...39 lines deleted...]
-              <w:t>屆系統性創新研討會暨專案競賽</w:t>
+              <w:t>暨專案競賽</w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005467C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>報名表</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D53BF" w:rsidRPr="0005467C" w14:paraId="27AAC2C0" w14:textId="77777777" w:rsidTr="000E223F">
@@ -9163,50 +9323,51 @@
     <w:rsid w:val="002A39E2"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002B288C"/>
     <w:rsid w:val="002B2A74"/>
     <w:rsid w:val="002B2D0C"/>
     <w:rsid w:val="002B3100"/>
     <w:rsid w:val="002B3920"/>
     <w:rsid w:val="002B3FC5"/>
     <w:rsid w:val="002B3FF8"/>
     <w:rsid w:val="002B4D74"/>
     <w:rsid w:val="002B6AB1"/>
     <w:rsid w:val="002B7B30"/>
     <w:rsid w:val="002C39E9"/>
     <w:rsid w:val="002C4770"/>
     <w:rsid w:val="002C4BAD"/>
     <w:rsid w:val="002C67D5"/>
     <w:rsid w:val="002C6EC5"/>
     <w:rsid w:val="002C7E3C"/>
     <w:rsid w:val="002D1609"/>
     <w:rsid w:val="002D2B64"/>
     <w:rsid w:val="002D355D"/>
     <w:rsid w:val="002D55AF"/>
     <w:rsid w:val="002D5648"/>
     <w:rsid w:val="002D700A"/>
     <w:rsid w:val="002E206D"/>
+    <w:rsid w:val="002E2987"/>
     <w:rsid w:val="002F367E"/>
     <w:rsid w:val="002F54B1"/>
     <w:rsid w:val="002F62F4"/>
     <w:rsid w:val="003008BD"/>
     <w:rsid w:val="0030581B"/>
     <w:rsid w:val="003072C4"/>
     <w:rsid w:val="00310BEF"/>
     <w:rsid w:val="00311511"/>
     <w:rsid w:val="00312329"/>
     <w:rsid w:val="003126E5"/>
     <w:rsid w:val="00312810"/>
     <w:rsid w:val="0031406C"/>
     <w:rsid w:val="003155CD"/>
     <w:rsid w:val="003176C9"/>
     <w:rsid w:val="00320EBC"/>
     <w:rsid w:val="003211CF"/>
     <w:rsid w:val="003262FB"/>
     <w:rsid w:val="003269D9"/>
     <w:rsid w:val="00326FC1"/>
     <w:rsid w:val="003300F9"/>
     <w:rsid w:val="00331D40"/>
     <w:rsid w:val="00333C59"/>
     <w:rsid w:val="00334D2E"/>
     <w:rsid w:val="00335B7F"/>
     <w:rsid w:val="00335D4F"/>
@@ -9471,50 +9632,51 @@
     <w:rsid w:val="005722CC"/>
     <w:rsid w:val="005757BD"/>
     <w:rsid w:val="005770A5"/>
     <w:rsid w:val="00577C96"/>
     <w:rsid w:val="00577E7A"/>
     <w:rsid w:val="00580BE9"/>
     <w:rsid w:val="00581926"/>
     <w:rsid w:val="00582B4E"/>
     <w:rsid w:val="00582B98"/>
     <w:rsid w:val="00582DA8"/>
     <w:rsid w:val="00583CCF"/>
     <w:rsid w:val="0058465D"/>
     <w:rsid w:val="00584BB5"/>
     <w:rsid w:val="00585FA8"/>
     <w:rsid w:val="005865EF"/>
     <w:rsid w:val="005866B1"/>
     <w:rsid w:val="0059030B"/>
     <w:rsid w:val="0059103E"/>
     <w:rsid w:val="005913E2"/>
     <w:rsid w:val="0059209C"/>
     <w:rsid w:val="00596338"/>
     <w:rsid w:val="00596DF8"/>
     <w:rsid w:val="00597AEE"/>
     <w:rsid w:val="005A185C"/>
     <w:rsid w:val="005A52E8"/>
+    <w:rsid w:val="005A7C84"/>
     <w:rsid w:val="005B09E3"/>
     <w:rsid w:val="005B1A4E"/>
     <w:rsid w:val="005B5DB3"/>
     <w:rsid w:val="005B65AA"/>
     <w:rsid w:val="005B7EF1"/>
     <w:rsid w:val="005C41B7"/>
     <w:rsid w:val="005C4B56"/>
     <w:rsid w:val="005C5CF2"/>
     <w:rsid w:val="005C7957"/>
     <w:rsid w:val="005D5538"/>
     <w:rsid w:val="005D6252"/>
     <w:rsid w:val="005D6F6F"/>
     <w:rsid w:val="005D7EEE"/>
     <w:rsid w:val="005E03F5"/>
     <w:rsid w:val="005E1E26"/>
     <w:rsid w:val="005E28A2"/>
     <w:rsid w:val="005E438A"/>
     <w:rsid w:val="005E4C69"/>
     <w:rsid w:val="005E608D"/>
     <w:rsid w:val="005E7D48"/>
     <w:rsid w:val="005F15CC"/>
     <w:rsid w:val="005F2492"/>
     <w:rsid w:val="005F2AF8"/>
     <w:rsid w:val="005F5301"/>
     <w:rsid w:val="005F5D8B"/>
@@ -9691,50 +9853,51 @@
     <w:rsid w:val="00782BEF"/>
     <w:rsid w:val="0078309A"/>
     <w:rsid w:val="00783424"/>
     <w:rsid w:val="00786E05"/>
     <w:rsid w:val="0078773C"/>
     <w:rsid w:val="007902C2"/>
     <w:rsid w:val="007923C1"/>
     <w:rsid w:val="0079271B"/>
     <w:rsid w:val="00794288"/>
     <w:rsid w:val="00794A30"/>
     <w:rsid w:val="00795885"/>
     <w:rsid w:val="0079728D"/>
     <w:rsid w:val="00797850"/>
     <w:rsid w:val="007A057F"/>
     <w:rsid w:val="007B0007"/>
     <w:rsid w:val="007B098F"/>
     <w:rsid w:val="007B3BB9"/>
     <w:rsid w:val="007B6BC6"/>
     <w:rsid w:val="007B6E9F"/>
     <w:rsid w:val="007C1B39"/>
     <w:rsid w:val="007C2565"/>
     <w:rsid w:val="007C44B5"/>
     <w:rsid w:val="007C48B2"/>
     <w:rsid w:val="007C5280"/>
     <w:rsid w:val="007C5B0D"/>
+    <w:rsid w:val="007D5DBF"/>
     <w:rsid w:val="007D6724"/>
     <w:rsid w:val="007D7201"/>
     <w:rsid w:val="007D7997"/>
     <w:rsid w:val="007D7B37"/>
     <w:rsid w:val="007E3FF3"/>
     <w:rsid w:val="007E4106"/>
     <w:rsid w:val="007E4828"/>
     <w:rsid w:val="007E72CE"/>
     <w:rsid w:val="007F3172"/>
     <w:rsid w:val="007F3774"/>
     <w:rsid w:val="007F3964"/>
     <w:rsid w:val="007F3E05"/>
     <w:rsid w:val="007F4B50"/>
     <w:rsid w:val="007F57E2"/>
     <w:rsid w:val="007F65DA"/>
     <w:rsid w:val="007F6C45"/>
     <w:rsid w:val="00801AA2"/>
     <w:rsid w:val="00802A4F"/>
     <w:rsid w:val="00805288"/>
     <w:rsid w:val="00807DF8"/>
     <w:rsid w:val="00807F24"/>
     <w:rsid w:val="00810EFD"/>
     <w:rsid w:val="00811D93"/>
     <w:rsid w:val="008124EA"/>
     <w:rsid w:val="00812BDC"/>
@@ -9807,50 +9970,51 @@
     <w:rsid w:val="008B1363"/>
     <w:rsid w:val="008B33C5"/>
     <w:rsid w:val="008B36D0"/>
     <w:rsid w:val="008B3CDE"/>
     <w:rsid w:val="008C01A7"/>
     <w:rsid w:val="008C03A2"/>
     <w:rsid w:val="008C1F71"/>
     <w:rsid w:val="008C3099"/>
     <w:rsid w:val="008C38DC"/>
     <w:rsid w:val="008C48DE"/>
     <w:rsid w:val="008C4C84"/>
     <w:rsid w:val="008C5796"/>
     <w:rsid w:val="008D41CE"/>
     <w:rsid w:val="008D4D21"/>
     <w:rsid w:val="008D4DC0"/>
     <w:rsid w:val="008D5C89"/>
     <w:rsid w:val="008D7DC3"/>
     <w:rsid w:val="008E1BFB"/>
     <w:rsid w:val="008E3710"/>
     <w:rsid w:val="008E4906"/>
     <w:rsid w:val="008E59E7"/>
     <w:rsid w:val="008F0574"/>
     <w:rsid w:val="008F07E1"/>
     <w:rsid w:val="008F0B53"/>
     <w:rsid w:val="008F22EC"/>
+    <w:rsid w:val="008F299B"/>
     <w:rsid w:val="008F31FB"/>
     <w:rsid w:val="008F37FE"/>
     <w:rsid w:val="008F396A"/>
     <w:rsid w:val="009010E8"/>
     <w:rsid w:val="0090223F"/>
     <w:rsid w:val="00902D36"/>
     <w:rsid w:val="00903139"/>
     <w:rsid w:val="009033AB"/>
     <w:rsid w:val="00904CA9"/>
     <w:rsid w:val="0090555B"/>
     <w:rsid w:val="00906D75"/>
     <w:rsid w:val="00907026"/>
     <w:rsid w:val="0090793A"/>
     <w:rsid w:val="00907BB3"/>
     <w:rsid w:val="009101E3"/>
     <w:rsid w:val="00911221"/>
     <w:rsid w:val="009137DE"/>
     <w:rsid w:val="00916FD6"/>
     <w:rsid w:val="0091765F"/>
     <w:rsid w:val="0091766A"/>
     <w:rsid w:val="009202D0"/>
     <w:rsid w:val="00921779"/>
     <w:rsid w:val="00921AA4"/>
     <w:rsid w:val="00922824"/>
     <w:rsid w:val="0092332B"/>
@@ -10259,50 +10423,51 @@
     <w:rsid w:val="00C66F80"/>
     <w:rsid w:val="00C725FE"/>
     <w:rsid w:val="00C72BBF"/>
     <w:rsid w:val="00C72DE9"/>
     <w:rsid w:val="00C737B7"/>
     <w:rsid w:val="00C75992"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C76EE7"/>
     <w:rsid w:val="00C806E5"/>
     <w:rsid w:val="00C81417"/>
     <w:rsid w:val="00C8161F"/>
     <w:rsid w:val="00C85504"/>
     <w:rsid w:val="00C9038B"/>
     <w:rsid w:val="00C90785"/>
     <w:rsid w:val="00C948D8"/>
     <w:rsid w:val="00C956B0"/>
     <w:rsid w:val="00CA0ED9"/>
     <w:rsid w:val="00CA1B90"/>
     <w:rsid w:val="00CA1EE2"/>
     <w:rsid w:val="00CA3027"/>
     <w:rsid w:val="00CA39D9"/>
     <w:rsid w:val="00CA44BF"/>
     <w:rsid w:val="00CA707F"/>
     <w:rsid w:val="00CB0843"/>
     <w:rsid w:val="00CB0ABE"/>
+    <w:rsid w:val="00CB0CF2"/>
     <w:rsid w:val="00CB22EE"/>
     <w:rsid w:val="00CB2DAC"/>
     <w:rsid w:val="00CB440E"/>
     <w:rsid w:val="00CB464B"/>
     <w:rsid w:val="00CB56E3"/>
     <w:rsid w:val="00CB5C68"/>
     <w:rsid w:val="00CC0E43"/>
     <w:rsid w:val="00CC0E98"/>
     <w:rsid w:val="00CC1572"/>
     <w:rsid w:val="00CC19DC"/>
     <w:rsid w:val="00CC1CE3"/>
     <w:rsid w:val="00CC2658"/>
     <w:rsid w:val="00CC2A3F"/>
     <w:rsid w:val="00CC34EA"/>
     <w:rsid w:val="00CC3D91"/>
     <w:rsid w:val="00CC4905"/>
     <w:rsid w:val="00CC651B"/>
     <w:rsid w:val="00CC731F"/>
     <w:rsid w:val="00CD12D2"/>
     <w:rsid w:val="00CD1C32"/>
     <w:rsid w:val="00CD23B3"/>
     <w:rsid w:val="00CD4BD8"/>
     <w:rsid w:val="00CD4DC2"/>
     <w:rsid w:val="00CD592D"/>
     <w:rsid w:val="00CD66BF"/>
@@ -12986,59 +13151,59 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0F91DF9-AF9E-43EF-B833-F80336FFF8FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>551</Words>
-  <Characters>3143</Characters>
+  <Characters>3144</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nuk</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3687</CharactersWithSpaces>
+  <CharactersWithSpaces>3688</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6422652</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://reurl.cc/pM7Vnr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>65547</vt:i4>
       </vt:variant>
       <vt:variant>