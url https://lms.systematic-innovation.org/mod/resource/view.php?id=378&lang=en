--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1756,51 +1756,51 @@
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="zh-TW" altLang="zh-TW"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
   <p:cSld name="標題投影片">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -3198,133 +3198,169 @@
             <a:ext cx="4897239" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
-              <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
+              <a:t>第十八屆系統性創新研討會</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="圖片 13">
+          <p:cNvPr id="15" name="圖片 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{904AC0B7-FC3D-DAC4-B1A5-80EF0CD40C15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD33AC3-06CC-0900-462E-63CF58364E39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="830989" y="6256276"/>
+            <a:off x="899592" y="6340615"/>
             <a:ext cx="2338697" cy="414058"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="圖片 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62ADAC8A-DEDD-5469-A47C-0390A37757BF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03FA6635-302E-0186-A437-C5A29B600428}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3591613" y="6247927"/>
-            <a:ext cx="1584176" cy="476697"/>
+            <a:off x="3497144" y="6302080"/>
+            <a:ext cx="1519356" cy="476697"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="19" name="圖片 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2A5534F-6144-C50C-4C6B-FDDB0074CBBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5275355" y="6305820"/>
+            <a:ext cx="1656184" cy="441227"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1330124303"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="標題及物件">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -3576,51 +3612,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>按一下以編輯母片標題樣式</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3127596984"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -5326,133 +5362,169 @@
             <a:ext cx="4897239" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
-              <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
+              <a:t>第十八屆系統性創新研討會</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="圖片 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07A641B1-ACBE-3105-5810-3AF9EEA9423C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="659248" y="6317669"/>
+            <a:off x="899592" y="6340615"/>
             <a:ext cx="2338697" cy="414058"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="圖片 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80279FF-EED5-EB9D-8413-9882E3CA04EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3419872" y="6309320"/>
-            <a:ext cx="1584176" cy="476697"/>
+            <a:off x="3497144" y="6302080"/>
+            <a:ext cx="1519356" cy="476697"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="圖片 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19C2FFF2-EB67-DCDA-AD6E-F638F99D73C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5275355" y="6305820"/>
+            <a:ext cx="1656184" cy="441227"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147484211" r:id="rId1"/>
     <p:sldLayoutId id="2147484208" r:id="rId2"/>
     <p:sldLayoutId id="2147484209" r:id="rId3"/>
     <p:sldLayoutId id="2147484210" r:id="rId4"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr kumimoji="1" sz="4000">
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>