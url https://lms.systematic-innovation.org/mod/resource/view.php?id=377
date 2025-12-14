--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -215,54 +215,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="50" d="100"/>
-          <a:sy n="50" d="100"/>
+          <a:sx n="25" d="100"/>
+          <a:sy n="25" d="100"/>
         </p:scale>
-        <p:origin x="36" y="-4872"/>
+        <p:origin x="18" y="-30"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="9537"/>
         <p:guide pos="6736"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -664,51 +664,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{7B65008A-46C1-41C7-8260-175DE2B593E4}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E625361-71FC-472A-B17F-406580785E67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -936,51 +936,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{4B21A32D-BD5B-4165-BDB3-E25142B0EA55}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DAA024E-C294-476A-AC78-A29C10665BEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -1203,51 +1203,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EBDB7BF7-1E9F-49DD-BCC0-8CCDB3491921}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5214466-C3CC-4BA4-9A0E-5302AB0E3B4E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -1491,51 +1491,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{A343CC0E-D8CE-49DA-BE97-2ED3FFDC5D86}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABCA5B9B-F91C-4104-9FB2-4E60BB4153A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -1875,51 +1875,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{0A05B211-362E-477D-9474-50B2E9DE7B77}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="頁尾版面配置區 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{265201D0-74C4-4094-B9BD-3AA35E76EFD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -2393,51 +2393,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EA714C49-58BF-4E7F-8171-95F59BFB1AB4}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="頁尾版面配置區 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38E0BE05-5148-45D6-BDD1-D130139B0D05}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -2609,51 +2609,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{AB365FE4-AADA-4BDD-AF76-A22D1045FC96}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="頁尾版面配置區 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0F81825-98F4-44B9-8367-99A0874D35C3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -2795,51 +2795,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{4CB96D26-829F-445E-B27E-519BDFB68556}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="頁尾版面配置區 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F47377-F54C-4BFF-9EA2-D8963D34014F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -3164,51 +3164,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{44903AF4-2FCD-4B19-B372-5F512C5AF2FD}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="頁尾版面配置區 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22496A5B-9621-4823-8D57-CEE65EC2B5E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -3513,51 +3513,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{F02BF50B-AF3C-4A84-BDEF-16AD24F4AEA0}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/10/14</a:t>
+              <a:t>2025/11/18</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="頁尾版面配置區 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD6DC861-8C55-4680-8A51-C815559560C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -3633,51 +3633,51 @@
             <a:fld id="{A143C688-D9A3-4581-B891-885E2C6B8427}" type="slidenum">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="26280183"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -3780,96 +3780,96 @@
           <p:cNvPr id="1029" name="圖片 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD33C1CF-DD07-4491-9B89-237E8F133886}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId13">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="15070723" y="28228901"/>
+            <a:off x="13072203" y="28266587"/>
             <a:ext cx="1168670" cy="1168670"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="文字方塊 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E8F4FF3-9911-FB55-255E-60283D7BA933}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="16239393" y="28537701"/>
+            <a:off x="14293800" y="28461467"/>
             <a:ext cx="4824536" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="4200" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="標楷體" panose="03000509000000000000" pitchFamily="65" charset="-120"/>
                 <a:ea typeface="標楷體" panose="03000509000000000000" pitchFamily="65" charset="-120"/>
               </a:rPr>
               <a:t>工程科技推展中心</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -3881,97 +3881,97 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F15CDB-81A8-B32D-E48E-CCC7F770F146}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId14">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="853247" y="28360103"/>
-            <a:ext cx="5547592" cy="984312"/>
+            <a:off x="1393610" y="28338643"/>
+            <a:ext cx="6086891" cy="1080000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="圖片 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7436EBF1-D1AD-F722-277E-5D1508D2BE4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId15">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6871434" y="28190913"/>
-            <a:ext cx="4487077" cy="1350215"/>
+            <a:off x="8101112" y="28175814"/>
+            <a:ext cx="4303484" cy="1350215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{637357BE-CB1F-CC38-6D22-40E0A388E887}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4130,85 +4130,50 @@
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="6000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="zh-TW" sz="6000" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
             </a:r>
             <a:endParaRPr lang="zh-TW" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...33 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D9A817-9E9C-C137-9AF3-13408FB2D6E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2930376" y="18067163"/>
             <a:ext cx="21386800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>