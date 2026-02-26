--- v1 (2025-12-14)
+++ v2 (2026-02-26)
@@ -213,56 +213,56 @@
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="25" d="100"/>
-          <a:sy n="25" d="100"/>
+          <a:sx n="24" d="100"/>
+          <a:sy n="24" d="100"/>
         </p:scale>
-        <p:origin x="18" y="-30"/>
+        <p:origin x="18" y="66"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="9537"/>
         <p:guide pos="6736"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -664,51 +664,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{7B65008A-46C1-41C7-8260-175DE2B593E4}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E625361-71FC-472A-B17F-406580785E67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -936,51 +936,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{4B21A32D-BD5B-4165-BDB3-E25142B0EA55}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DAA024E-C294-476A-AC78-A29C10665BEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -1203,51 +1203,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EBDB7BF7-1E9F-49DD-BCC0-8CCDB3491921}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5214466-C3CC-4BA4-9A0E-5302AB0E3B4E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -1491,51 +1491,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{A343CC0E-D8CE-49DA-BE97-2ED3FFDC5D86}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="頁尾版面配置區 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABCA5B9B-F91C-4104-9FB2-4E60BB4153A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -1875,51 +1875,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{0A05B211-362E-477D-9474-50B2E9DE7B77}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="頁尾版面配置區 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{265201D0-74C4-4094-B9BD-3AA35E76EFD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -2393,51 +2393,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EA714C49-58BF-4E7F-8171-95F59BFB1AB4}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="頁尾版面配置區 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38E0BE05-5148-45D6-BDD1-D130139B0D05}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -2609,51 +2609,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{AB365FE4-AADA-4BDD-AF76-A22D1045FC96}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="頁尾版面配置區 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0F81825-98F4-44B9-8367-99A0874D35C3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -2795,51 +2795,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{4CB96D26-829F-445E-B27E-519BDFB68556}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="頁尾版面配置區 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F47377-F54C-4BFF-9EA2-D8963D34014F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -3164,51 +3164,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{44903AF4-2FCD-4B19-B372-5F512C5AF2FD}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="頁尾版面配置區 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22496A5B-9621-4823-8D57-CEE65EC2B5E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -3513,51 +3513,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr defTabSz="2952323" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{F02BF50B-AF3C-4A84-BDEF-16AD24F4AEA0}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/18</a:t>
+              <a:t>2025/12/22</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="頁尾版面配置區 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD6DC861-8C55-4680-8A51-C815559560C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7307263" y="28065413"/>
             <a:ext cx="6772275" cy="1611312"/>
@@ -3633,51 +3633,51 @@
             <a:fld id="{A143C688-D9A3-4581-B891-885E2C6B8427}" type="slidenum">
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="26280183"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -3780,96 +3780,96 @@
           <p:cNvPr id="1029" name="圖片 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD33C1CF-DD07-4491-9B89-237E8F133886}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId13">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="13072203" y="28266587"/>
-            <a:ext cx="1168670" cy="1168670"/>
+            <a:off x="14648672" y="28343607"/>
+            <a:ext cx="1064096" cy="1064096"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="文字方塊 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E8F4FF3-9911-FB55-255E-60283D7BA933}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="14293800" y="28461467"/>
+            <a:off x="15575392" y="28467721"/>
             <a:ext cx="4824536" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="4200" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="標楷體" panose="03000509000000000000" pitchFamily="65" charset="-120"/>
                 <a:ea typeface="標楷體" panose="03000509000000000000" pitchFamily="65" charset="-120"/>
               </a:rPr>
               <a:t>工程科技推展中心</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -3881,97 +3881,97 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F15CDB-81A8-B32D-E48E-CCC7F770F146}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId14">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1393610" y="28338643"/>
-            <a:ext cx="6086891" cy="1080000"/>
+            <a:off x="1356091" y="28355257"/>
+            <a:ext cx="4761718" cy="844874"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="圖片 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7436EBF1-D1AD-F722-277E-5D1508D2BE4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId15">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="8101112" y="28175814"/>
-            <a:ext cx="4303484" cy="1350215"/>
+            <a:off x="6667536" y="28258550"/>
+            <a:ext cx="3294124" cy="1033529"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{637357BE-CB1F-CC38-6D22-40E0A388E887}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4124,51 +4124,51 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="6000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="zh-TW" sz="6000" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
+              <a:t>第十八屆系統性創新研討會</a:t>
             </a:r>
             <a:endParaRPr lang="zh-TW" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D9A817-9E9C-C137-9AF3-13408FB2D6E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2930376" y="18067163"/>
             <a:ext cx="21386800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -4268,50 +4268,86 @@
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="圖片 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D82F8815-8ABC-F685-7A56-434A1939F7E6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId16">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10213800" y="28245443"/>
+            <a:ext cx="3994175" cy="1064096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483737" r:id="rId1"/>
     <p:sldLayoutId id="2147483738" r:id="rId2"/>
     <p:sldLayoutId id="2147483739" r:id="rId3"/>
     <p:sldLayoutId id="2147483740" r:id="rId4"/>
     <p:sldLayoutId id="2147483741" r:id="rId5"/>
     <p:sldLayoutId id="2147483742" r:id="rId6"/>
     <p:sldLayoutId id="2147483743" r:id="rId7"/>
     <p:sldLayoutId id="2147483744" r:id="rId8"/>
     <p:sldLayoutId id="2147483745" r:id="rId9"/>
     <p:sldLayoutId id="2147483746" r:id="rId10"/>
     <p:sldLayoutId id="2147483747" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" defTabSz="2951163" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>