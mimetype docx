--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -3094,270 +3094,209 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7EC8B9AB" w14:textId="77777777" w:rsidR="00A471A8" w:rsidRDefault="00A471A8" w:rsidP="00B465ED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7823967B" w14:textId="77777777" w:rsidR="00A471A8" w:rsidRDefault="00A471A8" w:rsidP="00B465ED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="725781CC" w14:textId="7ECC6E95" w:rsidR="006E4133" w:rsidRDefault="00BE7109" w:rsidP="006E4133">
+  <w:p w14:paraId="17C0891F" w14:textId="7EA46045" w:rsidR="0024364B" w:rsidRPr="0024364B" w:rsidRDefault="0024364B" w:rsidP="0024364B">
     <w:pPr>
       <w:pStyle w:val="a3"/>
-      <w:ind w:right="400"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="3" w:name="_Hlk177649460"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk177649461"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk177649471"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk177649472"/>
     <w:bookmarkStart w:id="7" w:name="_Hlk177649490"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk177649491"/>
-    <w:r>
+    <w:r w:rsidRPr="0024364B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E3C112B" wp14:editId="5483344B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DDDE8ED" wp14:editId="2E277E15">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-209550</wp:posOffset>
+            <wp:posOffset>3350260</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-351155</wp:posOffset>
+            <wp:posOffset>-359410</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2209800" cy="391795"/>
-[...15 lines deleted...]
-          <wp:docPr id="11" name="圖片 3"/>
+          <wp:extent cx="1882140" cy="590550"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="362447733" name="圖片 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="圖片 3"/>
+                  <pic:cNvPr id="0" name="圖片 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2209800" cy="391795"/>
+                    <a:ext cx="1882140" cy="590550"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln>
-[...62 lines deleted...]
-                  </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="006E4133">
+    <w:r w:rsidRPr="0024364B">
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="221B5A55" wp14:editId="3C75A51F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="353D9D19" wp14:editId="5DA60A4E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4128770</wp:posOffset>
+            <wp:posOffset>66675</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-415925</wp:posOffset>
+            <wp:posOffset>-292735</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1311965" cy="530038"/>
+          <wp:extent cx="2438400" cy="402590"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="680241241" name="圖片 1"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="3881" y="0"/>
+              <wp:lineTo x="844" y="0"/>
+              <wp:lineTo x="0" y="3066"/>
+              <wp:lineTo x="0" y="20442"/>
+              <wp:lineTo x="8269" y="20442"/>
+              <wp:lineTo x="12488" y="20442"/>
+              <wp:lineTo x="21431" y="19420"/>
+              <wp:lineTo x="21431" y="4088"/>
+              <wp:lineTo x="20925" y="0"/>
+              <wp:lineTo x="3881" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="1912080189" name="圖片 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="0" name="圖片 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1311965" cy="530038"/>
+                    <a:ext cx="2438400" cy="402590"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln>
-[...1 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="42A6CAB9" w14:textId="77777777" w:rsidR="00C40901" w:rsidRPr="004E0C4D" w:rsidRDefault="00C40901" w:rsidP="00C40901">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="3C60CE26" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00BE0266" w:rsidRDefault="008903DF" w:rsidP="008903DF">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="400"/>
     </w:pPr>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00D05684">
@@ -3427,127 +3366,131 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="339357677">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1027605175">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="160"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B465ED"/>
     <w:rsid w:val="00003552"/>
     <w:rsid w:val="00052A07"/>
     <w:rsid w:val="00063D3F"/>
     <w:rsid w:val="00064898"/>
     <w:rsid w:val="000D3231"/>
     <w:rsid w:val="001B43BA"/>
     <w:rsid w:val="00237D9E"/>
+    <w:rsid w:val="0024364B"/>
     <w:rsid w:val="00252BA4"/>
     <w:rsid w:val="00263F2E"/>
     <w:rsid w:val="002C268D"/>
     <w:rsid w:val="002D22FD"/>
+    <w:rsid w:val="002F0D8C"/>
     <w:rsid w:val="00313263"/>
     <w:rsid w:val="00337EEE"/>
     <w:rsid w:val="0034361C"/>
     <w:rsid w:val="003A4D66"/>
     <w:rsid w:val="00432AA1"/>
     <w:rsid w:val="004841C3"/>
     <w:rsid w:val="00597F45"/>
     <w:rsid w:val="005D5C9D"/>
     <w:rsid w:val="0063322E"/>
     <w:rsid w:val="00652951"/>
     <w:rsid w:val="0066015D"/>
     <w:rsid w:val="006E4133"/>
     <w:rsid w:val="006E5CE9"/>
     <w:rsid w:val="007D5A52"/>
     <w:rsid w:val="00816A3C"/>
     <w:rsid w:val="008476B8"/>
     <w:rsid w:val="008903DF"/>
     <w:rsid w:val="009B0719"/>
     <w:rsid w:val="009C2922"/>
     <w:rsid w:val="00A103A8"/>
     <w:rsid w:val="00A33092"/>
     <w:rsid w:val="00A471A8"/>
     <w:rsid w:val="00A8138C"/>
     <w:rsid w:val="00AD53B4"/>
+    <w:rsid w:val="00AF2494"/>
     <w:rsid w:val="00AF3FA0"/>
     <w:rsid w:val="00B465ED"/>
     <w:rsid w:val="00BE0266"/>
     <w:rsid w:val="00BE7109"/>
     <w:rsid w:val="00C01724"/>
+    <w:rsid w:val="00C40901"/>
     <w:rsid w:val="00C87328"/>
     <w:rsid w:val="00CB73E1"/>
     <w:rsid w:val="00CF21F7"/>
     <w:rsid w:val="00D264C8"/>
     <w:rsid w:val="00D46C2A"/>
     <w:rsid w:val="00DE0412"/>
     <w:rsid w:val="00E878E1"/>
     <w:rsid w:val="00EB40E0"/>
     <w:rsid w:val="00F24D99"/>
     <w:rsid w:val="00F77583"/>
     <w:rsid w:val="00FC3C15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -3953,51 +3896,50 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B465ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
@@ -4241,51 +4183,51 @@
     </w:div>
     <w:div w:id="1967351333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssi.org.tw/sich2026/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>