--- v1 (2025-12-14)
+++ v2 (2026-02-26)
@@ -60,51 +60,51 @@
       <w:r w:rsidRPr="00064898">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00064898">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>主題</w:t>
       </w:r>
       <w:r w:rsidRPr="00064898">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10590486" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="26B5CA27" w14:textId="77777777" w:rsidR="003E4800" w:rsidRPr="00E878E1" w:rsidRDefault="003E4800" w:rsidP="003E4800">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxx(</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>姓名</w:t>
       </w:r>
@@ -145,324 +145,297 @@
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>姓名</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420F3B2E" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="2718F9B6" w14:textId="77777777" w:rsidR="003E4800" w:rsidRPr="00E878E1" w:rsidRDefault="003E4800" w:rsidP="003E4800">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>大學工業工程與工程管理學系</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5E3DE2" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="04306FCC" w14:textId="77777777" w:rsidR="003E4800" w:rsidRPr="00E878E1" w:rsidRDefault="003E4800" w:rsidP="003E4800">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> xx</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>大學工業管理學系</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0378EFB5" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="513D8CD2" w14:textId="77777777" w:rsidR="003E4800" w:rsidRPr="00E878E1" w:rsidRDefault="003E4800" w:rsidP="003E4800">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E878E1">
-        <w:rPr>
+      <w:r w:rsidRPr="00807E0D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>科技部計畫編號：</w:t>
+        <w:t>國科會</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>計畫編號：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E878E1">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>NSC-XX-1234-B-567-890</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519095BF" w14:textId="66574DB9" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="41503878" w14:textId="77777777" w:rsidR="003E4800" w:rsidRPr="00E878E1" w:rsidRDefault="003E4800" w:rsidP="003E4800">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2040"/>
         </w:tabs>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E878E1">
-        <w:rPr>
+      <w:r w:rsidRPr="00807E0D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>科技部計畫名稱</w:t>
+        <w:t>國科會</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00337EEE" w:rsidRPr="00E878E1">
+        <w:t>計畫名稱</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>XXXXXXX</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="32CD938F" w14:textId="4B108A91" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+        <w:t>: XXXXXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9327D0" w14:textId="77777777" w:rsidR="003E4800" w:rsidRPr="00E878E1" w:rsidRDefault="003E4800" w:rsidP="003E4800">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">e-mail: </w:t>
-[...7 lines deleted...]
-        <w:t>sich@ssi.org.tw</w:t>
+        <w:t>e-mail: sich@ssi.org.tw</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...7 lines deleted...]
-        <w:t>service@ssi.org.tw</w:t>
+        <w:t>; service@ssi.org.tw</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A2A041" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="00063D3F" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="13A2A041" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="003E4800" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60EAA624" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>摘</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>要</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBD152C" w14:textId="6222C1CF" w:rsidR="00816A3C" w:rsidRPr="00063D3F" w:rsidRDefault="00816A3C" w:rsidP="00816A3C">
+    <w:p w14:paraId="7CBD152C" w14:textId="74848E0F" w:rsidR="00816A3C" w:rsidRPr="00063D3F" w:rsidRDefault="00816A3C" w:rsidP="00816A3C">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk47710712"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk209445030"/>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>本文舉例說明中華系統性創新學會研討會論文集所採用之格式，供投稿人準備論文時參考之用。論文必須附有摘要。</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>論文若與科技部計畫相關，請務必填入計劃編號與</w:t>
-[...19 lines deleted...]
-        <w:t>名稱，以利申請補助，容許大會把服務做得更好</w:t>
+        <w:t>論文若與科技部計畫相關，請務必填入計劃編號與與名稱，以利申請補助，容許大會把服務做得更好</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>論文摘要投稿截止日期為西元</w:t>
       </w:r>
       <w:r w:rsidR="008903DF" w:rsidRPr="008903DF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2025/1</w:t>
       </w:r>
       <w:r w:rsidR="00FC3C15">
@@ -522,188 +495,165 @@
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>含</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>為參考。以不超過</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A4</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>一</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>一頁為標準。</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>頁為標準。</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...33 lines deleted...]
-        <w:t>，並寄發論文接受函，</w:t>
+        <w:t>審查結果通知為採隨到隨審，並寄發論文接受函，</w:t>
       </w:r>
       <w:r w:rsidR="008903DF" w:rsidRPr="00063D3F">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>論文全文</w:t>
       </w:r>
       <w:r w:rsidR="008903DF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008903DF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>論文競賽</w:t>
       </w:r>
       <w:r w:rsidR="008903DF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="008903DF" w:rsidRPr="00063D3F">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>繳交截止日期為</w:t>
       </w:r>
       <w:r w:rsidR="00FC3C15" w:rsidRPr="00FC3C15">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2025/12/19</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC3C15" w:rsidRPr="00FC3C15">
+        <w:t>2025/12/</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4800">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>（星期五）</w:t>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3C15" w:rsidRPr="00FC3C15">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="3333FF"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>（星期</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4800">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="3333FF"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>三</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3C15" w:rsidRPr="00FC3C15">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="3333FF"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="7BDF8B8E" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00063D3F" w:rsidRDefault="008903DF" w:rsidP="008903DF">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>關鍵詞：論文集、研討會、論文格式、系統性創新、</w:t>
-[...13 lines deleted...]
-        <w:t>智</w:t>
+        <w:t>關鍵詞：論文集、研討會、論文格式、系統性創新、萃智</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F9AE5D" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00063D3F" w:rsidRDefault="008903DF" w:rsidP="008903DF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>請上網</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a9"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>https://www.ssi.org.tw/sich2026/</w:t>
         </w:r>
       </w:hyperlink>
@@ -823,144 +773,88 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>一、軟體</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4D467F" w14:textId="77777777" w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidRDefault="00B465ED" w:rsidP="00B465ED">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>使用軟體為</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Microsoft Word </w:t>
-[...13 lines deleted...]
-        <w:t>97</w:t>
+        <w:t>Microsoft Word ‘97</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>以上中文版本，若用其他軟體應設法調整，使其達相似之規格。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629654FF" w14:textId="77777777" w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidRDefault="00B465ED" w:rsidP="00B465ED">
       <w:pPr>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>二、語文</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4792D4" w14:textId="77777777" w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidRDefault="00B465ED" w:rsidP="00B465ED">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>來稿論文請以中文書寫，附英文題目及摘要於後。文句中的用詞（含中文及英文縮寫專有術語）若有必要加上英文縮寫或英語原文時，以（</w:t>
-[...41 lines deleted...]
-        <w:t>附註。論文格式下列，另附有格式摘要表於前，敬請參閱。</w:t>
+        <w:t>來稿論文請以中文書寫，附英文題目及摘要於後。文句中的用詞（含中文及英文縮寫專有術語）若有必要加上英文縮寫或英語原文時，以（）號附註；若是要加上相等意義的用詞、敘述或特意的加解，亦以（）號附註（但有意要顯明的用詞，以「」附註）；若要在提及的人物之後標明年份時，也以（）附註。論文格式下列，另附有格式摘要表於前，敬請參閱。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D8A0D7" w14:textId="77777777" w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidRDefault="00B465ED" w:rsidP="00B465ED">
       <w:pPr>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>三、文章的格式</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="319F1912" w14:textId="77777777" w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidRDefault="00B465ED" w:rsidP="00B465ED">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1013,60 +907,52 @@
     <w:p w14:paraId="4DEF1A2E" w14:textId="77777777" w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidRDefault="00B465ED" w:rsidP="00B465ED">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>使用</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A4</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>大小／縱向的版面，由左至右橫式書寫，每頁上下左右</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>大小／縱向的版面，由左至右橫式書寫，每頁上下左右緣各留</w:t>
+      </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
           <w:attr w:name="UnitName" w:val="C"/>
           <w:attr w:name="SourceValue" w:val="3"/>
           <w:attr w:name="HasSpace" w:val="False"/>
           <w:attr w:name="Negative" w:val="False"/>
           <w:attr w:name="NumberType" w:val="1"/>
           <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00063D3F">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>3c</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -3275,57 +3161,51 @@
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3C60CE26" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00BE0266" w:rsidRDefault="008903DF" w:rsidP="008903DF">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="400"/>
     </w:pPr>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:t>第十</w:t>
+      <w:t xml:space="preserve"> 第十</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>八</w:t>
     </w:r>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>屆系統性創新研討會暨專案競賽</w:t>
     </w:r>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
   </w:p>
   <w:p w14:paraId="4BC9C670" w14:textId="547763E2" w:rsidR="006E5CE9" w:rsidRPr="008903DF" w:rsidRDefault="006E5CE9" w:rsidP="008903DF">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
@@ -3366,137 +3246,138 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="339357677">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1027605175">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B465ED"/>
     <w:rsid w:val="00003552"/>
     <w:rsid w:val="00052A07"/>
     <w:rsid w:val="00063D3F"/>
     <w:rsid w:val="00064898"/>
     <w:rsid w:val="000D3231"/>
     <w:rsid w:val="001B43BA"/>
     <w:rsid w:val="00237D9E"/>
     <w:rsid w:val="0024364B"/>
     <w:rsid w:val="00252BA4"/>
     <w:rsid w:val="00263F2E"/>
     <w:rsid w:val="002C268D"/>
     <w:rsid w:val="002D22FD"/>
     <w:rsid w:val="002F0D8C"/>
     <w:rsid w:val="00313263"/>
     <w:rsid w:val="00337EEE"/>
     <w:rsid w:val="0034361C"/>
     <w:rsid w:val="003A4D66"/>
+    <w:rsid w:val="003E4800"/>
     <w:rsid w:val="00432AA1"/>
     <w:rsid w:val="004841C3"/>
     <w:rsid w:val="00597F45"/>
     <w:rsid w:val="005D5C9D"/>
     <w:rsid w:val="0063322E"/>
     <w:rsid w:val="00652951"/>
     <w:rsid w:val="0066015D"/>
     <w:rsid w:val="006E4133"/>
     <w:rsid w:val="006E5CE9"/>
     <w:rsid w:val="007D5A52"/>
     <w:rsid w:val="00816A3C"/>
     <w:rsid w:val="008476B8"/>
     <w:rsid w:val="008903DF"/>
     <w:rsid w:val="009B0719"/>
     <w:rsid w:val="009C2922"/>
     <w:rsid w:val="00A103A8"/>
     <w:rsid w:val="00A33092"/>
     <w:rsid w:val="00A471A8"/>
     <w:rsid w:val="00A8138C"/>
     <w:rsid w:val="00AD53B4"/>
     <w:rsid w:val="00AF2494"/>
     <w:rsid w:val="00AF3FA0"/>
     <w:rsid w:val="00B465ED"/>
     <w:rsid w:val="00BE0266"/>
     <w:rsid w:val="00BE7109"/>
     <w:rsid w:val="00C01724"/>
     <w:rsid w:val="00C40901"/>
     <w:rsid w:val="00C87328"/>
     <w:rsid w:val="00CB73E1"/>
     <w:rsid w:val="00CF21F7"/>
     <w:rsid w:val="00D264C8"/>
     <w:rsid w:val="00D46C2A"/>
     <w:rsid w:val="00DE0412"/>
+    <w:rsid w:val="00E60446"/>
     <w:rsid w:val="00E878E1"/>
     <w:rsid w:val="00EB40E0"/>
     <w:rsid w:val="00F24D99"/>
     <w:rsid w:val="00F77583"/>
     <w:rsid w:val="00FC3C15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="chsdate"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="chmetcnv"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -3896,50 +3777,51 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B465ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>