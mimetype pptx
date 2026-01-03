--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -247,54 +247,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15621" autoAdjust="0"/>
     <p:restoredTop sz="94727" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="113" d="100"/>
-          <a:sy n="113" d="100"/>
+          <a:sx n="85" d="100"/>
+          <a:sy n="85" d="100"/>
         </p:scale>
-        <p:origin x="1554" y="108"/>
+        <p:origin x="72" y="84"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -1756,51 +1756,51 @@
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="zh-TW" altLang="zh-TW"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
   <p:cSld name="標題投影片">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -3198,212 +3198,248 @@
             <a:ext cx="4897239" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
-              <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
+              <a:t>第十八屆系統性創新研討會</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="圖片 13">
+          <p:cNvPr id="2" name="圖片 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E2F86B-23A5-D650-327E-17C7892D460B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46382277-B143-576F-45D7-BD34E9A87E09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="577119" y="6329703"/>
-            <a:ext cx="2338697" cy="414058"/>
+            <a:off x="6113063" y="6410325"/>
+            <a:ext cx="1261185" cy="310773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="16" name="圖片 15">
+          <p:cNvPr id="3" name="圖片 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AAD95CF-7F71-8AAD-E23C-AF0A99504904}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C3FFCEC-AA0C-86B8-FF7A-24316E9E62FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="3203848" y="6320819"/>
-            <a:ext cx="1450615" cy="436507"/>
+            <a:off x="7649331" y="6387625"/>
+            <a:ext cx="780040" cy="310773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="19" name="圖片 18">
+          <p:cNvPr id="15" name="圖片 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11B79844-A05A-7262-50E8-ED7DA1F8CCA3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C2879F3-6750-4B45-1DF4-625BFF576340}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
+          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4850102" y="6338191"/>
-            <a:ext cx="1601041" cy="394518"/>
+            <a:off x="430213" y="6364926"/>
+            <a:ext cx="2011742" cy="356172"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="20" name="圖片 19">
+          <p:cNvPr id="21" name="圖片 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C95DB512-55B6-B655-15CF-407E8C346554}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA2BCBC8-B327-EA66-B6CE-4F48FADAD0AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2699443" y="6318993"/>
+            <a:ext cx="1519356" cy="476697"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="圖片 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E66B242-3DB2-0741-62D5-891008D61FCC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6646782" y="6309320"/>
-            <a:ext cx="1022152" cy="407232"/>
+            <a:off x="4319971" y="6336727"/>
+            <a:ext cx="1656184" cy="441227"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1330124303"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="標題及物件">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -3655,51 +3691,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>按一下以編輯母片標題樣式</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3127596984"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -5379,238 +5415,274 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="文字方塊 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AA3A682-57E2-456B-E6CF-9C22654C719C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="250824" y="-27384"/>
+            <a:off x="215900" y="-11277"/>
             <a:ext cx="4897239" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="圖片 8">
+          <p:cNvPr id="5" name="圖片 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07A641B1-ACBE-3105-5810-3AF9EEA9423C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6CA326B-BA5D-4FED-C2A9-8062C184FC36}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="577119" y="6329703"/>
-[...79 lines deleted...]
-            <a:ext cx="1601041" cy="394518"/>
+            <a:off x="6113063" y="6410325"/>
+            <a:ext cx="1261185" cy="310773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="圖片 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90BF9907-4859-D1E1-8398-9288ACB84FAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId9">
+          <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6646782" y="6309320"/>
-            <a:ext cx="1022152" cy="407232"/>
+            <a:off x="7649331" y="6387625"/>
+            <a:ext cx="780040" cy="310773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="圖片 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07A641B1-ACBE-3105-5810-3AF9EEA9423C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="430213" y="6364926"/>
+            <a:ext cx="2011742" cy="356172"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="圖片 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80279FF-EED5-EB9D-8413-9882E3CA04EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2699443" y="6318993"/>
+            <a:ext cx="1519356" cy="476697"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="圖片 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19C2FFF2-EB67-DCDA-AD6E-F638F99D73C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId10">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4319971" y="6336727"/>
+            <a:ext cx="1656184" cy="441227"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147484211" r:id="rId1"/>
     <p:sldLayoutId id="2147484208" r:id="rId2"/>
     <p:sldLayoutId id="2147484209" r:id="rId3"/>
     <p:sldLayoutId id="2147484210" r:id="rId4"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr kumimoji="1" sz="4000">
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
@@ -6149,146 +6221,74 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>作者資訊               </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="zh-TW" u="sng" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:ea typeface="+mn-ea"/>
-[...56 lines deleted...]
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>月</a:t>
-            </a:r>
-[...12 lines deleted...]
-              <a:t>日</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="zh-TW" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -8504,54 +8504,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SSI-Template</Template>
   <TotalTime></TotalTime>
-  <Words>180</Words>
+  <Words>172</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>如螢幕大小 (4:3)</PresentationFormat>
-  <Paragraphs>24</Paragraphs>
+  <Paragraphs>23</Paragraphs>
   <Slides>4</Slides>
   <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用字型</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>佈景主題</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>投影片標題</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>