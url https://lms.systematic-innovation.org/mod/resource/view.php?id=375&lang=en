--- v1 (2026-01-03)
+++ v2 (2026-02-26)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
@@ -247,54 +248,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15621" autoAdjust="0"/>
     <p:restoredTop sz="94727" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="85" d="100"/>
-          <a:sy n="85" d="100"/>
+          <a:sx n="93" d="100"/>
+          <a:sy n="93" d="100"/>
         </p:scale>
-        <p:origin x="72" y="84"/>
+        <p:origin x="150" y="96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -1756,51 +1757,51 @@
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="zh-TW" altLang="zh-TW"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.gif"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
   <p:cSld name="標題投影片">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -3198,244 +3199,356 @@
             <a:ext cx="4897239" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
-              <a:t>第十八屆系統性創新研討會</a:t>
+              <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="圖片 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46382277-B143-576F-45D7-BD34E9A87E09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6113063" y="6410325"/>
-            <a:ext cx="1261185" cy="310773"/>
+            <a:off x="7082245" y="6283919"/>
+            <a:ext cx="1589702" cy="391724"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...37 lines deleted...]
-          </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="圖片 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C2879F3-6750-4B45-1DF4-625BFF576340}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="430213" y="6364926"/>
-            <a:ext cx="2011742" cy="356172"/>
+            <a:off x="1692617" y="6309320"/>
+            <a:ext cx="1786639" cy="316319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21" name="圖片 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA2BCBC8-B327-EA66-B6CE-4F48FADAD0AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2699443" y="6318993"/>
-            <a:ext cx="1519356" cy="476697"/>
+            <a:off x="190817" y="6237312"/>
+            <a:ext cx="1406304" cy="441227"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="22" name="圖片 21">
+          <p:cNvPr id="14" name="圖片 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E66B242-3DB2-0741-62D5-891008D61FCC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF2238BF-E2EA-17BC-FA80-94C373847B9D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4319971" y="6336727"/>
-            <a:ext cx="1656184" cy="441227"/>
+            <a:off x="3555106" y="6271652"/>
+            <a:ext cx="475552" cy="475552"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="圖片 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F8D29F3-FB10-D1C7-E4EA-5F0108AEA25F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="7545" b="13993"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4127825" y="6271928"/>
+            <a:ext cx="479965" cy="463956"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="23" name="圖片 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C64EAAE9-99B1-9738-2839-FD915E8240BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4704957" y="6319794"/>
+            <a:ext cx="578166" cy="373447"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="24" name="圖片 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A9B1F97-AA2E-A3C1-370F-A0C0C6004F46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5340863" y="6284321"/>
+            <a:ext cx="408920" cy="408920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="25" name="圖片 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81FB9DA9-E118-05A3-449F-8149AB9E5E30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5796082" y="6349956"/>
+            <a:ext cx="1143919" cy="259651"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1330124303"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="標題及物件">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -3691,51 +3804,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US"/>
               <a:t>按一下以編輯母片標題樣式</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3127596984"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -5448,237 +5561,349 @@
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
                 <a:ea typeface="新細明體" panose="02020500000000000000" pitchFamily="18" charset="-120"/>
               </a:rPr>
               <a:t>第十八屆系統性創新研討會暨專案競賽</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="圖片 4">
+          <p:cNvPr id="9" name="圖片 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6CA326B-BA5D-4FED-C2A9-8062C184FC36}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2C80E38-E831-57AC-EC7E-EFE77AB9D397}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6113063" y="6410325"/>
-            <a:ext cx="1261185" cy="310773"/>
+            <a:off x="7082245" y="6283919"/>
+            <a:ext cx="1589702" cy="391724"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="圖片 6">
+          <p:cNvPr id="10" name="圖片 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90BF9907-4859-D1E1-8398-9288ACB84FAD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CC6B154-5B92-FC01-BFE2-91981E522F83}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
+          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7649331" y="6387625"/>
-            <a:ext cx="780040" cy="310773"/>
+            <a:off x="1692617" y="6309320"/>
+            <a:ext cx="1786639" cy="316319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="圖片 7">
+          <p:cNvPr id="13" name="圖片 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07A641B1-ACBE-3105-5810-3AF9EEA9423C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C16E0E2-5544-F6F5-EBF0-5C59542C924A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="430213" y="6364926"/>
-            <a:ext cx="2011742" cy="356172"/>
+            <a:off x="190817" y="6237312"/>
+            <a:ext cx="1406304" cy="441227"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="圖片 10">
+          <p:cNvPr id="14" name="圖片 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80279FF-EED5-EB9D-8413-9882E3CA04EE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0734AA4F-407D-BAB1-04A3-0FF792A25AC3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId9">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3555106" y="6271652"/>
+            <a:ext cx="475552" cy="475552"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="圖片 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11FD2907-1BEB-63A6-7B6C-8242AE20F0CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId10" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="7545" b="13993"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2699443" y="6318993"/>
-            <a:ext cx="1519356" cy="476697"/>
+            <a:off x="4127825" y="6271928"/>
+            <a:ext cx="479965" cy="463956"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
+          <a:extLst>
+            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="圖片 11">
+          <p:cNvPr id="16" name="圖片 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19C2FFF2-EB67-DCDA-AD6E-F638F99D73C9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9815A6C1-E5B9-753B-3D5C-52C2BCCDA8FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId10">
+          <a:blip r:embed="rId11">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4319971" y="6336727"/>
-            <a:ext cx="1656184" cy="441227"/>
+            <a:off x="4704957" y="6319794"/>
+            <a:ext cx="578166" cy="373447"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="圖片 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4794F01-1316-9974-71D9-0C8DB40D92C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId12">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5340863" y="6284321"/>
+            <a:ext cx="408920" cy="408920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="圖片 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC2E6370-58F6-7112-0920-477A0C602DA9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId13">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5796082" y="6349956"/>
+            <a:ext cx="1143919" cy="259651"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147484211" r:id="rId1"/>
     <p:sldLayoutId id="2147484208" r:id="rId2"/>
     <p:sldLayoutId id="2147484209" r:id="rId3"/>
     <p:sldLayoutId id="2147484210" r:id="rId4"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr kumimoji="1" sz="4000">
@@ -6245,50 +6470,64 @@
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-TW" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-TW" altLang="en-US" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>月</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-TW" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>31</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>日</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="zh-TW" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -8504,51 +8743,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SSI-Template</Template>
   <TotalTime></TotalTime>
-  <Words>172</Words>
+  <Words>174</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>如螢幕大小 (4:3)</PresentationFormat>
   <Paragraphs>23</Paragraphs>
   <Slides>4</Slides>
   <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用字型</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>佈景主題</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>投影片標題</vt:lpstr>
       </vt:variant>