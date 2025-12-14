--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -372,59 +372,57 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>摘</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>要</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBD152C" w14:textId="6222C1CF" w:rsidR="00816A3C" w:rsidRPr="00063D3F" w:rsidRDefault="00816A3C" w:rsidP="00816A3C">
+    <w:p w14:paraId="7CBD152C" w14:textId="56E3B151" w:rsidR="00816A3C" w:rsidRDefault="00816A3C" w:rsidP="00816A3C">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk47710712"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk209445030"/>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>本文舉例說明中華系統性創新學會研討會論文集所採用之格式，供投稿人準備論文時參考之用。論文必須附有摘要。</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>論文若與科技部計畫相關，請務必填入計劃編號與</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
@@ -433,102 +431,50 @@
         </w:rPr>
         <w:t>與</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>名稱，以利申請補助，容許大會把服務做得更好</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>論文摘要投稿截止日期為西元</w:t>
-[...50 lines deleted...]
-        </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>摘要內容應含論文的重點概念、成果及貢獻以利審查委員判斷論文是否與研討會主題相關，其概念與內容是否值得發表。摘要格式以本頁關鍵詞以上</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>含</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
@@ -575,230 +521,227 @@
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>採</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>隨</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>到隨審</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>，並寄發論文接受函，</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="008903DF">
+        <w:t>，並寄發論文接受函</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB52C6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:color w:val="3333FF"/>
-[...43 lines deleted...]
-        <w:t>（星期五）</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="7BDF8B8E" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00063D3F" w:rsidRDefault="008903DF" w:rsidP="008903DF">
+    <w:p w14:paraId="7BDF8B8E" w14:textId="77777777" w:rsidR="008903DF" w:rsidRDefault="008903DF" w:rsidP="008903DF">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>關鍵詞：論文集、研討會、論文格式、系統性創新、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>萃</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>智</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F9AE5D" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00063D3F" w:rsidRDefault="008903DF" w:rsidP="008903DF">
+    <w:p w14:paraId="23DC02EB" w14:textId="60594FF0" w:rsidR="00EB52C6" w:rsidRPr="00EB52C6" w:rsidRDefault="00EB52C6" w:rsidP="008903DF">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>論文投稿系統</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00EB52C6">
+          <w:rPr>
+            <w:rStyle w:val="a9"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>https://sich.xenus.io/sich2026/paper/openconf.php</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="49F9AE5D" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00EB52C6" w:rsidRDefault="008903DF" w:rsidP="008903DF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00063D3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>請上網</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00EB52C6">
           <w:rPr>
             <w:rStyle w:val="a9"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>https://www.ssi.org.tw/sich2026/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00063D3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00063D3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>投稿及登記註冊。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1589AD2D" w14:textId="693B4631" w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidRDefault="008903DF" w:rsidP="00E94D29">
+    <w:p w14:paraId="1589AD2D" w14:textId="693B4631" w:rsidR="00B465ED" w:rsidRPr="00EB52C6" w:rsidRDefault="008903DF" w:rsidP="00E94D29">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00063D3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>如有任何問題請以電子郵件寄往網址</w:t>
       </w:r>
-      <w:r w:rsidRPr="00063D3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00EB52C6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00063D3F">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00EB52C6">
           <w:rPr>
             <w:rStyle w:val="a9"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>sich@ssi.org.tw</w:t>
         </w:r>
       </w:hyperlink>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00B465ED" w:rsidRPr="00063D3F" w:rsidSect="00E94D29">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00B465ED" w:rsidRPr="00EB52C6" w:rsidSect="00E94D29">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22CD9B86" w14:textId="77777777" w:rsidR="00A471A8" w:rsidRDefault="00A471A8" w:rsidP="00B465ED">
+    <w:p w14:paraId="599137F2" w14:textId="77777777" w:rsidR="002528DF" w:rsidRDefault="002528DF" w:rsidP="00B465ED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CBC0F54" w14:textId="77777777" w:rsidR="00A471A8" w:rsidRDefault="00A471A8" w:rsidP="00B465ED">
+    <w:p w14:paraId="5A4A1AA0" w14:textId="77777777" w:rsidR="002528DF" w:rsidRDefault="002528DF" w:rsidP="00B465ED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
@@ -811,317 +754,251 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7F474213" w14:textId="0469579C" w:rsidR="00DE0412" w:rsidRDefault="00DE0412">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EC8B9AB" w14:textId="77777777" w:rsidR="00A471A8" w:rsidRDefault="00A471A8" w:rsidP="00B465ED">
+    <w:p w14:paraId="1E71B3A4" w14:textId="77777777" w:rsidR="002528DF" w:rsidRDefault="002528DF" w:rsidP="00B465ED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7823967B" w14:textId="77777777" w:rsidR="00A471A8" w:rsidRDefault="00A471A8" w:rsidP="00B465ED">
+    <w:p w14:paraId="673B1D8D" w14:textId="77777777" w:rsidR="002528DF" w:rsidRDefault="002528DF" w:rsidP="00B465ED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="725781CC" w14:textId="7ECC6E95" w:rsidR="006E4133" w:rsidRDefault="00BE7109" w:rsidP="006E4133">
+  <w:p w14:paraId="2114ED42" w14:textId="77777777" w:rsidR="00F00B14" w:rsidRPr="0024364B" w:rsidRDefault="00F00B14" w:rsidP="00F00B14">
     <w:pPr>
       <w:pStyle w:val="a3"/>
-      <w:ind w:right="400"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="3" w:name="_Hlk177649460"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk177649461"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk177649471"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk177649472"/>
     <w:bookmarkStart w:id="7" w:name="_Hlk177649490"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk177649491"/>
-    <w:r>
+    <w:r w:rsidRPr="0024364B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E3C112B" wp14:editId="5483344B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ADEC3DC" wp14:editId="0F0CA252">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-209550</wp:posOffset>
+            <wp:posOffset>3350260</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-351155</wp:posOffset>
+            <wp:posOffset>-359410</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2209800" cy="391795"/>
-[...15 lines deleted...]
-          <wp:docPr id="11" name="圖片 3"/>
+          <wp:extent cx="1882140" cy="590550"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="362447733" name="圖片 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="圖片 3"/>
+                  <pic:cNvPr id="0" name="圖片 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2209800" cy="391795"/>
+                    <a:ext cx="1882140" cy="590550"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln>
-[...62 lines deleted...]
-                  </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="006E4133">
+    <w:r w:rsidRPr="0024364B">
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="221B5A55" wp14:editId="3C75A51F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72BBDDA2" wp14:editId="2C327262">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4128770</wp:posOffset>
+            <wp:posOffset>66675</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-415925</wp:posOffset>
+            <wp:posOffset>-292735</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1311965" cy="530038"/>
+          <wp:extent cx="2438400" cy="402590"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="680241241" name="圖片 1"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="3881" y="0"/>
+              <wp:lineTo x="844" y="0"/>
+              <wp:lineTo x="0" y="3066"/>
+              <wp:lineTo x="0" y="20442"/>
+              <wp:lineTo x="8269" y="20442"/>
+              <wp:lineTo x="12488" y="20442"/>
+              <wp:lineTo x="21431" y="19420"/>
+              <wp:lineTo x="21431" y="4088"/>
+              <wp:lineTo x="20925" y="0"/>
+              <wp:lineTo x="3881" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="1912080189" name="圖片 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="0" name="圖片 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1311965" cy="530038"/>
+                    <a:ext cx="2438400" cy="402590"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln>
-[...1 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="725781CC" w14:textId="1C5DA598" w:rsidR="006E4133" w:rsidRDefault="006E4133" w:rsidP="006E4133">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+      <w:ind w:right="400"/>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="3C60CE26" w14:textId="77777777" w:rsidR="008903DF" w:rsidRPr="00BE0266" w:rsidRDefault="008903DF" w:rsidP="008903DF">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="400"/>
     </w:pPr>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:t>第十</w:t>
+      <w:t xml:space="preserve"> 第十</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>八</w:t>
     </w:r>
     <w:r w:rsidRPr="00D05684">
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>屆系統性創新研討會暨專案競賽</w:t>
     </w:r>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
   </w:p>
   <w:p w14:paraId="4BC9C670" w14:textId="547763E2" w:rsidR="006E5CE9" w:rsidRPr="008903DF" w:rsidRDefault="006E5CE9" w:rsidP="008903DF">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
@@ -1206,92 +1083,99 @@
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B465ED"/>
     <w:rsid w:val="00003552"/>
     <w:rsid w:val="00052A07"/>
     <w:rsid w:val="00063D3F"/>
     <w:rsid w:val="00064898"/>
     <w:rsid w:val="000D3231"/>
     <w:rsid w:val="001B43BA"/>
     <w:rsid w:val="00237D9E"/>
+    <w:rsid w:val="002528DF"/>
     <w:rsid w:val="00252BA4"/>
     <w:rsid w:val="00263F2E"/>
     <w:rsid w:val="002C268D"/>
     <w:rsid w:val="002D22FD"/>
+    <w:rsid w:val="002F0D8C"/>
     <w:rsid w:val="00313263"/>
     <w:rsid w:val="00337EEE"/>
     <w:rsid w:val="0034361C"/>
     <w:rsid w:val="003A4D66"/>
     <w:rsid w:val="00432AA1"/>
     <w:rsid w:val="004841C3"/>
     <w:rsid w:val="00597F45"/>
     <w:rsid w:val="005D5C9D"/>
     <w:rsid w:val="0063322E"/>
     <w:rsid w:val="00652951"/>
     <w:rsid w:val="0066015D"/>
     <w:rsid w:val="006E4133"/>
     <w:rsid w:val="006E5CE9"/>
     <w:rsid w:val="007D5A52"/>
     <w:rsid w:val="00816A3C"/>
     <w:rsid w:val="008476B8"/>
     <w:rsid w:val="008903DF"/>
     <w:rsid w:val="009B0719"/>
     <w:rsid w:val="009C2922"/>
     <w:rsid w:val="00A103A8"/>
     <w:rsid w:val="00A33092"/>
     <w:rsid w:val="00A471A8"/>
     <w:rsid w:val="00A8138C"/>
     <w:rsid w:val="00AD53B4"/>
+    <w:rsid w:val="00AF2494"/>
     <w:rsid w:val="00AF3FA0"/>
     <w:rsid w:val="00B465ED"/>
+    <w:rsid w:val="00BC2ABD"/>
     <w:rsid w:val="00BE0266"/>
     <w:rsid w:val="00BE7109"/>
     <w:rsid w:val="00C01724"/>
+    <w:rsid w:val="00C841AB"/>
     <w:rsid w:val="00C87328"/>
     <w:rsid w:val="00CB73E1"/>
     <w:rsid w:val="00CF21F7"/>
     <w:rsid w:val="00D264C8"/>
     <w:rsid w:val="00D46C2A"/>
     <w:rsid w:val="00DE0412"/>
     <w:rsid w:val="00E878E1"/>
     <w:rsid w:val="00E94D29"/>
     <w:rsid w:val="00EB40E0"/>
+    <w:rsid w:val="00EB52C6"/>
+    <w:rsid w:val="00F00B14"/>
     <w:rsid w:val="00F24D99"/>
     <w:rsid w:val="00F77583"/>
     <w:rsid w:val="00FC3C15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1971,55 +1855,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1967351333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssi.org.tw/sich2026/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sich.xenus.io/sich2026/paper/openconf.php" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sich@ssi.org.tw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssi.org.tw/sich2026/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2294,54 +2178,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBE285AE-4E60-4E10-8375-354594538201}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>92</Words>
-  <Characters>528</Characters>
+  <Words>101</Words>
+  <Characters>581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>619</CharactersWithSpaces>
+  <CharactersWithSpaces>681</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AICI-01</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>