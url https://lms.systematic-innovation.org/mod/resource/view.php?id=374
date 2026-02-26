--- v1 (2025-12-14)
+++ v2 (2026-02-26)
@@ -210,95 +210,111 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> xx</w:t>
       </w:r>
       <w:r w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>大學工業管理學系</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0378EFB5" w14:textId="77777777" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="0378EFB5" w14:textId="2576683C" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00807E0D" w:rsidP="00BE0266">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E878E1">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E878E1">
+      <w:r w:rsidRPr="00807E0D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>國科會</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0266" w:rsidRPr="00E878E1">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>計畫編號：</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0266" w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NSC-XX-1234-B-567-890</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519095BF" w14:textId="66574DB9" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
+    <w:p w14:paraId="519095BF" w14:textId="1699BC9F" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00807E0D" w:rsidP="00BE0266">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2040"/>
         </w:tabs>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E878E1">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E878E1">
+      <w:r w:rsidRPr="00807E0D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>國科會</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0266" w:rsidRPr="00E878E1">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>計畫名稱</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0266" w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00337EEE" w:rsidRPr="00E878E1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>XXXXXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CD938F" w14:textId="4B108A91" w:rsidR="00BE0266" w:rsidRPr="00E878E1" w:rsidRDefault="00BE0266" w:rsidP="00BE0266">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E878E1">
@@ -397,211 +413,141 @@
     <w:p w14:paraId="7CBD152C" w14:textId="56E3B151" w:rsidR="00816A3C" w:rsidRDefault="00816A3C" w:rsidP="00816A3C">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk47710712"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk209445030"/>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>本文舉例說明中華系統性創新學會研討會論文集所採用之格式，供投稿人準備論文時參考之用。論文必須附有摘要。</w:t>
       </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>論文若與科技部計畫相關，請務必填入計劃編號與</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>論文若與科技部計畫相關，請務必填入計劃編號與與名稱，以利申請補助，容許大會把服務做得更好</w:t>
+      </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
-          <w:b/>
-[...14 lines deleted...]
-        <w:rPr>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>摘要內容應含論文的重點概念、成果及貢獻以利審查委員判斷論文是否與研討會主題相關，其概念與內容是否值得發表。摘要格式以本頁關鍵詞以上</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>含</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>為參考。以不超過</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A4</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>一</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>一頁為標準。</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>頁為標準。</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05684">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...33 lines deleted...]
-        <w:t>，並寄發論文接受函</w:t>
+        <w:t>審查結果通知為採隨到隨審，並寄發論文接受函</w:t>
       </w:r>
       <w:r w:rsidR="00EB52C6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="7BDF8B8E" w14:textId="77777777" w:rsidR="008903DF" w:rsidRDefault="008903DF" w:rsidP="008903DF">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063D3F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>關鍵詞：論文集、研討會、論文格式、系統性創新、</w:t>
-[...13 lines deleted...]
-        <w:t>智</w:t>
+        <w:t>關鍵詞：論文集、研討會、論文格式、系統性創新、萃智</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23DC02EB" w14:textId="60594FF0" w:rsidR="00EB52C6" w:rsidRPr="00EB52C6" w:rsidRDefault="00EB52C6" w:rsidP="008903DF">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB52C6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>論文投稿系統</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB52C6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -1042,51 +988,50 @@
         </w:tabs>
         <w:ind w:left="240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="339357677">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1027605175">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
@@ -1103,74 +1048,76 @@
     <w:rsid w:val="00063D3F"/>
     <w:rsid w:val="00064898"/>
     <w:rsid w:val="000D3231"/>
     <w:rsid w:val="001B43BA"/>
     <w:rsid w:val="00237D9E"/>
     <w:rsid w:val="002528DF"/>
     <w:rsid w:val="00252BA4"/>
     <w:rsid w:val="00263F2E"/>
     <w:rsid w:val="002C268D"/>
     <w:rsid w:val="002D22FD"/>
     <w:rsid w:val="002F0D8C"/>
     <w:rsid w:val="00313263"/>
     <w:rsid w:val="00337EEE"/>
     <w:rsid w:val="0034361C"/>
     <w:rsid w:val="003A4D66"/>
     <w:rsid w:val="00432AA1"/>
     <w:rsid w:val="004841C3"/>
     <w:rsid w:val="00597F45"/>
     <w:rsid w:val="005D5C9D"/>
     <w:rsid w:val="0063322E"/>
     <w:rsid w:val="00652951"/>
     <w:rsid w:val="0066015D"/>
     <w:rsid w:val="006E4133"/>
     <w:rsid w:val="006E5CE9"/>
     <w:rsid w:val="007D5A52"/>
+    <w:rsid w:val="00807E0D"/>
     <w:rsid w:val="00816A3C"/>
     <w:rsid w:val="008476B8"/>
     <w:rsid w:val="008903DF"/>
     <w:rsid w:val="009B0719"/>
     <w:rsid w:val="009C2922"/>
     <w:rsid w:val="00A103A8"/>
     <w:rsid w:val="00A33092"/>
     <w:rsid w:val="00A471A8"/>
     <w:rsid w:val="00A8138C"/>
     <w:rsid w:val="00AD53B4"/>
     <w:rsid w:val="00AF2494"/>
     <w:rsid w:val="00AF3FA0"/>
     <w:rsid w:val="00B465ED"/>
     <w:rsid w:val="00BC2ABD"/>
     <w:rsid w:val="00BE0266"/>
     <w:rsid w:val="00BE7109"/>
     <w:rsid w:val="00C01724"/>
     <w:rsid w:val="00C841AB"/>
     <w:rsid w:val="00C87328"/>
     <w:rsid w:val="00CB73E1"/>
     <w:rsid w:val="00CF21F7"/>
     <w:rsid w:val="00D264C8"/>
     <w:rsid w:val="00D46C2A"/>
     <w:rsid w:val="00DE0412"/>
+    <w:rsid w:val="00E60446"/>
     <w:rsid w:val="00E878E1"/>
     <w:rsid w:val="00E94D29"/>
     <w:rsid w:val="00EB40E0"/>
     <w:rsid w:val="00EB52C6"/>
     <w:rsid w:val="00F00B14"/>
     <w:rsid w:val="00F24D99"/>
     <w:rsid w:val="00F77583"/>
     <w:rsid w:val="00FC3C15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -2179,53 +2126,53 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBE285AE-4E60-4E10-8375-354594538201}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>101</Words>
-  <Characters>581</Characters>
+  <Characters>582</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>681</CharactersWithSpaces>
+  <CharactersWithSpaces>682</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AICI-01</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>